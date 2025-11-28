--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b368bf6" w14:textId="b368bf6">
+    <w:p w14:paraId="bcd8e94" w14:textId="bcd8e94">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -122,150 +123,150 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 82-2</w:t>
+        <w:t>подпунктом 82-2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 15 Положения Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 5 октября 2020 года № 427, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>пунктом 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Требований по управлению данными, утвержденных постановлением Правительства Республики Казахстан от 7 ноября 2024 года № 925, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>подпунктом 75-3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 15 Положения о Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного приказом Председателя Агентства по стратегическому планированию и реформам Республики Казахстан от 23 октября 2020 года № 9-нқ, частью второй </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Требований по управлению данными, утвержденных приказом Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 14 октября 2022 года № 385/НҚ (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 30186), </w:t>
+        <w:t xml:space="preserve"> пункта 15 Положения о Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного приказом Председателя Агентства по стратегическому планированию и реформам Республики Казахстан от 23 октября 2020 года № 9-нқ, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 27.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 30</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -893,490 +894,590 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оценки качества административных данных</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 27.09.2024 </w:t>
+      Сноска. Правила – в редакции приказа Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 10.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 30</w:t>
+        <w:t>№ 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z65" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила оценки качества административных данных (далее – Правила), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 82-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 15 Положения Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 5 октября 2020 года № 427, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>пунктом 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Требований по управлению данными, утвержденных постановлением Правительства Республики Казахстан от 7 ноября 2024 года № 925 (далее – Требование), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>подпунктом 75-3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 15 Положения о Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного приказом Председателя Агентства по стратегическому планированию и реформам Республики Казахстан от 23 октября 2020 года № 9-нқ, частью второй </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Требований по управлению данными, утвержденных приказом Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 14 октября 2022 года № 385/НҚ (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 30186).</w:t>
+        <w:t xml:space="preserve"> пункта 15 Положения о Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, утвержденного приказом Председателя Агентства по стратегическому планированию и реформам Республики Казахстан от 23 октября 2020 года № 9-нқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z66" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящие Правила определяют Порядок оценки качества административных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z67" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Настоящие Правила применяются ведомством уполномоченного органа в области государственной статистики (далее – ведомство уполномоченного органа) при оценке качества административных данных.</w:t>
+      3. Настоящие Правила применяются ведомством уполномоченного органа в области государственной статистики (далее – ведомство уполномоченного органа) и его территориальными подразделениями при оценке качества административных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z68" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      4. В настоящих Правилах используются понятия в значениях, определенных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О государственной статистике" (далее – Закон), а также следующие определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z69" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      4. В настоящих Правилах используются следующие понятия и определения:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+      1) объекты информатизации – электронные информационные ресурсы, программное обеспечение, интернет-ресурс и информационно-коммуникационная инфраструктура;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z70" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) оценка качества данных – процесс определения уровня соответствия административных данных Требованиям по управлению данными;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+      2) оценка качества административных данных – процесс определения уровня соответствия административных данных Требованиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z71" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) субъект (объект) оценки качества данных – административный источник и (или) его база данных;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+      3) субъект (объект) оценки качества административных данных – административный источник и (или) его база данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z72" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) методологический совет по статистике (далее – Методсовет) – консультативно-совещательный орган ведомства уполномоченного органа.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+      4) база данных – совокупность систематизированных данных, пригодных для обработки посредством информационно-коммуникационных технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z73" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) критерии качества данных – общепринятые критерии качества данных, используемые для оценки и контроля критических критерий качества данных, таких как точность, полнота, взаимосвязанность, сопоставимость, актуальность, уникальность, достоверность, своевременность, ясность, доступность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z74" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) методологический совет по статистике (далее – Методсовет) – консультативно-совещательный орган ведомства уполномоченного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z75" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оценки качества административных данных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z76" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Оценка качества административных данных проводится в рамках государственного контроля в отношении субъекта (объекта) оценки качества данных в соответствии со </w:t>
+      5. Оценка качества административных данных проводится в рамках государственного контроля в отношении субъекта (объекта) оценки качества административных данных в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 12-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственной статистике" (далее – Закон).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z77" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Оценка качества административных данных проводится контролером данных в соответствии с полугодовым планом-графиком оценки качества административных данных (далее – План-график), утвержденного первым руководителем ведомства уполномоченного органа, либо заменяющим его уполномоченным лицом не позднее 20 декабря года, предшествующего году оценки, и до 20 июня текущего календарного года.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+      6. Для оценки качества административных данных привлекаются контролеры данных в соответствии с полугодовым планом-графиком оценки качества административных данных (далее – План-график), утвержденного первым руководителем ведомства уполномоченного органа, либо заменяющим его уполномоченным лицом не позднее 20 декабря года, предшествующего году оценки, и до 20 июня текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z78" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. План-график включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z79" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дату утверждения План-графика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z80" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) наименование субъекта (объекта) оценки качества данных;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+      2) наименование субъекта (объекта) оценки качества административных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z81" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) период проведения оценки качества данных;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+      3) период проведения оценки качества административных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z82" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) дата представления отчета по качеству административных данных (далее – отчет по качеству) в ведомство уполномоченного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z83" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) подпись лица, уполномоченного подписывать План-график.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z84" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Внесение изменений и дополнений в План-график осуществляется в случаях привлечения контролеров данных к участию во внеплановой проверке в отношении административного источника, приостановления или прекращения промышленной эксплуатации объектов информатизации и баз данных административных источников, а также передачи их право собственности и (или) владения в частный сектор.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z85" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Оценка качества административных данных проводится контролером данных, на соответствие требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1388,814 +1489,1039 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Требованиям</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по управлению данными, а также посредствам сверки и сопоставления баз данных административного источника с данными из других официальных источников, содержащих одинаковый набор данных.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+        <w:t>, а также посредствам сверки и сопоставления баз данных административного источника с данными из других официальных источников, содержащих одинаковый набор данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z86" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Контролер данных при сопоставлении баз данных, определяет критичность расхождения данных и присваивает в отчете по качеству степень расхождения данных в соответствии с градацией степени нарушения в области государственной статистики: незначительное, значительное.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z87" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) незначительные – нарушения, связанные с:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z88" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       расхождением до 10 % представленных административным источником административных данных с данными из других официальных источников, содержащих одинаковый набор значений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z89" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      неприменением элементов национальной справочной информации в соответствии с </w:t>
+      неприменением национальной справочной информации в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z90" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) значительные – нарушения, связанные с:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z91" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       применение несогласованных элементов национальной справочной информации в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 6)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 12-1 Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z92" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       несогласованием с ведомством уполномоченного органа форм, предназначенных для сбора административных данных, а также методик расчета показателей в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 2)</w:t>
+        <w:t>подпунктами 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z93" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представлением недостоверных административных данных административным источником;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z94" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      непредставлением административных данных на безвозмездной основе в соответствии с </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+      непредставлением административных данных на безвозмездной основе в соответствии с Правилами представления административных данных административными источниками на безвозмездной основе, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Председателя Агентства Республики Казахстан по статистике от 14 июля 2010 года № 183 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6394);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z95" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      несоответствием критериям качества административных данных, установленных Требованиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z96" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      несоответствием представленных баз данных требованиям к поддержке данных установленными в Требованиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z97" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      несоответствием критериям качества административных данных, установленных </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+      несоблюдением ведения похозяйственного учета требованиям Статистической методологии по ведению похозяйственного учета и форм организации ведения регистрационных записей, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по статистике от 10 июня 2010 года № 136 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6334);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z98" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      несоответствием представленных баз данных требованиям к поддержке данных установленными в Требованиях по управлению данными;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+      расхождением свыше 10% представленных административным источником административных данных с данными из других официальных источников, содержащих одинаковый набор значений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z99" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      несоблюдением установленных требований ведомством уполномоченного органа по ведению похозяйственного учета;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+      10. При определении разницы расхождения в процентах между административными данными и данными из других официальных источников, содержащих одинаковый набор значений, применяется следующая формула:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z100" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2463800" cy="533400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2463800" cy="533400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      расхождением свыше 10 % представленных административным источником административных данных с данными из других официальных источников, содержащих одинаковый набор значений.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      R % – процентное расхождение административных данных с данными из других официальных источников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z102" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а – административные данные;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z103" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      b – данные, из других официальных источников, содержащие одинаковый набор значений, которые сравниваются с административными данными.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z104" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      10. По итогам проведенной оценки качества административных данных контролер данных формирует отчет по качеству и согласовывает его посредством электронного документооборота с ведомством уполномоченного органа. Структура по заполнению отчета по качеству приведена в </w:t>
+      11. По итогам проведенной оценки качества административных данных контролер данных формирует отчет по качеству и согласовывает его посредством электронного документооборота с ведомством уполномоченного органа. Структура по заполнению отчета по качеству приведена в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z105" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. При внесении уточнений и (или) дополнений, отчет по качеству дорабатывается контролером данных в течение 5 рабочих дней.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+      12. При внесении уточнений и (или) дополнений, отчет по качеству дорабатывается контролером данных в течение 5 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z106" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Согласованный отчет по качеству контролер данных представляет на рассмотрение в Методсовет.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+      13. Согласованный отчет по качеству контролер данных представляет на рассмотрение в Методсовет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z107" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. По результатам рассмотрения отчета по качеству Методсовет дает рекомендации по использованию административных данных в производстве официальной статистической информации и (или) актуализации статистических регистров.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+      14. По результатам рассмотрения отчета по качеству Методсовет представляет рекомендации по использованию административных данных в производстве официальной статистической информации и (или) актуализации статистических регистров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z108" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. В случаях выявления нарушений требований </w:t>
+      15. В случаях выявления нарушений требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и (или) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Требований</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по управлению данными, контролер данных в течение 3 рабочих дней со дня согласования отчета по качеству, направляет экспертное заключение в ведомство уполномоченного органа, посредством электронного документооборота, в котором указываются:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+        <w:t>, контролер данных в течение 3 рабочих дней со дня согласования отчета по качеству, направляет экспертное заключение в ведомство уполномоченного органа, посредством электронного документооборота, в котором указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z109" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) номер, дата и место составления экспертного заключения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z110" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наименование административного источника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z111" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименование базы данных административного источника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z112" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выявленные нарушения в области государственной статистики с указанием степени нарушения и рекомендации об их устранении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z113" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) фамилия, имя, отчество контролера данных проводившего оценку качества административных данных;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+      5) фамилия, имя, отчество контролера данных привлекаемого для оценки качества административных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z114" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) рабочий телефон и адрес электронной почты контролера данных, проводившего оценку качества административных данных.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+      6) рабочий телефон и адрес электронной почты контролера данных, привлекаемого для оценки качества административных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z115" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Ведомство уполномоченного органа:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+      16. Ведомство уполномоченного органа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z116" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по незначительным нарушениям направляет в адрес административного источника рекомендации об их устранении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z117" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       по значительным нарушениям проводит государственный контроль в отношении административных источников в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 12-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z118" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. Результаты оценки качества административных данных подлежат анализу на стороне административного источника, и являются исходными данными для проведения мероприятий по повышению качества административных данных в соответствии с </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
+      17. Результаты оценки качества административных данных подлежат анализу на стороне административного источника, и являются исходными данными для проведения мероприятий по повышению качества административных данных в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>42</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z119" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В случае несоответствия административных данных одному из критериев качества данных, ведомство уполномоченного органа и его территориальные подразделения определяют их как недостоверные.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2229,130 +2555,137 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к Правилам</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оценки качества</w:t>
+              <w:t>к Правилам оценки качества</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Структура по заполнению отчета по качеству</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-[...29 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z64" w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчет по качеству ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование субъекта (объекта) оценки качества административных данных)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2871,87 +3204,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фамилия, имя, должность и контактные данные менеджера по качеству данных административного источника</w:t>
-[...35 lines deleted...]
-Менеджер по качеству данных (Data Quality Manager) – должностное лицо ответственное за обеспечение качества данных внутри административного источника.</w:t>
+Фамилия, имя, должность и контактные данные менеджера по качеству административных данных административного источника</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Менеджер по качеству административных данных (Data Quality Manager) – должностное лицо ответственное за обеспечение качества административных данных внутри административного источника.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4795,51 +5128,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Условия и режимы, в соответствии с которыми пользователи получают, используют и интерпретируют документацию по административным данным, то есть описательный текст, используемый для определения или описания объекта, проекта, спецификации, инструкции, справочника или процедуры.</w:t>
+Условия и режимы, в соответствии с которыми пользователи получают, используют и интерпретируют документацию по административным данным, то есть описательный текст, используемый для определения или описания объекта, проекта, спецификации, инструкции, национальной справочной информации или процедуры.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5717,51 +6050,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Описание ошибок, связанных с неиспользованием или использованием неактуальных элементов национальной справочной информации, несопоставимостью административных данных во временном, региональном и отраслевом разрезе, а также отсутствие идентификации круга, лиц представляющих информацию.</w:t>
+Описание ошибок, связанных с использованием несогласованных элементов национальной справочной информации, несопоставимостью административных данных во временном, региональном и отраслевом разрезе, а также отсутствие идентификации круга, лиц представляющих информацию.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6562,51 +6895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Описание ошибок, не идентифицированных в Требованиях по управлению данными.</w:t>
+Описание ошибок, не идентифицированных в Требованиях.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6693,51 +7026,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Определение процента расхождения представленных административным источником административных данных с данными из других официальных источников, содержащих одинаковый набор значений.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Описание неприменения национальных и (или) применения неактуальных элементов национальной справочной информации.</w:t>
+Описание неприменения и (или) применения несогласованных элементов национальной справочной информации.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6995,55 +7328,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7365,35 +7698,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>