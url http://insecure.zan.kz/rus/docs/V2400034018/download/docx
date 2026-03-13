--- v0 (2025-10-02)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="54fcfcd" w14:textId="54fcfcd">
+    <w:p w14:paraId="b3b6775" w14:textId="b3b6775">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -741,109 +741,167 @@
         <w:t>
       1. Настоящие Правила содержания в специально оборудованных помещениях лиц, подвергнутых административному задержанию (далее – Правила), определяют порядок содержания в специально оборудованных помещениях лиц, подвергнутых административному задержанию должностными лицами Пограничной службы Комитета национальной безопасности Республики Казахстан (далее – Пограничная служба).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) специально оборудованное помещение для содержания лиц, подвергнутых административному задержанию (далее – специальное помещение) – комплекс оборудованных комнат и помещений модульного типа, предназначенных для круглосуточного содержания лиц, которые подвергнуты административному задержанию (далее – задержанных лиц);</w:t>
+      1) административное задержание – кратковременное ограничение личной свободы физического лица, представителя юридического лица, должностного лица с целью пресечения правонарушения или обеспечения производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специально оборудованное помещение для содержания лиц, подвергнутых административному задержанию (далее – специальное помещение) – комплекс оборудованных комнат и помещений модульного типа, предназначенных для круглосуточного содержания лиц, которые подвергнуты административному задержанию (далее – задержанные лица).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт  2 – в редакции приказа Председателя Комитета национальной безопасности РК от 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1/қе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок содержания в специальных помещениях задержанных лиц</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Административное задержание должностными лицами Пограничной службы применяется в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -858,212 +916,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5) и 12) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 787</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях" (далее – Кодекс), с целью пресечения правонарушения или обеспечения производства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Содержание в специальных помещениях осуществляется в соответствии с принципами законности, презумпции невиновности, равенства граждан перед законом, гуманизма, уважения чести и достоинства личности, нормами международного права.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Основанием для определения лица в специальное помещение является протокол административного задержания, составленный в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 788</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса, уполномоченным должностным лицом Пограничной службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Сроки содержания и порядок их исчисления в специально оборудованных помещениях лиц, подвергнутых административному задержанию, определяются в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 789</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В специально оборудованных помещениях раздельно содержатся следующие лица:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) несовершеннолетние, подвергнутые административному задержанию, отдельно от взрослых лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) лица разного пола, в отношении которых применено административное задержание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1078,751 +1136,1083 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 788 Кодекса по просьбе лица, задержанного за совершение административного правонарушения, о месте его нахождения незамедлительно уведомляются его родственники, администрация по месту работы или учебы, защитник, а также посольство, консульство или иное представительство иностранного государства в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> об уведомлении дипломатических представительств или консульских учреждений иностранных государств о задержаниях и содержании под стражей иностранцев, утвержденными совместным приказом Генерального Прокурора Республики Казахстан от 3 сентября 2014 года № 87 и и.о. Министра иностранных дел Республики Казахстан от 26 сентября 2014 года № 08-1-1-1/428 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 9774). О задержании несовершеннолетнего уведомление его родителей или лиц, их заменяющих, обязательно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Задержанные лица могут обжаловать меры обеспечения производства по делу об административном правонарушении в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В специальных помещениях устанавливается режим, обеспечивающий круглосуточное дежурство и исключающий возможность самовольного оставления лицами, содержащимися в них.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация контроля за соблюдением режима осуществляется начальником подразделения, на территории которого располагается специальное помещение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Задержанным лицам предоставляется возможность прогулки в прогулочном дворе продолжительностью не менее одного часа ежедневно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Для организации повседневной деятельности специального помещения в штате территориального и (или) его структурного подразделения предусматривается воинская должность ответственного по специальному помещению. Ответственный по специальному помещению по служебным вопросам подчиняется начальнику подразделения дознания и административного производства территориального и (или) его структурного подразделения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В целях обеспечения порядка в специальных помещениях ответственный по специальному помещению подразделения дознания и административного производства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ежедневно контролирует дежурную службу по вопросам обеспечения режима в специальном помещении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществляет контроль за санитарным состоянием в специальном помещении, своевременным проведением санитарной обработки помещений и заменой постельных принадлежностей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отвечает за сохранность материальных ценностей и за делопроизводство специального помещения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) принимает под ответственное хранение вещественные доказательства и личные вещи задержанных лиц, помещаемые в комнату для их хранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) проводит с задержанными лицами профилактические беседы, во время которых разъясняет основания применения административного задержания и квалификацию административного правонарушения, ознакамливает задержанных с настоящими Правилами и распорядком дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Для обеспечения режима в специальном помещении, охраны и содержания задержанных лиц, вещественных доказательств и личных вещей задержанных лиц назначается дежурная служба из числа военнослужащих территориального и (или) его структурного подразделения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Состав дежурной службы определяется начальником подразделения, на территории которого располагается специальное помещение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В случае отсутствия задержанных лиц или вещественных доказательств дежурство по решению начальника подразделения, на территории которого располагается специальное помещение, не назначается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Дежурный по специальному помещению на период несения службы подчиняется начальнику подразделения дознания и административного производства территориального и (или) его структурного подразделения, ответственному по специальному помещению и дежурному по территориальному и (или) его структурному подразделению (по подразделению, где расположено специальное помещение).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дежурный по специальному помещению заполняет путем внесения соответствующих записей следующие учетные документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      журнал учета задержанных лиц, содержащихся в специальном помещении, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      книгу приема и сдачи дежурства по специальному помещению по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      книгу жалоб и предложений по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      журнал первичного опроса и регистрации оказания медицинской помощи задержанным лицам, поступающим для содержания в специальном помещении, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      журнал учета вещественных доказательств и документов, находящихся в комнате для хранения вещественных доказательств, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 – в редакции приказа Председателя Комитета национальной безопасности РК от 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1/қе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В специальном помещении оборудуются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      не менее двух комнат для содержания задержанных лиц;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+      не менее четырех комнат для содержания задержанных лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       комната для хранения вещественных доказательств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       комната для проведения опроса, личного досмотра и досмотра вещей, находящихся при задержанном лице;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       комната ответственного по специальному помещению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       комната дежурной службы по специальному помещению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       комната для умывания и туалет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прогулочный двор.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 с изменением, внесенным приказом Председателя Комитета национальной безопасности РК от 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1/қе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Комнаты оборудуются электрическим освещением, электролампочки монтируются в нишах на потолке и ограждаются органическим стеклом либо другим крепким небьющимся прозрачным материалом. Выключатели устанавливаются со стороны коридора для каждого помещения. Возле дверей туалета оборудуются штепсельные розетки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Комнаты оборудуются кроватями с постельными принадлежностями, табуретами по числу содержащихся в них задержанных лиц, столом, бачком для питьевой воды, шкафом для одежды, полкой для туалетных принадлежностей и урной для мусора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В каждой комнате вывешиваются распорядок дня и календарь. Все комнаты оборудуются кнопкой для вызова сотрудника дежурной службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Двери комнат оборудуются специальными замками, ключи от замков хранятся у ответственного и дежурного по специальному помещению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Специальное помещение обеспечивается аптечкой для оказания первой медицинской помощи с необходимым набором медицинского инвентаря. Аптечка хранится в помещении дежурной службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комплектность аптечки и годность входящего в нее медицинского имущества обеспечивает ответственный по специальному помещению. При использовании любого лекарственного средства аптечка должна быть дополнена.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. В специальном помещении оборудуется прогулочный двор, общей площадью не менее шестнадцати квадратных метров. Площадка прогулочного двора асфальтируется или делается из утрамбованного грунта без твердых включений. В центре прогулочного двора устанавливается закрепленная в покрытие скамейка, а в одном из углов - урна для мусора. Дверь, используемая для пропуска на территорию прогулочного двора, оборудуется смотровым глазком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. В случае отсутствия возможностей оборудования внутри специального помещения туалета, при специальном помещении оборудуется наружный туалет или биотуалет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наружный туалет устраивается с водонепроницаемыми выгребными ямами. Выгребные ямы туалетов своевременно очищаются и дезинфицируются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. В отопительный сезон в специальных помещениях поддерживается температура не ниже плюс восемнадцати градусов по Цельсию. Специальные помещения освещаются с наступлением темного времени суток до рассвета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Ответственный по специальному помещению обеспечивает чистоту и порядок в специальном помещении и прилегающей к нему территории.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1979,207 +2369,207 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЖУРНАЛ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>учета задержанных лиц, содержащихся в специальном помещении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Начат: " "______ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Окончен: " "______ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
             Оборотная сторона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="62"/>
+          <w:bookmarkStart w:name="z70" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3267,320 +3657,320 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> КНИГА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>приема и сдачи дежурства по специальному помещению</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
             Начата: " "______ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z75" w:id="65"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
             Окончена: " "______ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z76" w:id="66"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оборотная сторона </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рапорт сдающего службу дежурного по специальному помещению пишется в произвольной форме и обязательно должен содержать следующую информацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) о приеме и сдаче дежурства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) о приеме-сдаче задержанных; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) о приеме-сдаче спецсредств, ключей; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) о происшествиях, имевших место в специальном помещении за время дежурства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) об обнаруженных в ходе дежурства неисправностях в оборудовании специальных помещений и технических средств охраны (сигнализации, связи, освещения, решеток, замков и так далее);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) о производстве технических осмотров специальных помещений инженерной службой; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) о проверке несения службы дежурной смены комендантом подразделения или другими проверяющими лицами; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) о количестве вновь прибывших задержанных и убывших из него.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3737,140 +4127,140 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> КНИГА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>жалоб и предложений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
             Начата: " "______ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
             Окончена: " "______ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z91" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оборотная сторона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -4690,210 +5080,210 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>первичного опроса и регистрации оказания медицинской помощи задержанным, поступающим для содержания в специальном помещении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z95" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Начат: " "______ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z96" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
             Окончен: " "______ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z97" w:id="83"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z97" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оборотная сторона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z98" w:id="84"/>
+          <w:bookmarkStart w:name="z98" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="84"/>
+          <w:bookmarkEnd w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6328,209 +6718,209 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z101" w:id="85"/>
+    <w:bookmarkStart w:name="z101" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЖУРНАЛ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>учета вещественных доказательств и документов, находящихся в комнате для хранения вещественных доказательств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z102" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Начат: " "______20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z103" w:id="87"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z103" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
             Окончен: " "______ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z104" w:id="88"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z104" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Оборотная сторона</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z105" w:id="89"/>
+          <w:bookmarkStart w:name="z105" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
+          <w:bookmarkEnd w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7761,294 +8151,294 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 20 февраля 2024 года № 31/қе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="90"/>
+    <w:bookmarkStart w:name="z107" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>некоторых приказов Председателя Комитета национальной безопасности Республики Казахстан, признанных утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z108" w:id="91"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z108" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Комитета национальной безопасности Республики Казахстан от 25 июня 2013 года № 325 "Об утверждении Правил содержания в специально оборудованных помещениях лиц, подвергнутых административному задержанию" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 8582).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z109" w:id="92"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z109" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Комитета национальной безопасности Республики Казахстан от 19 мая 2015 года № 36 "О внесении изменений в приказ Председателя Комитета национальной безопасности Республики Казахстан от 25 июня 2013 года № 325 "Об утверждении Правил содержания в специально оборудованных помещениях лиц, подвергнутых административному задержанию" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11398).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z110" w:id="93"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z110" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Комитета национальной безопасности Республики Казахстан от 16 сентября 2019 года № 74 қе "О внесении изменения в приказ Председателя Комитета национальной безопасности Республики Казахстан от 25 июня 2013 года № 325 "Об утверждении Правил содержания в специально оборудованных помещениях лиц, подвергнутых административному задержанию" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 19408).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z111" w:id="94"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z111" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня некоторых приказов Председателя Комитета национальной безопасности Республики Казахстан, в которые вносятся изменения, утвержденного приказом Председателя Комитета национальной безопасности Республики Казахстан от 15 октября 2021 года № 104/қе "О внесении изменений в некоторые приказы Председателя Комитета национальной безопасности Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 24831).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>