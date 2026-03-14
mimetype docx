--- v0 (2025-11-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="24ce14f" w14:textId="24ce14f">
+    <w:p w14:paraId="7c4d1e0" w14:textId="7c4d1e0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Арыс</w:t>
+        <w:t>Об утверждении Правил организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Арыс</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление акимата города Арыс Туркестанской области от 16 февраля 2023 года № 61. Зарегистрировано Департаментом юстиции Туркестанской области 16 февраля 2023 года № 6242-13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок постановления в редакции постановления акимата города Арыс Туркестанской области от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 653</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -156,186 +194,246 @@
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 10-3 Закона Республики Казахстан "О жилищных отношениях", подпунктом 16-5) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" акимат города Арыс ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Арыс.</w:t>
+        <w:t xml:space="preserve"> организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Арыс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления акимата города Арыс Туркестанской области от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 653</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственному учреждению "Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог города Арыс" в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего постановления в Республиканском государственном учреждении "Департамент юстиции Туркестанской области Министерства юстиции Республики Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего постановления на интернет - ресурсе акимата города Арыс после официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима города Арыс.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p>
-[...51 lines deleted...]
-      3. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима города Арыс.</w:t>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -529,770 +627,756 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>акима города Арыс от</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16 февраля 2023 года № 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Арыс</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+        <w:t xml:space="preserve"> Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Арыс</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение в редакции постановления акимата города Арыс Туркестанской области от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 653</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...36 lines deleted...]
-        <w:t>) разработаны в соответствии с </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Арыс (далее – правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t> пункта 2 статьи 10-3 Закона Республики Казахстан "О жилищных отношениях", иными нормативными правовыми актами и определяют порядок организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Арыс.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+        <w:t> пункта 2 статьи 10-3 Закона Республики Казахстан "О жилищных отношениях", иными нормативными правовыми актами и определяют порядок организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Арыс.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В настоящих </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правилах</w:t>
+        <w:t>правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> применяются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) единый архитектурный стиль - совокупность единых признаков, используемых в строительстве, характерная для определенного района застройки территории, в том числе индивидуальной застройки. Основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы. Для района индивидуальной застройки основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы, ограждения, тип кровли и расположение хозяйственно-бытовых построек на территории участка;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...129 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+        <w:t xml:space="preserve">
+      2) объект кондоминиума – единый имущественный комплекс, состоящий из квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности, и общего имущества, которое не может находиться в индивидуальной (раздельной) собственности и принадлежит собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) общее имущество объекта кондоминиума – части объекта кондоминиума (наружные стены, подъезды, вестибюли, холлы, коридоры, лестничные марши и лестничные площадки, лифты, крыши, чердаки, технические этажи, подвалы, общедомовые инженерные системы и оборудование, абонентские почтовые ящики, земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок, элементы благоустройства и другое имущество общего пользования), кроме квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности, и телекоммуникационного оборудования, являющегося собственностью операторов сотовой связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) текущий ремонт общего имущества объекта кондоминиума – комплекс своевременных технических мероприятий и работ по замене или восстановлению составных частей и инженерного оборудования многоквартирного жилого дома, установленных нормативной и технической документацией, проводимых с целью предотвращения их преждевременного износа и устранения неисправности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) содержание общего имущества объекта кондоминиума – комплекс работ или услуг по технической эксплуатации, санитарному содержанию и текущему ремонту общего имущества объекта кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) многоквартирный жилой дом – отдельно стоящее здание с единым фундаментом на едином неделимом земельном участке, состоящее из общего имущества объекта кондоминиума, которое является общей долевой собственностью, и двух и более квартир, нежилых помещений, имеющих самостоятельные выходы на земельный участок, прилегающий к многоквартирному жилому дому, либо в иные части общего имущества объекта кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) кондоминиум многоквартирного жилого дома (далее – кондоминиум) – форма собственности, зарегистрированная в порядке, определенном законодательством Республики Казахстан, при которой квартиры, нежилые помещения, парковочные места, кладовки находятся в индивидуальной (раздельной) собственности, а те части, которые не находятся в индивидуальной (раздельной) собственности, принадлежат собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) собрание собственников квартир, нежилых помещений многоквартирного жилого дома (далее – собрание) – высший орган управления объектом кондоминиума, обеспечивающий коллективное обсуждение и (или) принятие решений, связанных с управлением обьектом кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) реконструкция – изменение отдельных помещений иных частей здания или здания в целом как правило связанное с необходимостью обновления и модернизаций изменяемого обьекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Капитальный ремонт наружных стен проводится при значительном износе или повреждении наружных стен. Цель - восстановить и улучшить технические и эксплуатационные характеристики наружных стен, укрепить несущие конструкции и продлить срок службы материалов.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок организации мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов</w:t>
-[...197 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок организации мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог города Арыс" (далее - Отдел) определяет перечень многоквартирных жилых домов, требующих проведения реконструкции, текущему или капитальному ремонту наружных стен для придания городу Арыс единого архитектурного облика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственное учреждение "Отдел архитектуры и градостроительства города Арыс" после определения перечня многоквартирных жилых домов, указанных в пункте 3 Правил, обеспечивает разработку и утверждение единого архитектурного облика города.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Акимат города Арыс организует следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ознакомление собственников квартир, нежилых помещений (при их наличии) многоквартирного жилого дома с проектом единого архитектурного облика города на официальном интернет-ресурсе акимата;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       информирование собственников квартир и нежилых помещений (при их наличии) многоквартирного жилого дома о планируемых работах и примерных сроках их проведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       организация и проведение собрания собственников квартир, нежилых помещений (при их наличии) для принятия решения о согласовании или несогласии с проведением работ по реконструкции, ремонту наружных стен, кровли многоквартирного жилого дома.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Собрание принимает решение при наличии более половины от общего числа собственников квартир, нежилых помещений. Решение принимается при при наличии более половины от общего числа собственников квартир, нежилых помещений, непосредственно принявших участие в голосовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае принятия собранием отрицательного решения работы по ремонту наружных стен, кровли многоквартирного жилого дома, направленные на придание единого архитектурного облика, не производятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. При принятии собранием положительного решения Отдел, в соответствии с требованиями строительных норм, организует реконструкцию, проверку технического состояния наружных стен, кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (текущий или капитальный) и установления степени их физического износа.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов</w:t>
-[...140 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+        <w:t xml:space="preserve"> Глава 3. Порядок проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Выбор организации по обследованию технического состояния наружных стен, реконструкция кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (текущий или капитальный) осуществляется в соответствии с законодательством о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. По итогам обследования технического состояния наружных стен, кровли многоквартирного жилого дома Отдел организует работу по разработке сметного расчета текущего ремонта или изготовлению проектно-сметной документации на реконструкции, текущему или капитальному ремонту наружных стен, направленного на придание единого архитектурного облика, с последующим получением заключения экспертизы за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. После получения положительного заключения экспертизы и утверждения сметной стоимости текущего ремонта или проектно-сметной документации реконструкции, текущему или капитальному ремонту наружных стен многоквартирных жилых домов, Отдел составляет бюджетную заявку в соответствии с порядком, определенным центральным уполномоченным органом по бюджетному планированию. ("</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бюджетный кодекс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 15 марта 2025 года №171-VIII Республики Казахстан", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 10-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 16 апреля 1997 года №94-І "О жилищных отношениях").</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Приобретение работ по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом в соответствии с законодательством о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Приемка работ по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом с привлечением лиц, осуществляющих технический надзор.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1618,31 +1702,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>