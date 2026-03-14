--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aaccf52" w14:textId="aaccf52">
+    <w:p w14:paraId="e72f149" w14:textId="e72f149">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил содержания и защиты зеленых насаждений города Алматы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение XXXII сессии маслихата города Алматы VII созыва от 17 января 2023 года № 211. Зарегистрировано Департаментом юстиции города Алматы 20 января 2023 года № 1710</w:t>
+        <w:t>Решение XXXII сессии маслихата города Алматы VII созыва от 17 января 2023 года № 211. Зарегистрировано Департаментом юстиции города Алматы 20 января 2023 года № 1710.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -3882,82 +3882,106 @@
     </w:p>
     <w:bookmarkStart w:name="z54" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Вырубка деревьев производится по разрешению уполномоченного органа в соответствии с разрешительными процедурами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 октября 2006 года № 1034 (далее - Перечень).</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 50 в редакции решения внеочередной XL сессии маслихата города Алматы VIII созыва от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z55" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. В случае аварийного падения деревьев, в результате ветровала и других случаев природного характера, дорожно-транспортных происшествий, уборка упавшего дерева, своевременная очистка места падения и вывоз древесных остатков на землях общего пользования и на территориях, прилегающих к зданиям, сооружениям, многоэтажным жилым домам, осуществляется организациями по озеленению, обслуживающими данный участок.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z56" w:id="66"/>
     <w:p>
       <w:pPr>
@@ -4446,291 +4470,381 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях и производит компенсационную посадку деревьев в пятидесятикратном размере.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z75" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      69. В случае незаконной вырубки (порубки), уничтожения, повреждения многолетних насаждений и (или) зеленых насаждений, занесенных в Перечень, производится компенсационная посадка зеленых насаждений того же вида (подвида) в стократном размере и предусмотрена уголовная ответственность в соответствии со </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Уголовного кодекса Республики Казахстан.</w:t>
+      69. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае незаконной вырубки зеленых насаждений, включенных в Перечень редких и находящихся под угрозой исчезновения видов растений и животных, утвержденного постановлением Правительства Республики Казахстан от 31 октября 2006 года № 1034, компенсационная посадка осуществляется в стократном размере.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z76" w:id="86"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 31 мая 2007 года № 441, исчисляется уполномоченным органом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 69 в редакции решения внеочередной XL сессии маслихата города Алматы VIII созыва от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Размер вреда, причиненного растительному миру, предусмотренный базовыми ставками для исчисления размеров вреда, причиненного нарушением законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира, утвержденного приказом Министра экологии и природных ресурсов Республики Казахстан от 23 февраля 2023 года № 61 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 31997), исчисляется уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 70 в редакции решения внеочередной XL сессии маслихата города Алматы VIII созыва от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Компенсационная посадка деревьев производится из посадочного материала, соответствующего минимальным требованиям по качеству посадочного материала и с организацией поливочной системы, путем посадки саженцев лиственных пород высотой не менее 2,5 метров с комом или хвойных пород высотой не менее 2 метра с комом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Диаметр ствола от верхней корневой системы саженцев не менее 3 сантиметров, на высоте 1,3 метра стволовой части.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Компенсационная посадка при вырубке деревьев по разрешению уполномоченного органа и (или) при незаконной вырубке (порубке), уничтожении или повреждении деревьев производится на территории в радиусе 1 километра от места вырубки, уничтожении или повреждении деревьев на участке, указанном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z77" w:id="87"/>
-[...15 lines deleted...]
-      71. Компенсационная посадка деревьев производится из посадочного материала, соответствующего минимальным требованиям по качеству посадочного материала и с организацией поливочной системы, путем посадки саженцев лиственных пород высотой не менее 2,5 метров с комом или хвойных пород высотой не менее 2 метра с комом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии свободного места для компенсационной посадки в радиусе 1 километра от места вырубки, территория компенсационной посадки указывается уполномоченным органом в письменном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. При вынужденной вырубке деревьев компенсационная посадка производится на землях общего пользования с привлечением организации по озеленению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:p>
-[...33 lines deleted...]
-      72. Компенсационная посадка при вырубке деревьев по разрешению уполномоченного органа и (или) при незаконной вырубке (порубке), уничтожении или повреждении деревьев производится на территории в радиусе 1 километра от места вырубки, уничтожении или повреждении деревьев на участке, указанном уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Компенсационная посадка деревьев осуществляется в соответствии с дендрологическим планом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:p>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="91"/>
+    <w:bookmarkStart w:name="z81" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       75. В случае механического повреждения или уничтожения зеленых насаждений, произрастающих на землях общего пользования и на частных территориях в результате дорожно-транспортного происшествия и при производстве строительных работ, в том числе прокладке инженерных сетей, виновной стороной производится компенсационная посадка в пятикратном размере взамен поврежденных или уничтоженных зеленых насаждений путем высадки саженцев согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z82" w:id="92"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z82" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. После завершения работ по компенсационной посадке деревьев физические и юридические лица в течение одного месяца информируют в письменном виде уполномоченный орган об исполнении работ согласно плану компенсационной посадки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z83" w:id="93"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z83" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       77. В соответствии с гарантийным письмом физические и юридические лица в течение трех лет (период приживаемости саженца дерева) с момента компенсационной посадки проводят мероприятия по содержанию и защите саженцев, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4825,171 +4939,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z84" w:id="94"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z84" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       78. По истечении трех лет, физические и юридические лица, осуществившие компенсационную посадку, составляют совместно с уполномоченным органом акт приживаемости зеленых насаждений, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, и передают на баланс аппаратов акимов районов города Алматы для дальнейшего содержания.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z85" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Уполномоченным органом прижившиеся деревья включаются в реестр зеленых насаждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z86" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. В случае гибели высаженных саженцев при компенсационной посадке, лица, в интересах которых была произведена вырубка, производят повторную посадку зеленых насаждений и обеспечивают дальнейшие мероприятия по содержанию и защите за ними в течение трех лет (период приживаемости саженца дерева), с момента проведения повторной посадки.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z85" w:id="95"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="97"/>
+    <w:bookmarkStart w:name="z87" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       81. Физическое или юридическое лицо, совершившее нарушение Правил несет ответственность в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 386</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан об административных правонарушениях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5068,86 +5182,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>защиты зеленых насаждений</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>города Алматы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="98"/>
+    <w:bookmarkStart w:name="z89" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Нормы полива зеленых насаждений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z90" w:id="99"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z90" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Норма полива при уходе за деревьями с комом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6598,68 +6712,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>защиты зеленых насаждений</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>города Алматы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="100"/>
+    <w:bookmarkStart w:name="z92" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Минимальные расстояния от объектов строительства до зеленых насаждений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8029,68 +8143,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="101"/>
+    <w:bookmarkStart w:name="z95" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр зеленых насаждений на 1 января ____ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение площади объектов (участков) зеленых насаждений по категориям земель, типам растительности и функциональному назначению</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10362,68 +10476,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z98" w:id="102"/>
+    <w:bookmarkStart w:name="z98" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт приживаемости зеленых насаждений "___" _________ 20___ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес посаженных зеленых насаждений: ___________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12099,68 +12213,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>защиты зеленых насаждений</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>города Алматы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="103"/>
+    <w:bookmarkStart w:name="z100" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Критерии оценки состояния зеленых насаждений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -13039,68 +13153,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="104"/>
+    <w:bookmarkStart w:name="z103" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт обследования зеленых насаждений "___" ___________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="615"/>
         <w:gridCol w:w="615"/>
         <w:gridCol w:w="615"/>
         <w:gridCol w:w="615"/>
         <w:gridCol w:w="615"/>
         <w:gridCol w:w="615"/>
         <w:gridCol w:w="615"/>
         <w:gridCol w:w="615"/>
         <w:gridCol w:w="615"/>
@@ -18337,68 +18451,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>контакты ____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(электронный адрес, телефон)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="105"/>
+    <w:bookmarkStart w:name="z105" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Гарантийное письмо</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18675,68 +18789,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>защиты зеленых насаждений</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>города Алматы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="106"/>
+    <w:bookmarkStart w:name="z107" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Минимальные требования к качеству посадочного материала Соотношение размеров и параметров лиственных саженцев с комом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -22328,55 +22442,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -22702,31 +22816,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>