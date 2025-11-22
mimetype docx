--- v0 (2025-10-05)
+++ v1 (2025-11-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e8c6487" w14:textId="e8c6487">
+    <w:p w14:paraId="5ec2b54" w14:textId="5ec2b54">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан города Экибастуза</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Экибастузского городского маслихата Павлодарской области от 13 октября 2023 года № 80/8. Зарегистрировано в Департаменте юстиции Павлодарской области 16 октября 2023 года № 7405-14.</w:t>
+        <w:t>Решение Экибастузского городского маслихата Павлодарской области от 13 октября 2023 года № 80/8. Зарегистрировано в Департаменте юстиции Павлодарской области 16 октября 2023 года № 7405-14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с пунктом 2-3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1546,87 +1546,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Специальные комиссии при вынесении заключения о необходимости оказания социальной помощи руководствуются утвержденным местными представительными органами перечнем оснований для отнесения граждан к категории нуждающихся.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Социальная помощь к праздничным дням и памятным датам оказывается единовременно без учета дохода следующим категориям граждан:</w:t>
-[...35 lines deleted...]
-      военнослужащим, которым инвалидность установлена вследствие ранения, контузии, увечья, полученных при защите бывшего Союза Советских Социалистических Республик (далее – Союза ССР), исполнении иных обязанностей воинской службы в другие периоды, или вследствие заболевания, связанного с пребыванием на фронте, а также при прохождении воинской службы в Афганистане или других государствах, в которых велись боевые действия, в размере 50 (пятьдесят) МРП;</w:t>
+      8. Уполномоченный орган по оказанию социальной помощи оказывает социальную помощь:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) единовременную социальную помощь к праздничным дням и памятным датам без истребования заявлений от получателей без учета дохода:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - ко Дню вывода ограниченного контингента советских войск из Демократической Республики Афганистан - 15 февраля на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим, которым инвалидность установлена вследствие ранения, контузии, увечья, полученных при защите бывшего Союза Советских Социалистических Республик (далее – Союза ССР), исполнении иных обязанностей воинской службы в другие периоды, или вследствие заболевания, связанного с пребыванием на фронте, а также при прохождении воинской службы в Афганистане или других государствах, в которых велись боевые действия, в размере 50 (пятьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       военнообязанным, призывавшимся на учебные сборы и направлявшимся в Афганистан в период ведения боевых действий, в размере 50 (пятьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1690,87 +1708,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       семьям военнослужащих, погибших (пропавших без вести) или умерших вследствие ранения, контузии, увечья, заболевания, полученных в период боевых действий в Афганистане или других государствах, в которых велись боевые действия, в размере 50 (пятьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) к Международному женскому дню - 8 марта на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
+      - к Международному женскому дню - 8 марта на основании списка Государственной корпорации уполномоченного органа по оказанию социальной помощи:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       многодетным матерям (семьям) из числа получателей государственной адресной социальной помощи, в размере 5 (пять) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ко Дню участников ликвидации последствий радиационных аварий и катастроф и памяти жертв этих аварий и катастроф - 26 апреля на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
+      - ко Дню участников ликвидации последствий радиационных аварий и катастроф и памяти жертв этих аварий и катастроф - 26 апреля на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, которым инвалидность установлена вследствие катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения, ядерных испытаний, и их детям, инвалидность которых генетически связана с радиационным облучением одного из родителей, в размере 50 (пятьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1798,195 +1816,195 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       семьям лиц, погибших при ликвидации последствий катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения, в размере 50 (пятьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      семьям умерших вследствие лучевой болезни или умерших лиц с инвалидностью, а также гражданам, смерть которых в установленном порядке связана с воздействием катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения и ядерных испытаний, в размере 50 (пятьдесят) МРП;</w:t>
+      семьям умерших вследствие лучевой болезни или умерших лиц с инвалидностью, а также гражданам, смерть которых в установленном порядке связана с воздействием катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения и ядерных испытаний, в размере 50 (пятьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам из числа участников ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1988 – 1989 годах, эвакуированным (самостоятельно выехавшим) из зон отчуждения и отселения в Республику Казахстан, включая детей, которые на день эвакуации находились во внутриутробном состоянии, в размере 50 (пятьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) ко Дню защитника Отечества - 7 мая на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
+      -ко Дню защитника Отечества - 7 мая на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       военнослужащим Республики Казахстан, принимавшим участие в качестве миротворцев в международной миротворческой операции в Ираке в период с августа 2003 года по октябрь 2008 года, в размере 50 (пятьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      военнослужащим Республики Казахстан, выполнявшим задачи согласно межгосударственным договорам и соглашениям по усилению охраны границы Содружества Независимых Государств на таджикско-афганском участке в период с сентября 1992 года по февраль 2001 года, в размере 50 (пятьдесят) МРП;</w:t>
+      военнослужащим Республики Казахстан, выполнявшим задачи согласно межгосударственным договорам и соглашениям по усилению охраны границы Содружества Независимых Государств на Таджикско-Афганском участке в период с сентября 1992 года по февраль 2001 года, в размере 50 (пятьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       семьям военнослужащих, погибших (умерших) при прохождении воинской службы в мирное время, в размере 50 (пятьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) ко Дню Победы - 9 мая на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
-[...35 lines deleted...]
-      лицам с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, а именно военнослужащим действующей армии и флота, партизанам и подпольщикам Великой Отечественной войны, а также рабочим и служащим, которым инвалидность установлена вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны на фронте, в районе военных действий, на прифронтовых участках железных дорог, сооружениях оборонительных рубежей, военно-морских баз и аэродромов, в размере 5 000 000 (пять миллионов) тенге, а также продуктовый набор в размере 10 (десять) МРП;</w:t>
+      - ко Дню Победы - 9 мая на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участникам Великой Отечественной войны, а именно военнослужащим, проходившим службу в воинских частях, штабах и учреждениях, входивших в состав действующей армии и флота в период Великой Отечественной войны, а также во время других боевых операций по защите бывшего Союза ССР, партизанам и подпольщикам Великой Отечественной войны, в размере 5 000 000 (пять миллионов) тенге, а также продуктовый набор в размере 10 (десять)МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, а именно военнослужащим действующей армии и флота, партизанам и подпольщикам Великой Отечественной войны, а также рабочим и служащим, которым инвалидность установлена вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны на фронте, в районе военных действий, на прифронтовых участках железных дорог, сооружениях оборонительных рубежей, военно-морских баз и аэродромов, в размере 5 000 000 (пять миллионов) тенге, а также продуктовый набор в размере 10 (десять)МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам вольнонаемного состава Советской Армии, Военно-Морского Флота, войск и органов внутренних дел и государственной безопасности бывшего Союза ССР, занимавшим штатные должности в воинских частях, штабах, учреждениях, входивших в состав действующей армии в период Великой Отечественной войны, либо находившимся в соответствующие периоды в городах, участие в обороне которых засчитывалось до 1 января 1998 года в выслугу лет для назначения пенсии на льготных условиях, установленных для военнослужащих частей действующей армии, в размере 100 000 (сто тысяч) тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2086,69 +2104,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рабочим и служащим соответствующих категорий, обслуживавшим действовавшие воинские контингенты в других странах и которым инвалидность установлена вследствие ранения, контузии, увечья либо заболевания, полученных в период ведения боевых действий, в размере 10 (десять) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      несовершеннолетним узникам концлагерей, гетто и других мест принудительного содержания, созданных фашистами и их союзниками в период Второй мировой войны, в размере 200 000 (двести тысяч) тенге;</w:t>
-[...17 lines deleted...]
-      лицам из числа бойцов и командного состава истребительных батальонов, взводов и отрядов защиты народа, действовавших в период с 1 января 1944 года по 31 декабря 1951 года на территории Украинской ССР, Белорусской ССР, Литовской ССР, Латвийской ССР, Эстонской ССР, которым инвалидность установлена вследствие ранения, контузии или увечья, полученных при исполнении служебных обязанностей в этих батальонах, взводах, отрядах, в размере 10 (десять) МРП;</w:t>
+      несовершеннолетним узникам концлагерей, гетто и других мест принудительного содержания, созданных фашистами и их союзниками в период Второй мировой войны, в размере 200 000 (двести тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам из числа бойцов и командного состава истребительных батальонов, взводов и отрядов защиты народа, действовавших в период с 1 января 1944 года по 31 декабря 1951 года на территории Украинской ССР, Белорусской ССР, Литовской ССР, Латвийской ССР, Эстонской ССР, которым инвалидность установлена вследствие ранения, контузии или увечья, полученных при исполнении служебных обязанностей в этих батальонах, взводах, отрядах, в размере 10 (десять)МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гражданам, работавшим в период блокады в городе Ленинграде на предприятиях, в учреждениях и организациях города и награжденным медалью "За оборону Ленинграда" или знаком "Житель блокадного Ленинграда", в размере 150 000 (сто пятьдесят тысяч) тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2284,51 +2302,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       военнослужащим Советской Армии, Военно-Морского Флота, Комитета государственной безопасности, лицам начальствующего и рядового состава Министерства внутренних дел бывшего Союза ССР (включая военных специалистов и советников), которые в соответствии с решениями правительственных органов бывшего Союза ССР принимали участие в боевых действиях на территории других государств, в размере 50 (пятьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ко Дню памяти жертв политических репрессий и голода - 31 мая на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
+      - ко Дню памяти жертв политических репрессий и голода - 31 мая на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гражданам, признанным в судебном либо ином установленном законом Республики Казахстан "О реабилитации жертв массовых политических репрессий" порядке жертвами политических репрессий или пострадавшими от политических репрессий, в размере 10 (десять) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2356,69 +2374,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, удостоенным званий "Қазақстанның Еңбек Ері", "Халық қаһарманы", в размере 10 (десять) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) ко Дню Конституции Республики Казахстан – 30 августа на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
-[...17 lines deleted...]
-      Семьям воспитывающим детей с инвалидностью до 18 лет, в размере 20 (двадцать) МРП;</w:t>
+      - ко Дню Конституции Республики Казахстан – 30 августа на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям, воспитывающим детей с инвалидностью до 18 лет, в размере 20 (двадцать) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам с инвалидностью, обучающимся в колледжах Республики Казахстан на платной основе, в размере 30 (тридцать) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2428,51 +2446,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам с инвалидностью, обучающимся в высших учебных заведениях Республики Казахстан на платной основе, в размере 60 (шестьдесят) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) ко Дню Пожилых людей – 1 октября на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
+      - ко Дню Пожилых людей – 1 октября на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гражданам, достигшим пенсионного возраста, получающим минимальный размер пенсии и (или) пособия или ниже минимального размера пенсии и (или) пособия, в размере 2 (два) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2482,51 +2500,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гражданам от 80 лет и более (старше), получающим минимальный размер пенсии и (или) пособия или ниже минимального размера пенсии и (или) пособия, в размере 3 (три) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) ко Дню Республики Казахстан - 25 октября на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
+      - ко Дню Республики Казахстан - 25 октября на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       детям с инвалидностью до 18 лет, в размере 5 (пять) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2536,107 +2554,575 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам с инвалидностью первой и второй группы, в размере 5 (пять) МРП;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) ко Дню Независимости Республики Казахстан – 16 декабря на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
-[...17 lines deleted...]
-      лицам, принимавшим участие в событиях 17-18 декабря 1986 года в Казахстане, установленным Законом Республики Казахстан "О реабилитации жертв массовых политических репрессий", в размере 60 (шестьдесят) МРП.</w:t>
+      - ко Дню Независимости Республики Казахстан – 16 декабря на основании списка Государственной корпорации и уполномоченного органа по оказанию социальной помощи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, принимавшим участие в событиях 17-18 декабря 1986 года в Казахстане, установленным Законом Республики Казахстан "О реабилитации жертв массовых политических репрессий", в размере 60 (шестьдесят) МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) единовременную социальную помощь без учета доходов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гражданам (семьям), в связи с причинением ущерба им либо его (их)имуществу вследствие стихийного бедствия (за исключением граждан (семей), которые имеют в собственности более одной единицы жилья (квартиры, дома)) – в размере 100 (сто) МРП согласно заключению специальной комиссии - на основании заявления с приложением документов, указанных в подпункте 1), в абзаце втором подпункта 3) (действует в течение шести месяцев) пункта 12 Типовых правил, справки об отсутствии (наличии) недвижимого имущества на всех членов семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гражданам (семьям), в связи с причинением ущерба им либо его (их) имуществу вследствие пожара (за исключением граждан (семей), которые имеют в собственности более одной единицы жилья (квартиры, дома)) в размере 100 (сто) МРП - на основании заявления с приложением документов, указанных в подпункте 1), в абзаце третьем подпункта 3) (действует в течение шести месяцев) пункта 12 Типовых правил,справки об отсутствии (наличии) недвижимого имущества на всех членов семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, страдающим злокачественным новообразованием и состоящим на диспансерном учете - в размере 10 (десять) МРП - на основании заявления с приложением документов, указанных в подпунктах 1), в абзаце четвертом подпункта 3) пункта 12 Типовых правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, инфицированным вирусом иммунодефицита человека (далее – ВИЧ), состоящим на диспансерном учете - в размере 10 (десять) МРП - на основании списка, предоставляемого Экибастузским отделением коммунального государственного казенного предприятия "Павлодарский областной центр по профилактике ВИЧ-инфекции" управления здравоохранения Павлодарской области, акимата Павлодарской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, страдающим заболеванием "сахарный диабет I типа, II типа, а именно инсулинопотребная форма" - в размере 10 (десять) МРП - на основании списков, предоставляемых поликлиниками города Экибастуза;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, страдающим заболеванием "системная красная волчанка" и состоящим на диспансерном учете - в размере 10 (десять) МРП - на основании списков, предоставляемых поликлиниками города Экибастуза;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, освободившимся из мест лишения свободы - в размере 10 (десять) МРП - на основании списков государственного учреждения "Управление полиции города Экибастуза департамента полиции Павлодарской области Министерства внутренних дел Республики Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, находящимся на учете службы пробации - в размере 10 (десять) МРП - на основании списков службы пробации города Экибастуза Департамента уголовно-исполнительной системы по Павлодарской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для категорий, указанных в статье 5, в абзаце девятого подпункта 1), абзацах второго, шестого подпункта 2) статьи 6, в подпункте 3) статьи 8 Закона "О ветеранах" на оздоровление - в размере 50 (пятьдесят) МРП - на основании заявления с приложением документа, указанного в подпункте 1) пункта 12 Типовых правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для категорий, указанных в статье 5, в абзаце девятого подпункта 1), в абзацах второго, шестого подпункта 2) статьи 6, в подпункте 3) статьи 8 Закона "О ветеранах" на зубопротезирование - в размере 25 (двадцать пять) МРП - на основании заявления с приложением документа, указанного в подпункте 1) пункта 12 Типовых правил, прилагая к нему подтверждающие документы о получении зубопротезирования (акт выполненных работ, счет-фактура);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам с инвалидностью первой группы, имеющих затруднение в передвижении в соответствии с индивидуальной программы абилитации и реабилитации лица с инвалидностью на получение услуг индивидуального помощника и санаторно-курортного лечения - единовременно без учета доходов на проезд, проживание и питание сопровождающего лица на санаторно-курортное лечение в размере 55 (пятьдесят пять) МРП - на основании заявления с приложением документа, указанного в подпункте 1) пункта 12 Типовых правил, прилагая к нему подтверждающие документы о получении санаторно-курортного лечения (акт выполненных работ, счет-фактура);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      детям с инвалидностью, имеющим выписку из социальной части индивидуальной программы абилитации и реабилитации лица с инвалидностью на получение санаторно-курортного лечения, на проезд, проживание и питание сопровождающего лица на санаторно-курортное лечение - единовременно без учета доходов в размере 20 (двадцать) МРП - на основании заявления с приложением документа, указанного в подпункте 1) пункта 12 Типовых правил, прилагая к нему подтверждающие документы о получении санаторно-курортного лечения (акт выполненных работ, счет-фактура);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам с инвалидностью для подготовки к зональным, республиканским, международным соревнованиям - в размере 15 (пятнадцать) МРП - на основании списка государственного учреждения "Отдел культуры, развития языков, физической культуры и спорта акимата города Экибастуз";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      женщинам с инвалидностью, вставшим на учет в сроке беременности до 12 недель - в размере 20 (двадцать) МРП - на основании заявления с приложением документа, указанного в подпункте 1), пункта 12 Типовых правил, медицинской справки о постановке на учет по беременности до 12 недель;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам с инвалидностью, имеющим несовершеннолетних детей - в размере 5 (пять) МРП - на основании заявления с приложением документа, указанного в подпункте 1) пункта 12 Типовых правил, свидетельства о рождении ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ежеквартальную социальную помощь без учета доходов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для категорий, указанных в статье 5, в абзацах седьмого, восьмого, девятого подпункта 1), в абзацах второго, третьего, шестого подпункта 2) статьи 6, подпунктах 2), 3) статьи 8 Закона "О ветеранах" на коммунальные услуги, в размере 10 (десять) МРП - на основании заявления (1 раз в год) с приложением документов, указанных в подпунктах 1), 3) пункта 12 Типовых правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ежемесячную социальную помощь без учета доходов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, страдающим злокачественным новообразованием и состоящим на диспансерном учете, на проезд в размере фактической стоимости проездных билетов в коммунальное государственное предприятие на праве хозяйственного ведения "Павлодарский областной онкологический диспансер управления здравоохранения Павлодарской области" акимата Павлодарской области и обратно к месту постоянного проживания (кроме такси) - на основании заявления с приложением документов, указанных в подпунктах 1), 3) пункта 12 Типовых правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, находящимся на амбулаторном лечении с болезнью туберкулезом - в размере 10 (десять) МРП - на основании списков, предоставляемых поликлиниками города Экибастуза;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      родителям или иным законным представителям детей ВИЧ, состоящих на диспансерном учете - в 2 (двух) кратном размере величины прожиточного минимума, установленного законом о республиканском бюджете на соответствующий финансовый год на основании списка, предоставляемого Экибастузским отделением коммунального государственного казенного предприятия "Павлодарский областной центр по профилактике ВИЧ-инфекции управления здравоохранения Павлодарской области" акимата Павлодарской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      студентам из числа детей, оставшихся без попечения родителей, детей-сирот, обучающихся в колледжах города Экибастуза на проезд на внутригородском пассажирском транспорте - в размере 2 (два) МРП - на основании заявления с приложением документов, указанных в подпунктах 1), 3) пункта 12 Типовых правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) единовременную социальную помощь, с учетом доходов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      женщинам из малообеспеченных семей со среднедушевым доходом, не превышающим величины прожиточного минимума, вставшим на учет в сроке беременности до 12 недель - в размере 20 (двадцать) МРП - на основании заявления с приложением документов, указанных в подпунктах 1), 2), пункта 12 Типовых правил, медицинской справки о постановке на учет по беременности до 12 недель;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гражданам, со среднедушевым доходом, не превышающим величины прожиточного минимума, в связи с длительной болезнью более одного месяца, болезнью, требующей оперативного вмешательства, перенесшим срочную или плановую хирургическую операцию - в размере 15 (пятнадцать) МРП согласно заключению специальной комиссии - на основании заявления с приложением документов, указанных в подпунктах 1), 2), 3) пункта 12 Типовых правил, заключение врачебно-консультационной комиссии. Срок обращения за социальной помощью – в течение шести месяцев с момента наступления указанных обстоятельств.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции решения Экибастузского городского маслихата Павлодарской области от 24.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 238/29</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции решения Экибастузского городского маслихата Павлодарской области от 09.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 274/34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4062,55 +4548,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4436,31 +4922,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>