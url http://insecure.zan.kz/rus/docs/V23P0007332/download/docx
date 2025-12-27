--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c5fe6e8" w14:textId="c5fe6e8">
+    <w:p w14:paraId="585eafb" w14:textId="585eafb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об определении перечня социально значимых автомобильных сообщений по Павлодарской области</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Павлодарского областного маслихата от 27 апреля 2023 года № 13/2. Зарегистрировано Департаментом юстиции Павлодарской области 2 мая 2023 года № 7332.</w:t>
+        <w:t>Решение Павлодарского областного маслихата от 27 апреля 2023 года № 13/2. Зарегистрировано Департаментом юстиции Павлодарской области 2 мая 2023 года № 7332</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 5) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -208,63 +208,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -272,51 +271,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Павлодарского областного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -492,4214 +491,3813 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень социально значимых автомобильных сообщений по Павлодарской области</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции решения Павлодарского областного маслихата от 11.04.2024 </w:t>
+      Сноска. Приложение - в редакции решения Павлодарского областного маслихата от 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 120/11</w:t>
+        <w:t>№ 222/25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1324"/>
+        <w:gridCol w:w="1483"/>
+        <w:gridCol w:w="9493"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Наименование </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 города и района</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень маршрутов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Город Павлодар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Бассейн Олимпийского резерва" - остановка "Сад Северный";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Гагарина" - остановка "Сад Восточный";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Прибрежный" - остановка "село Кенжеколь";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожный вокзал города Павлодара" - остановка "Аэропорт";</w:t>
             </w:r>
-          </w:p>
-[...41 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+остановка "Садоводство Клен" - остановка "Бассейн Олимпийского резерва";</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+остановка "поселок Атамекен" - остановка "Железнодорожный вокзал города Павлодара";</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Прибрежный" - остановка "Сад Мелиоратор";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "село Жетекши" - остановка "Железнодорожный вокзал города Павлодара";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожников" - остановка "Железнодорожный вокзал города Павлодара";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "село Павлодарское" - остановка "Железнодорожный вокзал города Павлодара";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "село Мойылды" - остановка "Железнодорожный вокзал города Павлодара";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Жана аул" - остановка "улица Архангельская";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "село Кенжеколь" - остановка "Железнодорожный вокзал города Павлодара";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожный вокзал города Павлодара" - остановка "Садоводство Дружба";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Поликлиника № 4" - остановка "Сад Северный";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожный вокзал города Павлодара" - остановка "Ладожская";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Элеватор" - остановка "Зеленстрой";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Прибрежный" - остановка "Железнодорожный вокзал города Павлодара" - остановка "Сад Металлург";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Ажар" - остановка "Сад Нефтяник";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Прибрежный" - остановка "Центральный универсальный магазин" - остановка "Сад Металлург";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Прибрежный" - остановка "Станция Южная";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Авторемонтный завод" - остановка "Поликлиника № 4";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Конечная маршрута № 157" - остановка "Железнодорожников";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 остановка "Лыжная база" - остановка "5-я автодорога "Северный промышленный район"; </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+остановка "Поликлиника № 4" - остановка "Вторчермет"; остановка "Бассейн Олимпийского резерва" - остановка "Железнодорожный поселок";</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+остановка "АЦТО" (Автомобильный центр технического обслуживания) - остановка "Железнодорожный вокзал города Павлодара";</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 остановка "Горводоканал" - остановка "поселок Железнодорожников"; </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 остановка "АЦТО" (Автомобильный центр технического обслуживания) - остановка "Лыжная база"; </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 остановка "АЦТО" (Автомобильный центр технического обслуживания) - остановка "Ак.Чокина" - остановка "Лыжная база"; </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Ладожская" - остановка "Прибрежный микрорайон";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Зеленстрой" - остановка "станция Южная"; остановка "Ладожская" - остановка "Инфекционный центр Павлодарской областной больницы имени Г.Султанова".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Город Аксу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожный вокзал" - остановка "Старая баня";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожный вокзал" - остановка "Северная проходная Акционерного общества "Евроазиатская энергетическая корпорация";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Аксуская центральная больница" - остановка "Садоводство "Ягодка";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Аксуская центральная больница" - остановка "Водозабор коммунального государственного предприятия "Аксу су арнасы";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожный вокзал" - остановка "Беловка";</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+остановка "Старая Баня" – остановка "Северная проходная Акционерного общества "Евроазиатская энергетическая корпорация";</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожный вокзал" - остановка "Районная отопительная котельная 2 Аксуского завода ферросплавов";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожный вокзал" - остановка "Аксуский завод ферросплавов";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Старая Баня" - остановка "Больничная" - остановка "Аксуский завод ферросплавов";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 остановка "Старая Баня" - остановка "Лицей" - остановка "Аксуский завод ферросплавов"; </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Амангельды" - остановка "Аксуский завод ферросплавов";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожный вокзал" - остановка "Южная проходная Акционерного общества "Евроазиатская энергетическая корпорация";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Аксу - село Курколь - город Аксу;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Аксу - село Сольветка - город Аксу;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Аксу - село Сарышыганак - город Аксу;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Аксу - село Береке - город Аксу;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 город Аксу - село Акжол - город Аксу; </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Аксу - село Айнаколь - город Аксу;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 город Аксу - село Уштерек - город Аксу. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Город Экибастуз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "22 микрорайон" - остановка "Горно-ремонтные мастерские";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Горно-ремонтные мастерские" - остановка "22 микрорайон";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Экибастузтеплоэнерго" - остановка "Экибастузтеплоэнерго" (маршрут круговой);</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Вагонное депо" - остановка "Проммашкомплект";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожный вокзал города Экибастуз" - остановка "22 микрорайон";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Железнодорожный вокзал города Экибастуз" - остановка "Вагонное депо";</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Московская" - остановка "Московская" (маршрут круговой);</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Торговый дом "Дария" – остановка "Торговый дом "Дария" (маршрут круговой);</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Экибастуз - поселок Солнечный - город Экибастуз;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Байет - город Экибастуз - село Байет;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Атыгай - город Экибастуз - село Атыгай;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Экибастуз – мавзолей Машхур Жусупа Копеева - город Экибастуз;</w:t>
             </w:r>
-          </w:p>
-[...33 lines deleted...]
-город-дачи "городские очистные" - дачи "Надежда"; город-дачи - "Союз".</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село имени академика Алькея Маргулана - город Экибастуз - село имени академика Алькея Маргулана;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город-дачи "Городские очистные" - дачи "Надежда"; город-дачи - "Союз".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Актогайский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шолаксор - село Актогай - село Шолаксор;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Барлыбай - село Актогай - село Барлыбай;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шуга - село Актогай - село Шуга;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Харьковка - село Карабузау - село Актогай;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Отес - село Актогай - село Отес;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Караой - село Актогай - село Караой;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 остановка "Актогайское районное предприятие электрических сетей села Актогай" - остановка "Средняя общеобразовательная школа имени Абая села Актогай" - остановка "Актогайское районное предприятие электрических сетей села Актогай".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баянаульский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-посҰлок Майкаин - село Баянаул - посҰлок Майкаин; </w:t>
-[...7 lines deleted...]
-            </w:pPr>
+поселок Майкаин - село Баянаул - поселок Майкаин; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жумат Шанин - село Баянаул - село Жумат Шанин;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Узынбулак - село Баянаул - село Узынбулак;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жанажол - село Баянаул - село Жанажол;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Каратомар - село Баянаул - село Каратомар;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Аксан - село Баянаул - село Аксан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иртышский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Кызылкак - село Иртышск - село Кызылкак;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Иртышск остановка "Энергоцентр" - село Кызылжар - село Иртышск;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Кызылагаш - село Иртышск - село Кызылагаш;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Майконыр - село Иртышск - село Майконыр;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Косагаш - село Иртышск - село Косагаш;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Караагаш - село Иртышск - село Караагаш.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Железинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Железинка - село Моисеевка - село Железинка;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Озерное - село Железинка - село Озерное;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Михайловка - село Железинка - село Михайловка;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Лесное - село Железинка - село Лесное.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Майский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Акшиман - село Коктобе - село Акшиман.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район Аққулы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Майкарагай - село Аққулы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Казантай - село Аққулы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Бескарагай - село Аққулы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село имени Абылхаира Баймульдина - село Аққулы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жабаглы - село Аққулы;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шоктал - село Аққулы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Район Тереңкөл</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4100" w:type="dxa"/>
+Район Теренкөл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Теренколь - село Ынталы - село Теренколь;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Песчаное - остановка "Песчанский ремонтно-механический завод" - село Песчаное;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Первомайское - село Теренколь - село Первомайское.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Павлодарский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жамбыл - город Павлодар - село Жамбыл;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Ольгинка - город Павлодар - село Ольгинка;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Маралды - город Павлодар - село Маралды;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Павлодар - село Зангар - город Павлодар;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Павлодар - село Новоямышево;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Богдановка - город Павлодар;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Заозерное - село Шакат - город Павлодар;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Павлодар - село Шанды - село Коктобе;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Павлодар - село Даниловка - село Максимовка;</w:t>
             </w:r>
-          </w:p>
-[...15 lines deleted...]
-село Рождественка - город Павлодар.</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Рождественка - город Павлодар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Павлодар - село Кеменгер - город Павлодар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Сычевка - город Павлодар - село Сычевка;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Павлодар - село Новочерноярка - город Павлодар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Пресное - город Павлодар - село Пресное.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Успенский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Дмитриевка - село Конырозек - село Успенка;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Надаровка - село Вознесенка - село Чистополь - село Успенка;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Тимирязево - село Ольховка - село Успенка.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Щербактинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шарбакты - село Коскудук - село Сахновка - село Шарбакты;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шарбакты - село Маралды - село Кольбулак - село Жылы-Булак - село Шарбакты;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Есильбай - село Чигириновка - село Ботабас - село Арбаиген - село Галкино - село Малиновка - село Шарбакты;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Заборовка - село Шарбакты;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шалдай - село Шарбакты;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Красиловка - село Шарбакты;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Сынтас - село Шарбакты;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жана-аул - село Шарбакты;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Чушкалы - село Шарбакты;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Орловка - село Шарбакты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Межрайонный (междугородный внутриобластной)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Галицкое - город Павлодар - село Галицкое;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Кызылжар- город Павлодар - село Кызылжар;</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шарбакты - город Павлодар - село Шарбакты;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Жанабет - село Теренколь - город Павлодар;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Успенка - город Павлодар - село Успенка;</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Павлодар - поселок Майкаин - город Павлодар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Павлодар - село Большой Акжар - город Павлодар;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Тегистык (Покровка) - город Павлодар;</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Урлютюб - город Павлодар - село Урлютюб;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Михайловка - город Павлодар - село Михайловка;</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поселок Майкаин - город Павлодар - поселок Майкаин ;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Аксу - город Экибастуз - город Аксу;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Бескарагай - село Аққулы - город Павлодар;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Павлодар - село Теренколь - город Павлодар;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Коктобе - город Павлодар - село Коктобе;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Песчаное - город Павлодар - село Песчаное;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Теренколь - город Павлодар - село Теренколь;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Каратай - город Павлодар - село Каратай;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Павлодар - село Баянаул - город Павлодар;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Павлодар - город Экибастуз - город Павлодар;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шалдай - город Павлодар - село Шалдай;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Железинка - город Павлодар - село Железинка;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шолаксор - город Павлодар - село Шолаксор;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Шоктал - город Павлодар - село Шоктал;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Экибастуз - город Павлодар - город Экибастуз;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Александровка - город Павлодар - село Александровка;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Церковное - город Павлодар - село Церковное;</w:t>
             </w:r>
-          </w:p>
-[...15 lines deleted...]
-село Барлыбай - село Актогай - город Павлодар - село Актогай - село Барлыбай.</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Барлыбай - село Актогай - город Павлодар - село Актогай - село Барлыбай;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Аксу - город Павлодар - город Аксу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Актогай - город Павлодар - село Актогай;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Иртышск - город Павлодар - село Иртышск;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Константиновка - город Павлодар - село Константиновка;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Алексеевка - город Павлодар - село Алексеевка.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4731,55 +4329,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>