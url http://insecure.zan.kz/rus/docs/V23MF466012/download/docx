--- v0 (2025-10-01)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3feec4b" w14:textId="3feec4b">
+    <w:p w14:paraId="3372cca" w14:textId="3372cca">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,284 +102,284 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Тупкараганского районного маслихата Мангистауской области от 26 декабря 2023 года № 11/69. Зарегистрировано Департаментом юстиции Мангистауской области 29 декабря 2023 года № 4660-12.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> "Об утверждении Типовых правил оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан", Тупкараганский районный маслихат РЕШИЛ:</w:t>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В соответствии с подпунктом 5) пункта 1 статьи 33 Бюджетного Кодекса Республики Казахстан, Социальным Кодексом Республики Казахстан, Законом Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" и постановлением Правительства Республики Казахстан от 30 июня 2023 года №523 "Об утверждении Типовых правил оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан", Тупкараганский районный маслихат </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции решения Тупкараганского районного маслихата Мангистауской области от 15.09.2025 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34/160 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить Правила оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан в Тупкараганском районе, согласно приложению к настоящему решению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Признать утратившими силу следующие решения Тупкараганского районного маслихата:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) от 10 декабря 2020 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 50/369</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об утверждении Правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №4405);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) от 6 октября 2022 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18/110</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменения в решение Тупкараганского районного маслихата от 10 декабря 2020 года №50/369 "Об утверждении Правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №30205).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -464,150 +464,150 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Нугманов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственное учреждение</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Управление координации занятости </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и социальных программ Мангистауской</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
-[...15 lines deleted...]
-      и социальных программ Мангистауской</w:t>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      области"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -777,1678 +777,1553 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 декабря 2023 года № 11/69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан в Тупкараганском районе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила - в редакции решения Тупкараганского районного маслихата Мангистауской области от 15.09.2025 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34/160 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящие Правила оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан в Тупкараганском районе (далее – Правила) разработаны в соответствии с Социальным кодексом Республики Казахстан и постановлением Правительства Республики Казахстан от 30 июня 2023 года №523 "Об утверждении Типовых правил оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан" (далее- Типовые правила) и определяют порядок оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основные термины и понятия, которые используются в настоящих Правилах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) – юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг и выдаче их результатов услугополучателю по принципу "одного окна", обеспечения оказания государственных услуг в электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специальная комиссия – комиссия, создаваемая решением акима района, по рассмотрению заявления лица (семьи), претендующего на оказание социальной помощи отдельным категориям нуждающихся граждан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) социальная помощь – помощь, предоставляемая местным исполнительным органом в денежной или натуральной форме отдельным категориям нуждающихся граждан (далее – получатели), а также к праздничным дням и памятным датам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уполномоченный орган по оказанию социальной помощи – государственное учреждение "Тупкараганский районный отдел занятости, социальных программ";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уполномоченная организация по выплате социальной помощи – банки второго уровня, организации, имеющие лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций на соответствующие виды банковских операций, территориальные подразделения акционерного общества "Казпочта";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) прожиточный минимум – минимальный денежный доход на одного человека, равный по величине стоимости минимальной потребительской корзины;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) среднедушевой доход – доля совокупного дохода семьи, приходящаяся на каждого члена семьи в месяц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) праздничные дни – дни национальных и государственных праздников Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) праздничные даты (далее – памятные даты) – профессиональные и иные праздники Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уполномоченный государственный орган – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере социальной защиты населения в соответствии с законодательством Республики Казахстан, регулирование, контрольные функции за деятельностью Государственного фонда социального страхования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) участковая комиссия – специальная комиссия, создаваемая решением акимов соответствующих административно-территориальных единиц для проведения обследования материального положения лиц (семей), обратившихся за адресной социальной помощью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) сервис цифровых документов – объект информационно-коммуникационной инфраструктуры "электронного правительства", закрепленный за оператором и предназначенный для отображения и использования документов в электронном виде, сформированных на основании сведений из объектов информатизации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) предельный размер – утвержденный максимальный размер социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) веб-портал "электронное правительство" – объект информатизации, представляющий собой "единое окно" доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, государственным и иным услугам, оказываемым в электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) электронная цифровая подпись – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Меры социальной поддержки, предусмотренные пунктом 4 статьи 71, пунктом 3 статьи 170, пунктом 3 статьи 229 Социального кодекса Республики Казахстан, подпунктом 2) пункта 1 статьи 10, подпунктом 2) пункта 1 статьи 11, подпунктом 2) пункта 1 статьи 12, подпунктом 2) статьи 13, статьей 17 Закона Республики Казахстан "О ветеранах", оказываются в порядке, определенном настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Социальная помощь предоставляется единовременно и (или) периодически (ежемесячно, 1 раз в год).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 2. Порядок определения перечня категорий получателей социальной помощи и установления размеров социальной помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Социальная помощь к праздничным дням и памятным датам оказывается в денежной форме единовременно, следующим категориям граждан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 8 марта – Международный женский день:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      многодетным матерям, награжденным подвесками "Алтын алқа", "Күміс алқа" и получившим ранее звание "Мать-героиня", награжденным орденами "Материнская слава" I и II степени - в размере 15 000 (пятнадцати тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам с инвалидностью всех групп, детям с инвалидностью до семи лет, детям с инвалидностью первой, второй, третьей группы с семи до восемнадцати лет – в размере 5 (пяти) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 1 мая – Праздник единства народа Казахстана:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам с инвалидностью всех групп, детям с инвалидностью до семи лет, детям с инвалидностью первой, второй, третьей группы с семи до восемнадцати лет – в размере 5 (пяти) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) 7 мая – День защитника Отечества:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      детям с инвалидностью до семи лет, детям с инвалидностью первой, второй, третьей группы с семи до восемнадцати лет – в размере 5 (пяти) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) 9 мая – День Победы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеранам Великой Отечественной войны – в размере 5 000 000 (пяти миллионов) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, приравненным по льготам к лицам с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны - в размере 60 (шестидесяти) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, приравненным по льготам к участникам Великой Отечественной войны - в размере 50 (пятидесяти) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеранам боевых действий на территории других государств - в размере 50 (пятидесяти) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеранам труда - в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям военнослужащих, партизан, подпольщиков, лиц, указанных в статьях 4-6 Закона Республики Казахстан "О ветеранах", погибших (пропавших без вести) или умерших в результате ранения, контузии или увечья, полученных при защите бывшего Союза Советских Социалистических Республик (далее – Союз ССР), исполнении иных обязанностей воинской службы (служебных обязанностей) или вследствие заболевания, связанного с пребыванием на фронте - в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям погибших в Великой Отечественной войне лиц из числа личного состава групп самозащиты объектовых и аварийных команд местной противовоздушной обороны, семьям погибших работников госпиталей и больниц города Ленинграда - в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям военнослужащих, лиц начальствующего и рядового состава, призванных на сборы военнообязанных Министерства обороны, органов внутренних дел и государственной безопасности бывшего Союза ССР, погибших (умерших) во время выполнения задач по охране общественного порядка при чрезвычайных обстоятельствах, связанных с антиобщественными проявлениями - в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям военнослужащих, погибших (пропавших без вести) или умерших вследствие ранения, контузии, увечья, заболевания, полученных в период боевых действий в Афганистане или других государствах, в которых велись боевые действия - в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям военнослужащих, погибших (умерших) при прохождении воинской службы в мирное время - в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям лиц, погибших при ликвидации последствий катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения - в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям умерших вследствие лучевой болезни или умерших лиц с инвалидностью, а также граждан, смерть которых в установленном порядке связана с воздействием катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения и ядерных испытаний - в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      супруге (супругу) умершего лица с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, или умершего лица, приравненного по льготам к лицам с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, а также умершего участника Великой Отечественной войны, партизана, подпольщика, гражданина, награжденного медалью "За оборону Ленинграда" или знаком "Жителю блокадного Ленинграда", признававшихся лицами с инвалидностью в результате общего заболевания, трудового увечья и других причин (за исключением противоправных), которые не вступали в повторный брак- в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, из числа участников ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1988 – 1989 годах, эвакуированным (самостоятельно выехавшим) из зон отчуждения и отселения в Республику Казахстан, включая детей, которые на день эвакуации находились во внутриутробном состоянии – в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рабочим и служащим, направлявшимся на работу в Афганистан в период с 1 декабря 1979 года по декабрь 1989 года и другие страны, в которых велись боевые действия - в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рабочим и служащим Комитета государственной безопасности бывшего Союза ССР, временно находившимся на территории Афганистана и не входившим в состав ограниченного контингента советских войск – в размере 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) 29 августа - День закрытия Семипалатинского испытательного ядерного полигона:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, пострадавшим вследствие ядерных испытаний на Семипалатинском испытательном ядерном полигоне – в размере 10 (десяти) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) 30 августа – День Конституции Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам с инвалидностью всех групп, детям с инвалидностью до семи лет, детям с инвалидностью первой, второй, третьей группы с семи до восемнадцати лет– в размере 5 (пяти) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      получателям (детям) государственного социального пособия по случаю потери кормильца - в размере 8 (восьми) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) 1 октября- День пожилых людей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пенсионерам старше 70 (семидесяти) лет - в размере 15 000 (пятнадцати тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) второе воскресенье октября месяца – День лиц с инвалидностью Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам с инвалидностью всех групп, детям с инвалидностью до семи лет, детям с инвалидностью первой, второй, третьей группы с семи до восемнадцати лет – в размере 5 (пяти) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) 16 декабря – День Независимости:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам с инвалидностью всех групп, детям с инвалидностью до семи лет, детям с инвалидностью первой, второй, третьей группы с семи до восемнадцати лет – в размере 5 (пяти) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, принимавшим участие в событиях 17-18 декабря 1986 года в Казахстане, реабилитированным в порядке, установленным Законом Республики Казахстан "О реабилитации жертв массовых политических репрессий" – в размере 50 (пятидесяти) месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Социальная помощь отдельным категориям нуждающихся граждан, оказывается единовременно и (или) периодически (ежемесячно, 1 раз в год) следующим категориям граждан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) лицам, имеющим социально-значимые заболевания (злокачественные новообразования, туберкулез, болезнь вызванная вирусом иммунодефицита человека), не получающим государственные пособия, 1 раз в год, без учета доходов – в размере 26 (двадцати шести) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) детям, заразившимся вирусом иммунодефицита человека, ежемесячно - в размере 2 (двух) прожиточных минимумов по Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при причинении вреда гражданину (семье) либо его имуществу в результате стихийного бедствия или пожара, в течение шести месяцев с момента наступления данной ситуации, по заявлению, единовременно, без учета дохода - в размере не более 100 (ста) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лицам, имеющим среднедушевой доход ниже 1,5 кратной величины прожиточного минимума по Мангистауской области, предшествующей кварталу обращения (сиротство; отсутствие родительского попечения; ограничение жизнедеятельности вследствие социально значимых заболеваний и заболеваний, представляющих опасность для окружающих; неспособность к самообслуживанию в связи с преклонным возрастом; освобождение из мест лишения свободы; нахождение на учете службы пробации), 1 раз в год - в размере не более 40 (сорока) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) на оплату образовательных услуг студентам (лица с инвалидностью, сиротство, отсутствие родительского попечения) обучающимся в высших учебных заведениях Республики Казахстан по очной форме для получения степени "бакалавр", при наличии договора и среднедушевого дохода ниже величины прожиточного минимума по Мангистауской области за двенадцать месяцев перед обращением, 1 раз в год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ветеранам Великой Отечественной войны, ветеранам боевых действий на территории других государств и лицам, приравненным по льготам к участникам Великой Отечественной войны, их вдовам, семьям погибших военнослужащих, лицам из числа участников ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1988 – 1989 годах, эвакуированным (самостоятельно выехавшим) из зон отчуждения и отселения в Республику Казахстан, включая детей, которые на день эвакуации находились во внутриутробном состоянии, лицам, трудившимся и проходившим воинскую службу в тылу на санаторно-курортное лечение, без учета доходов, 1 раз в год, но не более гарантированной суммы и оплата стоимости проезда на железнодорожном транспорте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) лицо, сопровождающее лицо с инвалидностью первой группы на санаторно-курортное лечение, имеет право на возмещение местными исполнительными органами стоимости пребывания в санаторно-курортной организации без учета доходов, 1 раз в год в размере семидесяти процентов от гарантированной суммы, предоставляемой в качестве возмещения стоимости санаторно-курортного лечения, определяемой уполномоченным государственным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 3. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Порядок оказания социальной помощи, перечень документов, предоставляемых для получения социальной помощи, основания отказа в оказании социальной помощи, прекращения и возврата социальной помощи приведены в главе 3 Типовых правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Финансирование расходов на предоставление социальной помощи осуществляется в пределах средств, предусмотренных бюджетом района на текущий финансовый год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган по оказанию социальной помощи переводит в Государственную корпорацию суммы социальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация перечисляет суммы социальной помощи, полученные от уполномоченного органа по оказанию социальной помощи, на банковские счета получателей социальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган по оказанию социальной помощи перечисляет на банковские счета санаторно-курортной организации стоимость пребывания в санаторно-курортной организации в размере семидесяти процентов от гарантированной суммы определяемой уполномоченным государственным органом качестве возмещения стоимости санаторно-курортного лечения, лица, сопровождающего лица с инвалидностью первой группы на санаторно-курортное лечение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мониторинг и учет предоставления социальной помощи проводит уполномоченный орган по оказанию социальной помощи с использованием базы данных автоматизированной информационной системы "Е-Собес".</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...1547 lines deleted...]
-    <w:bookmarkEnd w:id="75"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2774,31 +2649,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>