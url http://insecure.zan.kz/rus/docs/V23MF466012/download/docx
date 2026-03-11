--- v1 (2025-12-27)
+++ v2 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3372cca" w14:textId="3372cca">
+    <w:p w14:paraId="71c819e" w14:textId="71c819e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1691,80 +1691,150 @@
       супруге (супругу) умершего лица с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, или умершего лица, приравненного по льготам к лицам с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, а также умершего участника Великой Отечественной войны, партизана, подпольщика, гражданина, награжденного медалью "За оборону Ленинграда" или знаком "Жителю блокадного Ленинграда", признававшихся лицами с инвалидностью в результате общего заболевания, трудового увечья и других причин (за исключением противоправных), которые не вступали в повторный брак- в размере 40 (сорока) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, из числа участников ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1988 – 1989 годах, эвакуированным (самостоятельно выехавшим) из зон отчуждения и отселения в Республику Казахстан, включая детей, которые на день эвакуации находились во внутриутробном состоянии – в размере 40 (сорока) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      рабочим и служащим Комитета государственной безопасности бывшего Союза ССР, временно находившимся на территории Афганистана и не входившим в состав ограниченного контингента советских войск – в размере 40 (сорока) месячных расчетных показателей;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      исключен решением Тупкараганского районного маслихата Мангистауской области от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 36/174 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      исключен решением Тупкараганского районного маслихата Мангистауской области от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 36/174 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) 29 августа - День закрытия Семипалатинского испытательного ядерного полигона:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1937,50 +2007,92 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам с инвалидностью всех групп, детям с инвалидностью до семи лет, детям с инвалидностью первой, второй, третьей группы с семи до восемнадцати лет – в размере 5 (пяти) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, принимавшим участие в событиях 17-18 декабря 1986 года в Казахстане, реабилитированным в порядке, установленным Законом Республики Казахстан "О реабилитации жертв массовых политических репрессий" – в размере 50 (пятидесяти) месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 5 с изменением, внесенным решением Тупкараганского районного маслихата Мангистауской области от 22.12.2025 № 36/174 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Социальная помощь отдельным категориям нуждающихся граждан, оказывается единовременно и (или) периодически (ежемесячно, 1 раз в год) следующим категориям граждан:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2275,55 +2387,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>