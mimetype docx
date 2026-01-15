--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="542a2bd" w14:textId="542a2bd">
+    <w:p w14:paraId="894fec8" w14:textId="894fec8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -652,401 +652,385 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жалагашского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 сентября 2023 года № 7-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z17" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан Жалагашского района</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила – в редакции решения Жалагашского районного маслихата Кызылординской области от 30.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="4"/>
+    <w:bookmarkStart w:name="z82" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z83" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z83" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан Жалагашского района (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2023 года № 523 "Об утверждении Типовых правил оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан" (далее – Типовые правила) и определяют порядок оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z84" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z84" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные термины и понятия, которые используются в настоящих Правилах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z85" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z85" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация) - юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг и выдаче их результатов услугополучателю по принципу "одного окна", обеспечения оказания государственных услуг в электронной форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z86" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z86" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) специальная комиссия – комиссия, создаваемая решением акима Жалагашского района, по рассмотрению заявления лица (семьи), претендующего на оказание социальной помощи отдельным категориям нуждающихся граждан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z87" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z87" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) социальная помощь – помощь, предоставляемая местным исполнительным органом (далее – МИО) в денежной или натуральной форме отдельным категориям нуждающихся граждан (далее – получатели социальной помощи), а также к праздничным дням и памятным датам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z88" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z88" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уполномоченный орган по оказанию социальной помощи – коммунальное государственное учреждение "Жалагашский районный отдел занятости и социальных программ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z89" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z89" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уполномоченная организация по выплате социальной помощи – банки второго уровня, организации, имеющие лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций на соответствующие виды банковских операций, территориальные подразделения акционерного общества "Казпочта";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z90" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z90" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) прожиточный минимум – минимальный денежный доход на одного человека, равный по величине стоимости минимальной потребительской корзины;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z91" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z91" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) среднедушевой доход – доля совокупного дохода семьи, приходящаяся на каждого члена семьи в месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z92" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z92" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) праздничные дни – дни национальных и государственных праздников Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z93" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z93" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) уполномоченный государственный орган – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере социальной защиты населения в соответствии с законодательством Республики Казахстан, регулирование, контрольные функции за деятельностью Государственного фонда социального страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z94" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z94" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) участковая комиссия – специальная комиссия, создаваемая решениями акима поселка, сельского округа для проведения обследования материального положения лиц (семей), обратившихся за адресной социальной помощью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z95" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z95" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Меры социальной поддержки, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1181,469 +1165,529 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 13, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О ветеранах", оказываются в порядке, определенном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z96" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z96" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Социальная помощь предоставляется единовременно и (или) периодически (ежемесячно).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z97" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z97" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок определения перечня категорий получателей социальной помощи и установления размеров социальной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z98" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z98" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Социальная помощь к праздничным дням оказывается единовременно в виде денежных выплат следующим категориям граждан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z99" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z99" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) День Победы - 9 мая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z100" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z100" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участникам Великой Отечественной войны, а именно военнослужащим, проходившим службу в воинских частях, штабах и учреждениях, входивших в состав действующей армии и флота в период Великой Отечественной войны, а также во время других боевых операций по защите бывшего Союза Советских Социалистических Республик (далее – Союза ССР), партизанам и подпольщикам Великой Отечественной войны - в размере 1272 (одна тысяча двести семьдесят два) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z101" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z101" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, а именно военнослужащие действующей армии и флота, партизаны и подпольщики Великой Отечественной войны, а также рабочие и служащие, которым инвалидность установлена вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны на фронте, в районе военных действий, на прифронтовых участках железных дорог, сооружениях оборонительных рубежей, военно-морских баз и аэродромов - в размере 1272 (одна тысяча двести семьдесят два) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z102" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z102" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, награжденным орденами и медалями бывшего Союза ССР за самоотверженный труд и безупречную воинскую службу в тылу в годы Великой Отечественной войны - в размере 60 (шестьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z103" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z103" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, проработавшим (прослужившим) не менее шести месяцев с 22 июня 1941 года по 9 мая 1945 года и не награжденным орденами и медалями бывшего Союза ССР за самоотверженный труд и безупречную воинскую службу в тылу в годы Великой Отечественной войны - в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z104" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z104" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       супруге (супругу) умершего лица с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, или лица, приравненного по льготам к лицам с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, а также супруге (супругу) умершего участника Великой Отечественной войны, партизана, подпольщика, гражданина, награжденного медалью "За оборону Ленинграда" или знаком "Жителю блокадного Ленинграда", признававшихся лицами с инвалидностью в результате общего заболевания, трудового увечья и других причин (за исключением противоправных), которые не вступали в повторный брак - в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z105" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z105" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ветеранам боевых действий на территории других государств – в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z106" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z106" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       военнослужащие, которым инвалидность установлена вследствие ранения, контузии, увечья, полученных при защите бывшего Союза ССР, исполнении иных обязанностей воинской службы в другие периоды, или вследствие заболевания, связанного с пребыванием на фронте, а также при прохождении воинской службы в Афганистане или других государствах, в которых велись боевые действия - в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z107" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z107" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       семьям военнослужащих, погибших (пропавших без вести) или умерших вследствие ранения, контузии, увечья, заболевания, полученных в период боевых действий в Афганистане или других государствах, в которых велись боевые действия - в размере 10 (десять) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z108" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z108" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, принимавшим участие в ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1986 – 1987 годах, других радиационных катастроф и аварий на объектах гражданского или военного назначения, а также участвовавшим непосредственно в ядерных испытаниях – в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z109" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z109" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, которым инвалидность установлена вследствие катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения, ядерных испытаний, и их детям, инвалидность которых генетически связана с радиационным облучением одного из родителей – в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z110" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z110" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       семьям лиц, погибших при ликвидации последствий катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения – в размере 10 (десять) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z111" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z111" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       семьям умерших вследствие лучевой болезни или умерших лиц с инвалидностью, а также граждан, смерть которых в установленном порядке связана с воздействием катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения и ядерных испытаний - в размере 10 (десять) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z112" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z112" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) День Республики - 25 октября:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z113" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z113" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам с инвалидностью и детям с инвалидностью - в размере 3 (три) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z114" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) День Независимости – 16 декабря:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-[...16 lines deleted...]
-      лицам, подвергшимся репрессиям за участие в событиях 17-18 декабря 1986 года в Казахстане, за исключением лиц, осужденных за совершение умышленных убийств и посягательство на жизнь работника милиции, народного дружинника в этих событиях, в отношении которых сохраняется действующий порядок пересмотра уголовных дел – в размере 40 (сорок) месячных расчетных показателей;</w:t>
+    <w:bookmarkStart w:name="z151" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, подвергшимся репрессиям за участие в событиях 17-18 декабря 1986 года в Казахстане, за исключением лиц, осужденных за совершение умышленных убийств и посягательство на жизнь работника милиции, народного дружинника в этих событиях, в отношении которых сохраняется действующий порядок пересмотра уголовных дел – в размере 60 (шестьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z116" w:id="38"/>
-[...15 lines deleted...]
-      пострадавшими от политических репрессий признаются дети жертв политических репрессий, находившиеся вместе с родителями или заменявшими их лицами в местах лишения свободы, в ссылке, высылке или на спецпоселении, а также дети жертв политических репрессий, не достигшие восемнадцатилетнего возраста на момент репрессии и в результате ее применения оставшиеся без попечения родителей или одного из них – в размере 5 (пять) месячных расчетных показателей.</w:t>
+    <w:bookmarkStart w:name="z152" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      пострадавшими от политических репрессий признаются дети жертв политических репрессий, находившиеся вместе с родителями или заменявшими их лицами в местах лишения свободы, в ссылке, высылке или на спецпоселении, а также дети жертв политических репрессий, не достигшие восемнадцатилетнего возраста на момент репрессии и в результате ее применения оставшиеся без попечения родителей или одного из них – в размере 5 (пять) месячных расчетных показателей. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт  5 с изменениями, внесенными решением Жалагашского районного маслихата Кызылординской области от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 35-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z117" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Социальная помощь отдельным категориям нуждающихся граждан предоставляется единовременно и (или) периодически (ежемесячно).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z118" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2728,55 +2772,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3102,31 +3146,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>