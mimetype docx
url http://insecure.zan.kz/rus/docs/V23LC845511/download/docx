--- v0 (2025-10-14)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5743d63" w14:textId="5743d63">
+    <w:p w14:paraId="b46476f" w14:textId="b46476f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -652,401 +652,385 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аральского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 11 октября 2023 года № 103</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z17" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан Аральского района</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила – в редакции решения Аральского районного маслихата Кызылординской области от 02.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 355</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="4"/>
+    <w:bookmarkStart w:name="z81" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z82" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z82" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан Аральского района (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2023 года № 523 "Об утверждении Типовых правил оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан" (далее – Типовые правила) и определяют порядок оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z83" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z83" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные термины и понятия, которые используются в настоящих Правилах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z84" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z84" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация) - юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг и выдаче их результатов услугополучателю по принципу "одного окна", обеспечения оказания государственных услуг в электронной форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z85" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z85" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) специальная комиссия – комиссия, создаваемая решением акима Аральского района, по рассмотрению заявления лица (семьи), претендующего на оказание социальной помощи отдельным категориям нуждающихся граждан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z86" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z86" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) социальная помощь – помощь, предоставляемая местным исполнительным органом (далее – МИО) в денежной или натуральной форме отдельным категориям нуждающихся граждан (далее – получатели социальной помощи), а также к праздничным дням и памятным датам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z87" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z87" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уполномоченный орган по оказанию социальной помощи – коммунальное государственное учреждение "Отдел занятости и социальных программ Аральского района";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z88" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z88" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уполномоченная организация по выплате социальной помощи – банки второго уровня, организации, имеющие лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций на соответствующие виды банковских операций, территориальные подразделения акционерного общества "Казпочта";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z89" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z89" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) прожиточный минимум – минимальный денежный доход на одного человека, равный по величине стоимости минимальной потребительской корзины;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z90" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z90" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) среднедушевой доход – доля совокупного дохода семьи, приходящаяся на каждого члена семьи в месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z91" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z91" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) праздничные дни – дни национальных и государственных праздников Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z92" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z92" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) уполномоченный государственный орган – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в сфере социальной защиты населения в соответствии с законодательством Республики Казахстан, регулирование, контрольные функции за деятельностью Государственного фонда социального страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z93" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z93" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) участковая комиссия – специальная комиссия, создаваемая решениями акима города, поселка, сельского округа для проведения обследования материального положения лиц (семей), обратившихся за адресной социальной помощью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z94" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z94" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Меры социальной поддержки, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1181,1149 +1165,1225 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 13, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О ветеранах", оказываются в порядке, определенном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z95" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z95" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Социальная помощь предоставляется единовременно и (или) периодически (ежемесячно).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z96" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z96" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок определения перечня категорий получателей социальной помощи и установления размеров социальной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z97" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z97" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Социальная помощь к праздничным дням оказывается единовременно в виде денежных выплат следующим категориям граждан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z98" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z98" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) День Победы - 9 мая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z99" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z99" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участникам Великой Отечественной войны, а именно военнослужащим, проходившим службу в воинских частях, штабах и учреждениях, входивших в состав действующей армии и флота в период Великой Отечественной войны, а также во время других боевых операций по защите бывшего Союза Советских Социалистических Республик (далее – Союза ССР), партизанам и подпольщикам Великой Отечественной войны - в размере 1272 (одна тысяча двести семьдесят два) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z100" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z100" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, а именно военнослужащие действующей армии и флота, партизаны и подпольщики Великой Отечественной войны, а также рабочие и служащие, которым инвалидность установлена вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны на фронте, в районе военных действий, на прифронтовых участках железных дорог, сооружениях оборонительных рубежей, военно-морских баз и аэродромов - в размере 1272 (одна тысяча двести семьдесят два) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z101" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z101" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, награжденным орденами и медалями бывшего Союза ССР за самоотверженный труд и безупречную воинскую службу в тылу в годы Великой Отечественной войны - в размере 60 (шестьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z102" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z102" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, проработавшим (прослужившим) не менее шести месяцев с 22 июня 1941 года по 9 мая 1945 года и не награжденным орденами и медалями бывшего Союза ССР за самоотверженный труд и безупречную воинскую службу в тылу в годы Великой Отечественной войны - в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z103" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z103" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       супруге (супругу) умершего лица с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, или лица, приравненного по льготам к лицам с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, а также супруге (супругу) умершего участника Великой Отечественной войны, партизана, подпольщика, гражданина, награжденного медалью "За оборону Ленинграда" или знаком "Жителю блокадного Ленинграда", признававшихся лицами с инвалидностью в результате общего заболевания, трудового увечья и других причин (за исключением противоправных), которые не вступали в повторный брак - в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z104" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z104" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ветеранам боевых действий на территории других государств – в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z105" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z105" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       военнослужащие, которым инвалидность установлена вследствие ранения, контузии, увечья, полученных при защите бывшего Союза ССР, исполнении иных обязанностей воинской службы в другие периоды, или вследствие заболевания, связанного с пребыванием на фронте, а также при прохождении воинской службы в Афганистане или других государствах, в которых велись боевые действия - в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z106" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z106" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       семьям военнослужащих, погибших (пропавших без вести) или умерших вследствие ранения, контузии, увечья, заболевания, полученных в период боевых действий в Афганистане или других государствах, в которых велись боевые действия - в размере 10 (десять) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z107" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z107" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, принимавшим участие в ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1986 – 1987 годах, других радиационных катастроф и аварий на объектах гражданского или военного назначения, а также участвовавшим непосредственно в ядерных испытаниях – в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z108" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z108" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам, которым инвалидность установлена вследствие катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения, ядерных испытаний, и их детям, инвалидность которых генетически связана с радиационным облучением одного из родителей – в размере 50 (пятьдесят) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z109" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z109" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       семьям лиц, погибших при ликвидации последствий катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения – в размере 10 (десять) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z110" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z110" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       семьям умерших вследствие лучевой болезни или умерших лиц с инвалидностью, а также граждан, смерть которых в установленном порядке связана с воздействием катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения и ядерных испытаний - в размере 10 (десять) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z111" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z111" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) День Республики - 25 октября:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z112" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z112" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам с инвалидностью и детям с инвалидностью - в размере 3 (три) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z113" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) День Независимости – 16 декабря:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-[...16 lines deleted...]
-      лицам, подвергшимся репрессиям за участие в событиях 17-18 декабря 1986 года в Казахстане, за исключением лиц, осужденных за совершение умышленных убийств и посягательство на жизнь работника милиции, народного дружинника в этих событиях, в отношении которых сохраняется действующий порядок пересмотра уголовных дел – в размере 40 (сорок) месячных расчетных показателей;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, подвергшимся репрессиям за участие в событиях 17-18 декабря 1986 года в Казахстане, за исключением лиц, осужденных за совершение умышленных убийств и посягательство на жизнь работника милиции, народного дружинника в этих событиях, в отношении которых сохраняется действующий порядок пересмотра уголовных дел – в размере 60 (шестьдесят) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z151" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пострадавшими от политических репрессий признаются дети жертв политических репрессий, находившиеся вместе с родителями или заменявшими их лицами в местах лишения свободы, в ссылке, высылке или на спецпоселении, а также дети жертв политических репрессий, не достигшие восемнадцатилетнего возраста на момент репрессии и в результате ее применения оставшиеся без попечения родителей или одного из них – в размере 5 (пять) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z115" w:id="38"/>
-[...15 lines deleted...]
-      пострадавшими от политических репрессий признаются дети жертв политических репрессий, находившиеся вместе с родителями или заменявшими их лицами в местах лишения свободы, в ссылке, высылке или на спецпоселении, а также дети жертв политических репрессий, не достигшие восемнадцатилетнего возраста на момент репрессии и в результате ее применения оставшиеся без попечения родителей или одного из них – в размере 5 (пять) месячных расчетных показателей.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменениями, внесенными решением Аральского районного маслихата Кызылординской области от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 432</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Социальная помощь отдельным категориям нуждающихся граждан предоставляется единовременно и (или) периодически (ежемесячно).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z116" w:id="39"/>
-[...15 lines deleted...]
-      6. Социальная помощь отдельным категориям нуждающихся граждан предоставляется единовременно и (или) периодически (ежемесячно).</w:t>
+    <w:bookmarkStart w:name="z117" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отдельные категории нуждающихся граждан обращаются за социальной помощью не позднее шести месяцев с момента наступления нуждаемости:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z117" w:id="40"/>
-[...15 lines deleted...]
-      Отдельные категории нуждающихся граждан обращаются за социальной помощью не позднее шести месяцев с момента наступления нуждаемости:</w:t>
+    <w:bookmarkStart w:name="z118" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при причинении ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия или пожара социальная помощь оказывается без учета среднедушевого дохода:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z118" w:id="41"/>
-[...15 lines deleted...]
-      1) при причинении ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия или пожара социальная помощь оказывается без учета среднедушевого дохода:</w:t>
+    <w:bookmarkStart w:name="z119" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на каждого умершего члена семьи единовременно - в размере 40 (сорок) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z119" w:id="42"/>
-[...15 lines deleted...]
-      на каждого умершего члена семьи единовременно - в размере 40 (сорок) месячных расчетных показателей;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случае причинения вреда гражданину (семье) имуществу (при наличии подтверждающего документа) в размере 150 (сто пятьдесят) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z120" w:id="43"/>
-[...15 lines deleted...]
-      в случае причинения вреда гражданину (семье) имуществу (при наличии подтверждающего документа) в размере 150 (сто пятьдесят) месячных расчетных показателей.</w:t>
+    <w:bookmarkStart w:name="z121" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При причинении ущерба имуществу вследствие стихийного бедствия или пожара социальная помощь оказывается по месту нахождения пострадавшего имущества независимо от места регистрации его собственника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z121" w:id="44"/>
-[...15 lines deleted...]
-      При причинении ущерба имуществу вследствие стихийного бедствия или пожара социальная помощь оказывается по месту нахождения пострадавшего имущества независимо от места регистрации его собственника.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Лицам (семьям), признанным ограниченными жизнедеятельности вследствие социально значимых заболеваний и заболеваний, представляющих опасность для окружающих:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z122" w:id="45"/>
-[...15 lines deleted...]
-      2) Лицам (семьям), признанным ограниченными жизнедеятельности вследствие социально значимых заболеваний и заболеваний, представляющих опасность для окружающих:</w:t>
+    <w:bookmarkStart w:name="z123" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      социальную помощь лицам, больным туберкулезом, находящимся на амбулаторном лечении без учета среднедушевого дохода ежемесячно в размере 10 (десять) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z123" w:id="46"/>
-[...15 lines deleted...]
-      социальную помощь лицам, больным туберкулезом, находящимся на амбулаторном лечении без учета среднедушевого дохода ежемесячно в размере 10 (десять) месячных расчетных показателей;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      родителям или иным законным представителям детей состоящим на диспансерном учете с гематологическими заболеваниями, включая гемобластозы и апластическую анемию без учета среднедушевого дохода - ежемесячно в размере 7,6 месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z124" w:id="47"/>
-[...15 lines deleted...]
-      родителям или иным законным представителям детей состоящим на диспансерном учете с гематологическими заболеваниями, включая гемобластозы и апластическую анемию без учета среднедушевого дохода - ежемесячно в размере 7,6 месячных расчетных показателей;</w:t>
+    <w:bookmarkStart w:name="z125" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      родителям или иным законным представителям детей, инфицированных вирусом иммунодефицита человека, состоящим на диспансерном учете без учета среднедушевого дохода ежемесячно в 2 (двух) кратном размере величины прожиточного минимума, установленного Законом Республики Казахстан о республиканском бюджете на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z125" w:id="48"/>
-[...15 lines deleted...]
-      родителям или иным законным представителям детей, инфицированных вирусом иммунодефицита человека, состоящим на диспансерном учете без учета среднедушевого дохода ежемесячно в 2 (двух) кратном размере величины прожиточного минимума, установленного Законом Республики Казахстан о республиканском бюджете на соответствующий финансовый год.</w:t>
+    <w:bookmarkStart w:name="z126" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Студентам высших учебных заведений Республики Казахстан, обучающимся по очной форме, на оплату высшего образования с присуждением степени "бакалавр", для социально-уязвимых слоев населения, а именно:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z126" w:id="49"/>
-[...15 lines deleted...]
-      3) Студентам высших учебных заведений Республики Казахстан, обучающимся по очной форме, на оплату высшего образования с присуждением степени "бакалавр", для социально-уязвимых слоев населения, а именно:</w:t>
+    <w:bookmarkStart w:name="z127" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      детям с инвалидностью, детям-сиротам, детям, получающим государственное социальное пособие по случаю потери кормильца, детям, оставшимся без попечения родителей, воспитанникам детских домов, детской деревни, детям оба родителя которых являются пенсионерами по возрасту, оба или один из родителей является лицом с инвалидностью, детям из многодетных семей, имеющих четырех и более совместно проживающих несовершеннолетних детей, в том числе детям, обучающимся по очной форме обучения в организациях среднего, технического и профессионального, после среднего образования, высших учебных заведениях, после достижения ими совершеннолетия до времени окончания ими учебных заведений (но не более чем до достижения двадцатитрехлетнего возраста), имеющим среднедушевой доход семьи за предыдущий квартал обращения не превышающий трехкратного размера прожиточного минимума, установленного Законом Республики Казахстан о республиканском бюджете на соответствующий финансовый год;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z127" w:id="50"/>
-[...15 lines deleted...]
-      детям с инвалидностью, детям-сиротам, детям, получающим государственное социальное пособие по случаю потери кормильца, детям, оставшимся без попечения родителей, воспитанникам детских домов, детской деревни, детям оба родителя которых являются пенсионерами по возрасту, оба или один из родителей является лицом с инвалидностью, детям из многодетных семей, имеющих четырех и более совместно проживающих несовершеннолетних детей, в том числе детям, обучающимся по очной форме обучения в организациях среднего, технического и профессионального, после среднего образования, высших учебных заведениях, после достижения ими совершеннолетия до времени окончания ими учебных заведений (но не более чем до достижения двадцатитрехлетнего возраста), имеющим среднедушевой доход семьи за предыдущий квартал обращения не превышающий трехкратного размера прожиточного минимума, установленного Законом Республики Казахстан о республиканском бюджете на соответствующий финансовый год;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      детям из малообеспеченных семей назначаются в случае, если среднедушевой доход семьи не превышает величину прожиточного минимума, установленного Законом Республики Казахстан о республиканском бюджете на соответствующий финансовый год;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z128" w:id="51"/>
-[...15 lines deleted...]
-      детям из малообеспеченных семей назначаются в случае, если среднедушевой доход семьи не превышает величину прожиточного минимума, установленного Законом Республики Казахстан о республиканском бюджете на соответствующий финансовый год;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      социальная помощь студентам, выплачивается в начале учебного года, который состоит из единовременных платежей в размере стоимости образовательных услуг, предоставляемых учебными заведениями и частично покрывающих затраты на питание и проживание в размере 72 (семьдесят два) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z129" w:id="52"/>
-[...15 lines deleted...]
-      социальная помощь студентам, выплачивается в начале учебного года, который состоит из единовременных платежей в размере стоимости образовательных услуг, предоставляемых учебными заведениями и частично покрывающих затраты на питание и проживание в размере 72 (семьдесят два) месячных расчетных показателей.</w:t>
+    <w:bookmarkStart w:name="z130" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Лицам, сопровождающим лиц с инвалидностью первой группы на санаторно-курортное лечение, без учета среднедушевого дохода предоставляется в размере 60 (шестьдесят) месячных расчетных показателей, на основании заявления с приложением документов, указанных в пункте 12 Типовых правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z130" w:id="53"/>
-[...15 lines deleted...]
-      4) Лицам, сопровождающим лиц с инвалидностью первой группы на санаторно-курортное лечение, без учета среднедушевого дохода предоставляется в размере 60 (шестьдесят) месячных расчетных показателей, на основании заявления с приложением документов, указанных в пункте 12 Типовых правил.</w:t>
+    <w:bookmarkStart w:name="z131" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Социальная помощь лицам, освобожденным из мест лишения свободы, без учета среднедушевого дохода предоставляется единовременно в размере 15 (пятнадцать) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z131" w:id="54"/>
-[...15 lines deleted...]
-      5) Социальная помощь лицам, освобожденным из мест лишения свободы, без учета среднедушевого дохода предоставляется единовременно в размере 15 (пятнадцать) месячных расчетных показателей.</w:t>
+    <w:bookmarkStart w:name="z132" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Порядок оказания социальной помощи определяется согласно Типовым правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z132" w:id="55"/>
-[...15 lines deleted...]
-      7. Порядок оказания социальной помощи определяется согласно Типовым правилам.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Социальная помощь к праздничным дням оказывается без истребования заявлений от получателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z133" w:id="56"/>
-[...15 lines deleted...]
-      8. Социальная помощь к праздничным дням оказывается без истребования заявлений от получателей.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Категории получателей социальной помощи определяются МИО.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z134" w:id="57"/>
-[...15 lines deleted...]
-      Категории получателей социальной помощи определяются МИО.</w:t>
+    <w:bookmarkStart w:name="z135" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Списки получателей социальной помощи формируются на основании запроса в Государственную корпорацию либо иные организации, либо в электронном виде из информационных систем уполномоченного государственного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z135" w:id="58"/>
-[...15 lines deleted...]
-      Списки получателей социальной помощи формируются на основании запроса в Государственную корпорацию либо иные организации, либо в электронном виде из информационных систем уполномоченного государственного органа.</w:t>
+    <w:bookmarkStart w:name="z136" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Финансирование расходов на предоставление социальной помощи осуществляется в пределах средств, предусмотренных бюджетом Аральского района на текущий финансовый год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z136" w:id="59"/>
-[...15 lines deleted...]
-      9. Финансирование расходов на предоставление социальной помощи осуществляется в пределах средств, предусмотренных бюджетом Аральского района на текущий финансовый год.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган по оказанию социальной помощи переводит в Государственную корпорацию суммы социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z137" w:id="60"/>
-[...15 lines deleted...]
-      Уполномоченный орган по оказанию социальной помощи переводит в Государственную корпорацию суммы социальной помощи.</w:t>
+    <w:bookmarkStart w:name="z138" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация перечисляет суммы социальной помощи, полученные от уполномоченного органа по оказанию социальной помощи, на банковские счета получателей социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z138" w:id="61"/>
-[...15 lines deleted...]
-      Государственная корпорация перечисляет суммы социальной помощи, полученные от уполномоченного органа по оказанию социальной помощи, на банковские счета получателей социальной помощи.</w:t>
+    <w:bookmarkStart w:name="z139" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Излишне выплаченные суммы социальной помощи подлежат возврату в добровольном порядке, неправомерно полученные суммы подлежат возврату в добровольном или в судебном порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z139" w:id="62"/>
-[...15 lines deleted...]
-      10. Излишне выплаченные суммы социальной помощи подлежат возврату в добровольном порядке, неправомерно полученные суммы подлежат возврату в добровольном или в судебном порядке.</w:t>
+    <w:bookmarkStart w:name="z140" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Мониторинг и учет предоставления социальной помощи проводит уполномоченный орган по оказанию социальной помощи с использованием базы данных автоматизированной информационной системы "Е-Собес".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z140" w:id="63"/>
-[...15 lines deleted...]
-      11. Мониторинг и учет предоставления социальной помощи проводит уполномоченный орган по оказанию социальной помощи с использованием базы данных автоматизированной информационной системы "Е-Собес".</w:t>
+    <w:bookmarkStart w:name="z141" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Для формирования категорий получателей на выплату социальной помощи к праздничным дням уполномоченным органом по оказанию социальной помощи инициируется запрос в информационные системы уполномоченного государственного органа на получение данных граждан, являющихся (активных) получателями пенсий и пособий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z141" w:id="64"/>
-[...15 lines deleted...]
-      12. Для формирования категорий получателей на выплату социальной помощи к праздничным дням уполномоченным органом по оказанию социальной помощи инициируется запрос в информационные системы уполномоченного государственного органа на получение данных граждан, являющихся (активных) получателями пенсий и пособий.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Процесс осуществления выплаты социальной помощи через Государственную корпорацию инициируется уполномоченным органом по оказанию социальной помощи при принятии им решения об оказании социальной помощи через информационные системы уполномоченного государственного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z142" w:id="65"/>
-[...15 lines deleted...]
-      13. Процесс осуществления выплаты социальной помощи через Государственную корпорацию инициируется уполномоченным органом по оказанию социальной помощи при принятии им решения об оказании социальной помощи через информационные системы уполномоченного государственного органа.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. На основании принятого уполномоченным органом по оказанию социальной помощи решения об оказании социальной помощи Государственная корпорация формирует потребность в бюджетных средствах на выплату социальной помощи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z143" w:id="66"/>
-[...15 lines deleted...]
-      14. На основании принятого уполномоченным органом по оказанию социальной помощи решения об оказании социальной помощи Государственная корпорация формирует потребность в бюджетных средствах на выплату социальной помощи:</w:t>
+    <w:bookmarkStart w:name="z144" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по единовременным выплатам – ежедневно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z144" w:id="67"/>
-[...15 lines deleted...]
-      по единовременным выплатам – ежедневно;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по ежемесячным и ежеквартальным выплатам – к 29 числу месяца, предшествующего месяцу выплаты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z145" w:id="68"/>
-[...15 lines deleted...]
-      по ежемесячным и ежеквартальным выплатам – к 29 числу месяца, предшествующего месяцу выплаты.</w:t>
+    <w:bookmarkStart w:name="z146" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. После формирования потребности Государственная корпорация не позднее следующего рабочего дня направляет заявку о сумме потребности на выплату социальной помощи в уполномоченный орган по оказанию социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z146" w:id="69"/>
-[...15 lines deleted...]
-      15. После формирования потребности Государственная корпорация не позднее следующего рабочего дня направляет заявку о сумме потребности на выплату социальной помощи в уполномоченный орган по оказанию социальной помощи.</w:t>
+    <w:bookmarkStart w:name="z147" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган по оказанию социальной помощи в течение двух рабочих дней со дня поступления заявки о сумме потребности на выплату социальной помощи перечисляет в Государственную корпорацию денежные средства в пределах сумм, предусмотренных заявкой о сумме потребности на выплату социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z147" w:id="70"/>
-[...15 lines deleted...]
-      Уполномоченный орган по оказанию социальной помощи в течение двух рабочих дней со дня поступления заявки о сумме потребности на выплату социальной помощи перечисляет в Государственную корпорацию денежные средства в пределах сумм, предусмотренных заявкой о сумме потребности на выплату социальной помощи.</w:t>
+    <w:bookmarkStart w:name="z148" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По заявкам о суммах потребности на выплату социальной помощи, поступившим после 27 числа месяца, предшествующего месяцу выплаты, уполномоченный орган по оказанию социальной помощи перечисляет денежные средства в Государственную корпорацию не ранее 1 числа месяца выплаты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z148" w:id="71"/>
-[...15 lines deleted...]
-      По заявкам о суммах потребности на выплату социальной помощи, поступившим после 27 числа месяца, предшествующего месяцу выплаты, уполномоченный орган по оказанию социальной помощи перечисляет денежные средства в Государственную корпорацию не ранее 1 числа месяца выплаты.</w:t>
+    <w:bookmarkStart w:name="z149" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Государственная корпорация в течение двух рабочих дней после поступления трансфертов формирует в соответствии с графиком выплаты платежные поручения и осуществляет выплату на банковские счета получателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z149" w:id="72"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2421,268 +2481,268 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аральского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 11 октября 2023 года № 103</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:bookmarkStart w:name="z75" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Аральского районного маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z76" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Решение Аральского районного маслихата от 12 февраля 2021 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об утверждении правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 8160);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z77" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Решение Аральского районного маслихата от 27 октября 2021 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменения в решение Аральского районного маслихата № 13 от 12 февраля 2021 года "Об утверждении правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан"" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 25082);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z78" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Решение Аральского районного маслихата от 25 июля 2022 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 271</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменения в решение Аральского районного маслихата от 12 февраля 2021 года № 13 "Об утверждении правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан"" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 28888);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z79" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Решение Аральского районного маслихата от 23 ноября 2022 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 314</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменения в решение Аральского районного маслихата от 12 февраля 2021 года № 13 "Об утверждении правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан"" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 30717);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z80" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Решение Аральского районного маслихата от 26 апреля 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменения в решение Аральского районного маслихата от 12 февраля 2021 года № 13 "Об утверждении правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан"" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 8394-11).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3062,31 +3122,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>