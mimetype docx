--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5f70b79" w14:textId="5f70b79">
+    <w:p w14:paraId="967386e" w14:textId="967386e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -592,127 +592,127 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Порядок оказания социальной поддержки медицинским и фармацевтическим работникам, направленным для работы в сельскую местность и поселки, города районного и областного значения Карагандинской области</w:t>
+        <w:t xml:space="preserve"> Порядок оказания социальной поддержки медицинским и фармацевтическим работникам, направленным для работы в сельскую местность и поселки, в города районного и областного значения Карагандинской области</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение – в редакции решения Карагандинского областного маслихата от 26.06.2025 </w:t>
+      Сноска. Приложение – в редакции решения Карагандинского областного маслихата от 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ 296 </w:t>
+        <w:t>№ 350</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящий порядок социальной поддержки медицинским и фармацевтическим работникам, направленным для работы в сельскую местность и поселки, города районного и областного значения Карагандинской области, определяют порядок принятия мер социальной поддержки, а также финансирования и выплат медицинским и фармацевтическим работникам, направленным для работы в сельскую местность и поселки, города районного и областного значения.</w:t>
+      1. Настоящий порядок оказания социальной поддержки медицинским и фармацевтическим работникам, направленным для работы в сельскую местность и поселки, в города районного и областного значения Карагандинской области (далее - Порядок), определяет порядок принятия мер социальной поддержки, а также финансирования и выплат медицинским и фармацевтическим работникам, направленных для работы в сельскую местность и поселки, в города районного и областного значения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
@@ -748,526 +748,556 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) работодатель - организация здравоохранения, финансируемая из соответствующего бюджета, заключившая трудовой договор с медицинским и фармацевтическим работником;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) медицинские и фармацевтические работники, направленные для работы в сельскую местность и поселки, города районного и областного значения (далее - работники) - физические лица, имеющие профессиональное медицинское или фармацевтическое образование осуществляющие медицинскую или фармацевтическую деятельность, направленные уполномоченным органом для работы в сельскую местность и поселки, города районного и областного значения.</w:t>
+      3) медицинские и фармацевтические работники, направленные для работы в сельскую местность и поселки, в города районного и областного значения (далее - работники) - физические лица, имеющие профессиональное медицинское или фармацевтическое образование осуществляющие медицинскую или фармацевтическую деятельность, направленные уполномоченным органом для работы в сельскую местность и поселки, в города районного и областного значения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Социальная поддержка работникам (далее - социальная поддержка) является единовременная помощь, осуществляемая за счет бюджетных средств, в качестве социальной гарантии специалистам, направляемым на срок не менее пяти лет в сельскую местность и поселки, города районного и областного значения.</w:t>
+      3. Социальная поддержка работникам (далее - социальная поддержка) является единовременная помощь, осуществляемая за счет бюджетных средств, в качестве социальной гарантии специалистам, направляемым на срок не менее пяти лет в сельскую местность и поселки, в города районного и областного значения в должности по направляемой специальности на полной (1,0) ставке, с заключением трудового договора и соглашения с работником о предоставлении мер социальной поддержки медицинским и фармацевтическим работникам, направленным для работы в сельскую местность и поселки, а также в города районного значения Карагандинской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В пятилетний период не включается время нахождения работника в отпуске без сохранения заработной платы, в отпуске без сохранения заработной платы по уходу за ребенком, а также срок временной нетрудоспособности более двух месяцев, удостоверенный листом о временной нетрудоспособности.</w:t>
+      4. Социальная поддержка оказывается медицинским и фармацевтическим работникам, направляемым для работы в сельскую местность и поселки, в города районного и областного значения в следующих в размерах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Социальная поддержка оказывается медицинским и фармацевтическим работникам, направляемым для работы в сельскую местность и поселки, города районного и областного значения в следующих в размерах:</w:t>
+      врач акушер-гинеколог, врач педиатр, врач общей практики, анестезиолог-реаниматолог (взрослый и детский) - 8 500 000 (восемь миллионов пятьсот тысяч) тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      врач акушер-гинеколог, врач педиатр, врач общей практики, анестезиолог-реаниматолог (взрослый и детский) - 8 500 000 (восемь миллионов пятьсот тысяч) тенге;</w:t>
+      врач кардиолог, врач кардиолог (интервенционный), врач терапевт, врач нейрохирург, врач рентгенолог, врач реабилитолог, врач неонатолог - 5 000 000 (пять миллионов) тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      врач кардиолог, врач кардиолог (интервенционный), врач терапевт, врач нейрохирург, врач рентгенолог, врач реабилитолог, врач неонатолог - 5 000 000 (пять миллионов) тенге;</w:t>
+      врач хирург, врач невропатолог, врач офтальмолог - 3 000 000 (три миллиона) тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      врач хирург, врач невропатолог, врач офтальмолог - 3 000 000 (три миллиона) тенге;</w:t>
+      акушер, фармацевт, медицинская сестра, фельдшер - 1 500 000 (полтора миллиона) тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      акушер, фармацевт, медицинская сестра, фельдшер - 1 500 000 (полтора миллиона) тенге.</w:t>
+      5. Правом на получение социальной поддержки обладает молодой специалист или приглашенный работник, имеющий фактический стаж работы по специальности до 5 (пяти) лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Правом на получение социальной поддержки обладает молодой специалист или приглашенный работник, имеющий фактический стаж работы по специальности до 5 (пяти) лет.</w:t>
+      6. Уполномоченный орган проводит конкурс для лиц, направленных в сельскую местность и поселки, в города районного и областного значения, претендующие на получение социальной поддержки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6. Уполномоченный орган проводит конкурс для лиц, направленных в сельскую местность и поселки, города районного и областного значения, претендующие на получение социальной поддержки.</w:t>
+        <w:t xml:space="preserve">
+      7. Заявление, документы (копию удостоверения личности, копию диплома о высшем или среднем образовании, сертификат специалиста, копию трудовой книжки либо иного документа о принятии на работу в государственную медицинскую организацию согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан, подтверждающего трудовой стаж работника, выписку из банка с указанием номера расчетного счета), предоставляемые в уполномоченный орган, рассматриваются в течении 15 рабочих дней со дня предоставления. Решение оформляется протоколом Уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Заявление и документы (копию удостоверения личности, копию диплома о высшем или среднем образовании, копию трудовой книжки, копию приказа о принятии на работу в государственную медицинскую организацию), предоставляемые в уполномоченный орган, рассматриваются в течение 15 календарных дней.</w:t>
+      8. Социальная поддержка не оказывается медицинским и фармацевтическим работникам, проживающим и работающим в сельской местности и поселке, в городе районного и областного значения Карагандинской области и не распространяется на лиц, освобождаемых от отработки в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Социальная поддержка не оказывается медицинским и фармацевтическим работникам, проживающим и работающим в сельской местности и поселках, городах районного и областного значения Карагандинской области и не распространяется на лиц, освобождаемых от отработки в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      9. Оказание социальной поддержки работнику осуществляется за счет средств областного бюджета путем перечисления на его лицевой счет и выплачивается на основании протокола Уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      9. Оказание социальной поддержки работнику осуществляется за счет средств областного бюджета путем перечисления на его лицевой счет и выплачивается на основании протокола Уполномоченного органа, а также заключения трудового договора с работником.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок принятия мер социальной поддержки</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2. Порядок принятия мер социальной поддержки</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. По направлению уполномоченного органа работодатель заключает трудовой договор с работником в соответствии с требованиями Трудового </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+        <w:t>
+      11. В случае принятия решения о переводе работника уполномоченным органом в связи с производственной необходимостью, между медицинскими и фармацевтическими организациями, расположенными в сельской местности и поселках, в городах районного и областного значения, право на получение социальной поддержки за работником сохраняется.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. В случае принятия решения о переводе работника уполномоченным органом в связи с производственной необходимостью, между медицинскими и фармацевтическими организациями, расположенными в сельской местности и поселках, городах районного и областного значения, право на получение социальной поддержки за работником сохраняется.</w:t>
+      В таком случае за перевод в медицинскую и фармацевтическую организацию, расположенной в другой сельской местности социальная поддержка заново не оказывается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В таком случае за перевод в медицинскую и фармацевтическую организацию, расположенной в другой сельской местности социальная поддержка заново не оказывается.</w:t>
+      12. В случае досрочного расторжения трудового договора по инициативе работника либо работодателя, Уполномоченный орган принимает меры по возврату в доход областного бюджета ранее перечисленных работнику бюджетных средств в полном объеме путем подачи искового заявления в порядке, установленном действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. В случае досрочного расторжения трудового договора по инициативе работника либо работодателя, работодатель принимает меры по возврату в доход областного бюджета ранее перечисленных бюджетных средств путем подачи искового заявления в порядке, установленном действующим законодательством Республики Казахстан.</w:t>
+      Работником осуществляется возврат ранее перечисленных денежных средств в течении 3 рабочих дней, в случае досрочного расторжения трудовых отношений по инициативе работника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Возврат ранее выплаченных денежных средств при досрочном расторжении трудовых отношений, предусматривается в трудовом договоре.</w:t>
+      13. Работодатель не позднее 10 рабочих дней с момента расторжения трудового договора извещает об этом уполномоченный орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Контроль за исполнением настоящего порядка осуществляет уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>