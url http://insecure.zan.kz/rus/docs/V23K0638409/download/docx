--- v1 (2025-12-27)
+++ v2 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="967386e" w14:textId="967386e">
+    <w:p w14:paraId="384d6a2" w14:textId="384d6a2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>