--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="15a62e8" w14:textId="15a62e8">
+    <w:p w14:paraId="5e39453" w14:textId="5e39453">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об установлении правил общего водопользования в области Ұлытау</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение маслихата области Ұлытау от 26 июля 2023 года № 4/51. Зарегистрировано в Департаменте юстиции области Ұлытау 3 августа 2023 года № 38-20</w:t>
+        <w:t>Решение маслихата области Ұлытау от 26 июля 2023 года № 4/51. Зарегистрировано в Департаменте юстиции области Ұлытау 3 августа 2023 года № 38-20. Утратило силу решением маслихата области Ұлытау от 26 ноября 2025 года № 29/279</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило cилу решением маслихата области Ұлытау от 26.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 29/279</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьями 38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -228,63 +306,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие по истечении десяти календарных дней после дня первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -302,51 +379,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель маслихата области Ұлытау</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1700,247 +1777,246 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Места на водных объектах, расположенных на территории области Ұлытау, где не осуществляются купание, забор воды для питьевых и бытовых нужд, водопой скота, катание на маломерных судах и других плавучих средствах</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="519"/>
+        <w:gridCol w:w="519"/>
+        <w:gridCol w:w="4650"/>
+        <w:gridCol w:w="5010"/>
+        <w:gridCol w:w="1266"/>
+        <w:gridCol w:w="336"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество в населенном пункте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование водного объекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Местоположение водного объекта (адрес, координаты и другие)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Места на водных объектах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1979,5687 +2055,5515 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жезказган</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пруды-накопители в микрорайоне Бекболатсай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z56" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположены на территории города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>47°48'22.3"N 67°39'59.4"E</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'25.4"N 67°39'56.1"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="49"/>
-          <w:p>
-[...76 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоемов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балка "Костангельды"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории города Жезказган, между микрорайоном Бекболатсай и западной объездной дорогой.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'13.1"N 67°41'21.9"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="50"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район гребной базы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z61" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'30.3"N 67°41'31.1"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="51"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 750 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район мемориала "Вечный огонь"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z63" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'23.7"N 67°41'51.3"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="52"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 550 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район памятника жертвам политических репрессий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z65" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'37.5"N 67°42'01.9"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="53"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью750 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район гостиницы "Бизнес-Центр"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z67" w:id="54"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'46.9"N 67°42'31.7"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="54"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 800 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район гостиницы "Байконур"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z69" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'36.7"N 67°42'57.1"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="55"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 2450 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район кафе "Причал"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z71" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'09.5"N 67°43'24.9"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="56"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 500 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район здания (бывший культурно-развлекательный комплекс "Кросс")</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z73" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°47'56.2"N 67°43'17.2"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="57"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 400 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район гидроцеха Акционерного общества "Предприятие тепловодоснабжения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z75" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°47'45.7"N 67°43'31.6"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="58"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 1300 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район гидроузла Товарищества с ограниченной ответственностью "Kazakhmys Distribution"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z77" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°47'32.0"N 67°43'55.3"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="59"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 3100 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район сброса технологической воды Товарищества с ограниченной ответственностью "Kazakhmys Energy"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z79" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'19.6"N 67°44'49.7"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="60"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 1000 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район Потребительского кооператива "Автомобилист"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z81" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'43.0"N 67°45'26.4"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="61"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 3300 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район садоводческого общества "Здравница"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z83" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°49'51.8"N 67°45'20.9"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="62"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью до бывшего рыбопитомника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район Потребительского кооператива "Спутник"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z85" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°57'34.1"N 67°45'06.9"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="63"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью до района насосной станции хозпитьевого водозабора 1 подъема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район бывшего рыбопитомника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z87" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°57'39.1"N 67°45'39.7"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="64"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 2500 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район бывшего пионерлагеря</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z89" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°49'39.5"N 67°42'24.4"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="65"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью до частного пляжа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Район насосной станции хозяйственно-питьевого водозабора 1 подъема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z91" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°49'21.4"N 67°44'32.2"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="66"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью 1600 метров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Противоположная береговая линия черты города Жезказган</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z93" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'56.0"N 67°44'53.5"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="67"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая полоса протяженностью до района бывшего пионерлагеря</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жездинское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z95" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на Кенгирском водохранилище города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°35'42.1"N 67°39'53.3"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="68"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Водоем "Карасу"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z97" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на территории города Жезказган.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48°10'21.2"N 68°42'10.2"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="69"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7698,231 +7602,231 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Сатпаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Водоем "Айнаколь"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположен на территории города Сатпаев. Координаты: 47°88'20.8"N 67°56'21.6"E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7961,548 +7865,532 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жанааркинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Ақтастинское" водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z99" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположено в северо-западной стороне села Актасты.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48°52'31"N 71°34'20"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="70"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Бидаикское" водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z101" w:id="71"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположено в северо-восточной стороне села Бидайык.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48°47'40"N 72°02'10"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="71"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8541,4041 +8429,3928 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Улытауский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Марганец-1"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z103" w:id="72"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Жездинского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48°04'02.9"N 67°01'29.0"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="72"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Марганец-2"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z105" w:id="73"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Жездинского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48°05'14.6"N 66°58'35.1"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="73"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Сарыкамыс"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z107" w:id="74"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Борсенгирского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°54'06.4"N 69°05'12.5"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="74"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Біройнақ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z109" w:id="75"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Борсенгирского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°48'30.9"N 69°02'07.3"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="75"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Ащыкезең"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z111" w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Борсенгирского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°49'26.5"N 69°02'43.9"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="76"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Кәрі"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z113" w:id="77"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Борсенгирского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°51'17.5"N 69°04'14.4"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="77"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Актас"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z115" w:id="78"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Актасского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48°03'58.3"N 66°22'19.7"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="78"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Пионер"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z117" w:id="79"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Актасского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°52'33.7"N 66°22'16.3"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="79"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Ұлытау"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z119" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Улытауского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48°38'54.7"N 67°01'40.8"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="80"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Шолақ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z121" w:id="81"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Улытауского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48°69'26.66"N 67°22'16.64"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="81"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Терісайрық"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z123" w:id="82"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Каракенгирского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49°10'45.7"N 67°22'51.8"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="82"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Құмшық"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z125" w:id="83"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Жанкельдинского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48°22'25.5"N 65°11'37.9"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="83"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Тасбала"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z127" w:id="84"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Каракенгирского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48°43'15.1"N 67°52'07.8"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="84"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Кеңембай"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z129" w:id="85"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Амангельдинского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48°42'27.6"N 66°41'21.1"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="85"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плотина "Қарсақбай"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="5010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z131" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расположена на территории Карсакбайского сельского округа Улытауского района.</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Координаты:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47°50'28.6"N 66°43'31.5"E</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="86"/>
-          <w:p>
-[...48 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вся акватория водоема</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12629,63 +12404,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -13007,35 +12804,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>