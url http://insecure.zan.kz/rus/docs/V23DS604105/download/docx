--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c20c8de" w14:textId="c20c8de">
+    <w:p w14:paraId="366ff52" w14:textId="366ff52">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1945,330 +1945,732 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Социальная помощь оказывается единовременно и (или) периодически (ежемесячно) отдельным категориям нуждающихся граждан, а именно:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Причинение ущерба гражданину (семье) либо имуществу вследствие</w:t>
+      1) Причинение ущерба гражданину (семье) либо имуществу вследствие стихийного бедствия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z24" w:id="52"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      причинение ущерба гражданину (семье) либо его имуществу вследствие пожара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случае причинения вреда его имуществу (при наличии подтверждающего документа) единовременно в размере – 400 (четыреста) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при причинении ущерба имуществу вследствие стихийного бедствия или пожара социальная помощь оказывается по месту нахождения пострадавшего имущества независимо от места регистрации его собственника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лицам, освобожденным из мест лишения свободы единовременно в размере – 15 (пятнадцать) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, состоящих на учете службы пробации единовременно в размере – 15 (пятнадцать) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) лицам (семьям) признанным ограничение жизнедеятельности вследствие социально значимых заболеваний: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z22" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, состоящим на диспансерном учете с социально значимым заболеванием без учета среднедушевого дохода в размере 7 (семь) месячных расчетных показателей, ежемесячно;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z23" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      родителям или иным законным представителям детей, инфицированных вирусом иммунодефицита человека состоящих на диспансерном учете ежемесячно без учета среднедушевого дохода 2 (два) кратных размера величины прожиточного минимума, установленного Законом Республики Казахстан о республиканском бюджете на соответствующий финансовый год;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) социальная помощь на воспитание семьям, дети которых воспитываются и обучаются в дошкольных организациях образования, у которых среднедушевой доход не превышает 70-ти процентного порога в кратном отношении к прожиточному минимуму по области ежемесячно в размере – 5 (пять) месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 9 с изменениями, внесенным решением Уйгурского районного маслихата Алматинской области от 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-49-230</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Порядок оказания социальной помощи, основания для прекращения и возврата предоставляемой социальной помощи определяется согласно Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11 Социальная помощь к праздничным дням и памятным датам оказывается без истребования заявлений от получателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z32" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Категории получателей социальной помощи определяются МИО Алматинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z33" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Списки получателей социальной помощи формируются на основании запроса в Государственную корпорацию либо иные организации, либо в электронном виде из информационных систем уполномоченного государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 в редакции решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Для получения социальной помощи отдельным категориям нуждающихся граждан заявитель от себя или от имени семьи (или представитель по доверенности, выданной в соответствии со статьей 167 Гражданского кодекса Республики Казахстан) обращается письменно в уполномоченный орган по оказанию социальной помощи или к акиму поселка, села, сельского округа, или в Государственную корпорацию с заявлением по форме согласно приложению 1 к Типовым правилам, или электронно на портал с заявлением по форме согласно приложению 1-1 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z35" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При письменном обращении специалист, принимающий документы, формирует запросы в соответствующие информационные системы (далее – ИС) государственных органов и (или) организаций через шлюз "электронное правительство" по форме согласно приложению 1-2 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z22" w:id="61"/>
-[...15 lines deleted...]
-      лицам, состоящим на диспансерном учете с социально значимым заболеванием без учета среднедушевого дохода в размере 7 (семь) месячных расчетных показателей, ежемесячно;</w:t>
+    <w:bookmarkStart w:name="z36" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При несоответствии (отсутствии) сведений в ИС заявителем к заявлению прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z23" w:id="62"/>
-[...15 lines deleted...]
-      родителям или иным законным представителям детей, инфицированных вирусом иммунодефицита человека состоящих на диспансерном учете ежемесячно без учета среднедушевого дохода 2 (два) кратных размера величины прожиточного минимума, установленного Законом Республики Казахстан о республиканском бюджете на соответствующий финансовый год;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документ, удостоверяющий личность, либо электронный документ из сервиса цифровых документов (для идентификации личности);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z68" w:id="63"/>
-[...15 lines deleted...]
-      4) социальная помощь на воспитание семьям, дети которых воспитываются и обучаются в дошкольных организациях образования, у которых среднедушевой доход не превышает 70-ти процентного порога в кратном отношении к прожиточному минимуму по области ежемесячно в размере – 5 (пять) месячных расчетных показателей.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения о доходах лица (членов семьи) (для получения социальной помощи, которая назначается независимо от доходов лица (членов семьи), сведения о доходах лица (членов семьи) не предоставляются);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z39" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) один из нижеперечисленных документов, подтверждающих факт наличия оснований для отнесения к категории нуждающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z40" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документ, подтверждающий факт причиненного ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z41" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документ, подтверждающий факт причиненного ущерба гражданину (семье) либо его имуществу вследствие пожара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z42" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документ, подтверждающий факт наличия социально значимого заболевания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z43" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документ, подтверждающий факт освобождения из мест лишения свободы, нахождения на учете службы пробации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z44" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении заявителем неполного пакета документов и (или) документов с истекшим сроком действия заявителю выдается расписка об отказе в приеме заявления на оказание социальной помощи по форме согласно приложению 1-3 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z45" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении заявителя за социальной помощью электронно посредством портала запрос в ИС государственных органов и (или) организаций для получения необходимых сведений осуществляется самим заявителем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z46" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом заявитель удостоверяет своей ЭЦП электронное заявление и сведения, поступившие из ИС государственных органов и (или) организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Пункт 9 с изменениями, внесенным решением Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Сноска. Пункт 12 в редакции решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -2276,1193 +2678,1151 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Порядок оказания социальной помощи, основания для прекращения и возврата предоставляемой социальной помощи определяется согласно Типовым правилам.</w:t>
-[...61 lines deleted...]
-    <w:bookmarkEnd w:id="66"/>
+      13. Поступившие заявления, в том числе электронные, уполномоченный орган по оказанию социальной помощи регистрирует в день поступления в течение рабочего дня, а в случае поступления вне времени рабочего дня – в первый рабочий день после даты поступления заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При поступлении заявления на оказание социальной помощи отдельным категориям нуждающихся граждан по основаниям, указанным в подпунктах 1), 2) и 4) пункта 8 Типовых правил, уполномоченный орган по оказанию социальной помощи или акимы поселка, села, сельского округа в течение 1 (один) рабочего дня направляют документы заявителя в участковую комиссию для проведения обследования материального положения лица (семьи).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 11 в редакции решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 13 в редакции решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="67"/>
-[...135 lines deleted...]
-      документ, подтверждающий факт причиненного ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Социальная помощь прекращается в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) смерти получателя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z41" w:id="74"/>
-[...15 lines deleted...]
-      документ, подтверждающий факт причиненного ущерба гражданину (семье) либо его имуществу вследствие пожара;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выезда получателя на постоянное проживание за пределы района;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z42" w:id="75"/>
-[...15 lines deleted...]
-      документ, подтверждающий факт наличия социально значимого заболевания;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направления получателя на проживание в государственные медико-социальные учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z43" w:id="76"/>
-[...15 lines deleted...]
-      документ, подтверждающий факт освобождения из мест лишения свободы, нахождения на учете службы пробации.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выявления недостоверных сведений, представленных заявителем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z44" w:id="77"/>
-[...15 lines deleted...]
-      При представлении заявителем неполного пакета документов и (или) документов с истекшим сроком действия заявителю выдается расписка об отказе в приеме заявления на оказание социальной помощи по форме согласно приложению 1-3 к Типовым правилам.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выплата социальной помощи прекращается с месяца наступления указанных обстоятельств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z45" w:id="78"/>
-[...15 lines deleted...]
-      При обращении заявителя за социальной помощью электронно посредством портала запрос в ИС государственных органов и (или) организаций для получения необходимых сведений осуществляется самим заявителем.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Излишне выплаченные суммы подлежат возврату в добровольном или ином установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z46" w:id="79"/>
-[...339 lines deleted...]
-    <w:bookmarkStart w:name="z80" w:id="87"/>
+    <w:bookmarkStart w:name="z80" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Мониторинг и учет предоставления социальной помощи проводит уполномоченный орган с использованием базы данных автоматизированной информационной системы "Е-Собес". </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В случае недостаточности документов для оказания социальной помощи, уполномоченный орган по оказанию социальной помощи запрашивает в соответствующих органах сведения, необходимые для рассмотрения представленных для оказания социальной помощи документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Дополнено пунктом 17 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В случае невозможности представления заявителем необходимых документов в связи с их порчей, утерей, уполномоченный орган по оказанию социальной помощи принимает решение об оказании социальной помощи на основании данных иных уполномоченных органов и организаций, имеющих соответствующие сведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Дополнено пунктом 18 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В случаях, указанных в пунктах 15 и 16 Типовых правил, уполномоченный орган по оказанию социальной помощи принимает решение об оказании либо отказе в оказании социальной помощи в течение 20 (двадцать) рабочих дней со дня принятия документов от заявителя или акима поселка, села, сельского округа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z53" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выявлении оснований для отказа в оказании социальной помощи уполномоченный орган по оказанию социальной помощи в срок не позднее трех рабочих дней до принятия решения уведомляет заявителя о предварительном решении об отказе, а также проведении заслушивания для предоставления возможности выражения позиции по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z54" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Время и дата заслушивания устанавливаются уполномоченным органом по оказанию социальной помощи, которое проводится путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z55" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приглашения заявителя на заслушивание посредством видеоконференцсвязи или иных средств коммуникации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z56" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      использования информационных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z57" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иных способов связи, позволяющих заявителю изложить свою позицию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z58" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявитель вправе предоставить или высказать возражение к предварительному решению по административному делу в срок не позднее двух рабочих дней со дня его получения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:p>
-[...301 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="96"/>
+    <w:bookmarkStart w:name="z59" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае устного выражения заявителем своего возражения, уполномоченный орган по оказанию социальной помощи, должностное лицо ведут протокол заслушивания. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z60" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган по оказанию социальной помощи, должностное лицо обязаны обеспечить заявителю возможность ознакомиться с протоколом заслушивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z61" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявитель в течение трех рабочих дней после ознакомления вправе представить свои замечания на протокол заслушивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z62" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам рассмотрения замечаний уполномоченный орган по оказанию социальной помощи принимает решение об оказании (отказе в оказании) социальной помощи по форме согласно приложению 4 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Дополнено пунктом 19 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Уполномоченный орган по оказанию социальной помощи направляет заявителю уведомление о принятом решении об оказании социальной помощи согласно приложению 5 к Типовым правилам (в случае отказа – согласно приложению 6 к Типовым правилам).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если в заявлении на оказание социальной помощи указан номер мобильного телефона, зарегистрированного в базе мобильных граждан, уведомление об оказании социальной помощи (отказе в оказании) отправляется в автоматическом режиме посредством передачи sms-оповещения на мобильный телефон заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z65" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии возможности отправки sms-оповещения на мобильный телефон заявителя уполномоченный орган по оказанию социальной помощи или Государственная корпорация распечатывают уведомление об оказании социальной помощи (отказе в оказании) и выдают его при личном обращении заявителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z66" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При подаче заявления посредством портала уведомление об оказании социальной помощи (отказе в оказании) в автоматическом режиме в течение одного рабочего дня со дня принятия решения отправляется в личный кабинет заявителя посредством портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Дополнено пунктом 20 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Отказ в оказании социальной помощи осуществляется в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выявления недостоверных сведений, представленных заявителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z69" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отказа, уклонения заявителя от проведения обследования материального положения лица (семьи);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z60" w:id="97"/>
-[...15 lines deleted...]
-      Уполномоченный орган по оказанию социальной помощи, должностное лицо обязаны обеспечить заявителю возможность ознакомиться с протоколом заслушивания.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) превышения размера среднедушевого дохода лица (семьи), установленного местными представительными органами порога для оказания социальной помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z61" w:id="98"/>
-[...15 lines deleted...]
-      Заявитель в течение трех рабочих дней после ознакомления вправе представить свои замечания на протокол заслушивания.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) получения из информационной системы уполномоченного государственного органа сведений, подтверждающих факты назначения, осуществления выплат, подачи заявления на назначение социальной помощи по данному основанию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z62" w:id="99"/>
-[...15 lines deleted...]
-      По результатам рассмотрения замечаний уполномоченный орган по оказанию социальной помощи принимает решение об оказании (отказе в оказании) социальной помощи по форме согласно приложению 4 к Типовым правилам.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Дополнено пунктом 21 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Уполномоченный орган по оказанию социальной помощи переводит в Государственную корпорацию суммы социальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация перечисляет суммы социальной помощи, полученные от уполномоченного органа по оказанию социальной помощи, на банковские счета получателей социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Дополнено пунктом 19 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Сноска. Дополнено пунктом 22 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3470,149 +3830,269 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Уполномоченный орган по оказанию социальной помощи направляет заявителю уведомление о принятом решении об оказании социальной помощи согласно приложению 5 к Типовым правилам (в случае отказа – согласно приложению 6 к Типовым правилам).</w:t>
-[...18 lines deleted...]
-      Если в заявлении на оказание социальной помощи указан номер мобильного телефона, зарегистрированного в базе мобильных граждан, уведомление об оказании социальной помощи (отказе в оказании) отправляется в автоматическом режиме посредством передачи sms-оповещения на мобильный телефон заявителя.</w:t>
+      23. Социальная помощь прекращается в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) смерти получателя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z65" w:id="101"/>
-[...15 lines deleted...]
-      При отсутствии возможности отправки sms-оповещения на мобильный телефон заявителя уполномоченный орган по оказанию социальной помощи или Государственная корпорация распечатывают уведомление об оказании социальной помощи (отказе в оказании) и выдают его при личном обращении заявителю.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выезда получателя на постоянное проживание за пределы Уйгурского района;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z66" w:id="102"/>
-[...15 lines deleted...]
-      При подаче заявления посредством портала уведомление об оказании социальной помощи (отказе в оказании) в автоматическом режиме в течение одного рабочего дня со дня принятия решения отправляется в личный кабинет заявителя посредством портала.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направления получателя на проживание в государственные медико-социальные учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z78" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выявления недостоверных сведений, представленных заявителем;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z79" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выявления сведений об утрате оснований на оказание социальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z80" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпункт 3) настоящего пункта не распространяется на выплату социальной помощи, назначенной по основаниям, указанным в подпунктах 1) и 2) пункта 8 Типовых правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z81" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выплата социальной помощи по основаниям, указанным в подпунктах 1)-3) настоящего пункта, прекращается со следующего месяца после наступления указанных обстоятельств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z82" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выплата социальной помощи по основаниям, указанным в подпунктах 4) и 5) настоящего пункта, прекращается с даты наступления указанных обстоятельств.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z83" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обо всех изменениях местожительства (в том числе выезд за пределы Республики Казахстан), анкетных данных, банковских реквизитов заявитель обязуется сообщить в уполномоченный орган по оказанию социальной помощи в течении 10 (десять) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Дополнено пунктом 20 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Сноска. Дополнено пунктом 23 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3620,169 +4100,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Отказ в оказании социальной помощи осуществляется в случаях:</w:t>
-[...81 lines deleted...]
-    <w:bookmarkEnd w:id="106"/>
+      24. Излишне выплаченные суммы социальной помощи подлежат возврату в добровольном порядке, неправомерно полученные суммы подлежат возврату в добровольном или в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Дополнено пунктом 21 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Сноска. Дополнено пунктом 24 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3790,109 +4190,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Уполномоченный орган по оказанию социальной помощи переводит в Государственную корпорацию суммы социальной помощи.</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="107"/>
+      25. Мониторинг и учет предоставления социальной помощи проводит уполномоченный орган по оказанию социальной помощи с использованием базы данных автоматизированной информационной системы "Е-Собес".</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Дополнено пунктом 22 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Сноска. Дополнено пунктом 25 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -3900,269 +4280,329 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Социальная помощь прекращается в случаях:</w:t>
-[...38 lines deleted...]
-      2) выезда получателя на постоянное проживание за пределы Уйгурского района;</w:t>
+      26. Для формирования категорий получателей на выплату социальной помощи к памятным датам и праздничным дням уполномоченным органом по оказанию социальной помощи инициируется запрос в информационные системы уполномоченного государственного органа на получение данных граждан, являющихся (активных) получателями пенсий и пособий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения по получателям пенсий и пособий на оказание социальной помощи формируются по форме согласно приложению 7 к Типовым правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z77" w:id="110"/>
-[...15 lines deleted...]
-      3) направления получателя на проживание в государственные медико-социальные учреждения;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Дополнено пунктом 26 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Процесс осуществления выплаты социальной помощи через Государственную корпорацию инициируется уполномоченным органом по оказанию социальной помощи при принятии им решения об оказании социальной помощи через информационные системы уполномоченного государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Дополнено пунктом 27 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-34-174</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. На основании принятого уполномоченным органом по оказанию социальной помощи решения об оказании социальной помощи Государственная корпорация формирует потребность в бюджетных средствах на выплату социальной помощи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по единовременным выплатам – ежедневно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z78" w:id="111"/>
-[...15 lines deleted...]
-      4) выявления недостоверных сведений, представленных заявителем;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по ежемесячным и ежеквартальным выплатам – к 29 числу месяца, предшествующего месяцу выплаты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z79" w:id="112"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Сноска. Дополнено пунктом 23 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
+        <w:t xml:space="preserve">Сноска. Дополнено пунктом 28 решения Уйгурского районного маслихата Алматинской области от 26.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8-34-174</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -4170,603 +4610,93 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Излишне выплаченные суммы социальной помощи подлежат возврату в добровольном порядке, неправомерно полученные суммы подлежат возврату в добровольном или в судебном порядке.</w:t>
-[...508 lines deleted...]
-        <w:t>
       29. После формирования потребности Государственная корпорация не позднее следующего рабочего дня направляет заявку о сумме потребности на выплату социальной помощи в уполномоченный орган по оказанию социальной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="120"/>
+    <w:bookmarkStart w:name="z93" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган по оказанию социальной помощи в течение двух рабочих дней после поступления заявки о сумме потребности на выплату социальной помощи перечисляет в Государственную корпорацию денежные средства в пределах сумм, предусмотренных заявкой о сумме потребности на выплату социальной помощи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z94" w:id="121"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z94" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По заявкам о суммах потребности на выплату социальной помощи, поступившим 27 числа месяца, уполномоченный орган по оказанию социальной помощи перечисляет денежные средства в Государственную корпорацию не ранее первого числа месяца выплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5208,55 +5138,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>