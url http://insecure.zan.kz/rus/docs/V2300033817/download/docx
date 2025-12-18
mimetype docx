--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2877507" w14:textId="2877507">
+    <w:p w14:paraId="1412804" w14:textId="1412804">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в некоторые приказы Министерства финансов Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Заместителя Премьер-Министра - Министра финансов Республики Казахстан от 26 декабря 2023 года № 1321. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 декабря 2023 года № 33817</w:t>
+        <w:t>Приказ Заместителя Премьер-Министра - Министра финансов Республики Казахстан от 26 декабря 2023 года № 1321. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 декабря 2023 года № 33817.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -717,130 +717,214 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых приказов Министерства финансов Республики Казахстан, в которые вносятся изменения и дополнения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(далее – Перечень)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 утрачивает силу приказом Министра финансов РК от 28.10. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 629</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 22 апреля 2019 года № 370 "Об утверждении Правил выписки счета-фактуры в электронной форме в информационной системе электронных счетов-фактур и его формы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18583) следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выписки счета-фактуры в электронной форме в информационной системе электронных счетов-фактур, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -853,350 +937,350 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. При осуществлении операций, указанных в пункте 12 и абзаце втором пункта 53 настоящих Правил, ЭСФ приобретает следующие статусы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Не просмотрен" – ЭСФ, выписанный в соответствии с требованиями, установленными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса и настоящими Правилами, заверенный ЭЦП, с присвоенным уникальным регистрационным номером, но не просмотренный получателем товаров, работ, услуг; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Доставлен" – ЭСФ, выписанный в соответствии с требованиями, установленными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса и настоящими Правилами, заверенный ЭЦП, с присвоенным уникальным регистрационным номером, просмотренный получателем товаров, работ, услуг; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) "Аннулирован" – ЭСФ, аннулированный поставщиком товаров, работ, услуг, с обязательной выпиской исправленного ЭСФ; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) "Аннулирован при отклонении СНТ" – ЭСФ, аннулированный при отклонении получателем товаров, работ, услуг оформленной поставщиком СНТ;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
-[...15 lines deleted...]
-      4) "Аннулирован при отклонении СНТ" – ЭСФ, аннулированный при отклонении получателем товаров, работ, услуг оформленной поставщиком СНТ;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) "Аннулирован при отзыве СНТ" – ЭСФ, аннулированный при отзыве поставщиком товаров, работ, услуг ранее оформленного СНТ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...15 lines deleted...]
-      5) "Аннулирован при отзыве СНТ" – ЭСФ, аннулированный при отзыве поставщиком товаров, работ, услуг ранее оформленного СНТ;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "Аннулирован при отнесении в зачет и на вычеты" – ЭСФ, по сделкам (операциям) с юридическими лицами и (или) индивидуальными предпринимателями, чья регистрация/перерегистрация признана недействительной на основании вступившего в законную силу решения суда, за исключением операций, по которым судом установлено фактическое получение товаров, работ, услуг от такого налогоплательщика;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) "Отозван" – ЭСФ, отозванный поставщиком товаров, работ, услуг; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) "Черновик" – частично заполненный, редактируемый документ, не отправленный получателю товаров, работ, услуг;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      8) "Черновик" – частично заполненный, редактируемый документ, не отправленный получателю товаров, работ, услуг;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) "Импортированный" – ЭСФ, загруженный в ИС ЭСФ из учетных систем налогоплательщика, по которому проведена проверка на соответствие требованиям настоящих Правил, но не отправленный получателю товаров, работ, услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
-[...15 lines deleted...]
-      9) "Импортированный" – ЭСФ, загруженный в ИС ЭСФ из учетных систем налогоплательщика, по которому проведена проверка на соответствие требованиям настоящих Правил, но не отправленный получателю товаров, работ, услуг;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) "Ошибочный" – ЭСФ, не прошедший проверку на соответствие требованиям настоящих Правил и не отправленный получателю товаров, работ, услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
-[...15 lines deleted...]
-      10) "Ошибочный" – ЭСФ, не прошедший проверку на соответствие требованиям настоящих Правил и не отправленный получателю товаров, работ, услуг;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) "Отклоненный" – ЭСФ, отклоненный получателем товаров, работ, услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
-[...15 lines deleted...]
-      11) "Отклоненный" – ЭСФ, отклоненный получателем товаров, работ, услуг;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) "Заблокирован ИС ЭСФ" – ЭСФ, направленный в уполномоченный орган для применения мер государственной поддержки.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1209,130 +1293,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "37. Исправленный или дополнительный ЭСФ выписывается в пределах срока исковой давности, установленного налоговым законодательством, за исключением случаев, предусмотренных частями второй и третьей настоящего пункта, с даты выписки ЭСФ, к которому выписывается дополнительный или исправленный ЭСФ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Выписка исправленного ЭСФ правопреемником реорганизованного путем присоединения (присоединившегося юридического лица), слияния и разделения юридического лица согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 56 Налогового кодекса, не производится.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выписка дополнительного ЭСФ правопреемником реорганизованного путем присоединения (присоединившегося юридического лица), слияния и разделения юридического лица по корректировке размера облагаемого оборота в сторону увеличения производится в сроки, предусмотренные гражданским и налоговым законодательством Республики Казахстан.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1345,70 +1429,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 39 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3) в строке 6.1 "БИН реорганизованного лица" при выписке дополнительного ЭСФ указывается БИН юридического лица, реорганизованного путем присоединения, слияния и разделения, или БИН ликвидированного структурного подразделения юридического лица;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1441,570 +1525,570 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "40. В строке 10 "Категория поставщика" делается отметка в:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ячейке "А" – в случае если поставщик является комитентом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
-[...15 lines deleted...]
-      ячейке "А" – в случае если поставщик является комитентом;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ячейке "В" – в случае если поставщик является комиссионером;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
-[...15 lines deleted...]
-      ячейке "В" – в случае если поставщик является комиссионером;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ячейке "С" – в случае если поставщик является экспедитором;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
-[...15 lines deleted...]
-      ячейке "С" – в случае если поставщик является экспедитором;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ячейке "D" – в случае если поставщик является лизингодателем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
-[...15 lines deleted...]
-      ячейке "D" – в случае если поставщик является лизингодателем;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ячейке "Е" – в случае если поставщик является участником соглашения (контракта) о разделе продукции или контракта на недропользование, утвержденного Президентом Республики Казахстан (СРП);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
-[...15 lines deleted...]
-      ячейке "Е" – в случае если поставщик является участником соглашения (контракта) о разделе продукции или контракта на недропользование, утвержденного Президентом Республики Казахстан (СРП);</w:t>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ячейке "F" – в случае если поставщик является участником договора о совместной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
-[...15 lines deleted...]
-      ячейке "F" – в случае если поставщик является участником договора о совместной деятельности;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ячейке "G" – в случае если поставщик:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
-[...15 lines deleted...]
-      ячейке "G" – в случае если поставщик:</w:t>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляет вывоз товара в таможенной процедуре экспорта товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществляет вывоз товара с территории Республики Казахстан на территорию государства-члена ЕАЭС; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ячейке "H" – в случае если поставщик является налогоплательщиком, оказывающим услуги по международным перевозкам;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ячейке "I" – в случае если поставщик является доверителем. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. В случае выписки ЭСФ в рамках договоров о совместной деятельности и (или) в рамках соглашения (контракта) о разделе продукции или контракта на недропользование, утвержденного Президентом Республики Казахстан в разделе В "Реквизиты поставщика" указываются:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) реквизиты поверенного или участника договора о совместной деятельности, от имени которого выписывается ЭСФ, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 417 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реквизиты каждого участника договора о совместной деятельности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
-[...15 lines deleted...]
-      2) реквизиты каждого участника договора о совместной деятельности;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) реквизиты участников соглашения (контракта) о разделе продукции или контракта на недропользование, утвержденного Президентом Республики Казахстан, от имени которых выписывается ЭСФ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае выписки ЭСФ в рамках договора поручения в разделе В "Реквизиты поставщика" указываются реквизиты доверителя в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 374</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отметке ячейки "Е" – в случае если поставщик является "Участник соглашения (контракта) о разделе продукции или контракта на недропользование, утвержденного Президентом Республики Казахстан (СРП)" и (или) "F" "Участник договора о совместной деятельности" заполняется строка 10.1 "Количество", в которой указывается количество участников соглашения (контракта) о разделе продукции или контракта на недропользование, утвержденного Президентом Республики Казахстан (СРП) и (или) участников договора о совместной деятельности, что увеличивает количество разделов В "Реквизиты поставщика", B1 "Банковские реквизиты поставщика" и Н "Данные по товарам, работам, услугам участников совместной деятельности", которые заполняются для каждого участника соглашения (контракта) о разделе продукции или контракта на недропользование, утвержденного Президентом Республики Казахстан (СРП) и (или) участника совместной деятельности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) поставщик товаров, работ, услуг, являющийся экспортером, участником соглашения (контракта) о разделе продукции или контракта на недропользование, утвержденного Президентом Республики Казахстан (СРП), а также применяющий нулевую ставку НДС по оборотам по реализации товаров в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 393 Налогового кодекса, отмечает ячейку "E" "Участник СРП" или ячейку "G" "Экспортер". При отметке одной из данных ячеек поставщик товаров, работ, услуг может выписывать ЭСФ в иностранной валюте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) поставщик, оказывающий услуги по международным перевозкам в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 387</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, отмечает ячейку "H" "Международный перевозчик". При отметке данной ячейки поставщик, оказывающий услуги по международным перевозкам, может выписывать ЭСФ в иностранной валюте.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2017,170 +2101,170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) в строке 16 "ИИН/БИН" указываются ИИН или БИН получателя товаров, работ, услуг (строка подлежит заполнению).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, если в строке 20 "Категория получателя" отмечена ячейка:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z61" w:id="50"/>
-[...15 lines deleted...]
-      При этом, если в строке 20 "Категория получателя" отмечена ячейка:</w:t>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "F" "Нерезидент" – указывается, идентификационный код (номер) нерезидента (строка подлежит заполнению при вывозе товаров на территорию государств-членов ЕАЭС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z62" w:id="51"/>
-[...15 lines deleted...]
-      "F" "Нерезидент" – указывается, идентификационный код (номер) нерезидента (строка подлежит заполнению при вывозе товаров на территорию государств-членов ЕАЭС);</w:t>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "I" "Розничная реализация" – строка не обязательна для заполнения;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z63" w:id="52"/>
-[...15 lines deleted...]
-      "I" "Розничная реализация" – строка не обязательна для заполнения;";</w:t>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подпункт 3) изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z64" w:id="53"/>
-[...15 lines deleted...]
-      подпункт 3) изложить в следующей редакции:</w:t>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3) в строке 16.1 "БИН реорганизованного лица" при выписке дополнительного ЭСФ указывается БИН юридического лица, реорганизованного путем присоединения, слияния и разделения;";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z65" w:id="54"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2193,230 +2277,230 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 52 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1) в строке 27.1 "Договор (контракт) на поставку товаров, работ, услуг" делается отметка и заполняются строки 27.3 "Номер", в которой указывается номер договора (контракта) на поставку товаров, работ, услуг, 27.4 "Дата", в которой указывается дата договора (контракта) на поставку товаров, работ, услуг, и 27.5 "Учетный номер", в которой указывается идентификационный номер, присвоенный валютному договору по экспорту и импорту в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О валютном регулировании и валютном контроле". Данные строки являются взаимозависимыми строками. При отметке строки 27.2 "Без договора (контракта) на поставку товаров, работ, услуг" не подлежат заполнению строки 27.3 и 27.4;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       часть третью </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Данная графа подлежит заполнению по товарам, относящимся к признакам "1", "2", "3" в графе 2 "Признак происхождения товара, работ, услуг", а также признаков "4" и "5" – при экспорте товаров в государства-члены ЕАЭС.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z69" w:id="57"/>
-[...15 lines deleted...]
-      "Данная графа подлежит заполнению по товарам, относящимся к признакам "1", "2", "3" в графе 2 "Признак происхождения товара, работ, услуг", а также признаков "4" и "5" – при экспорте товаров в государства-члены ЕАЭС.";</w:t>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктами 61-1 и 61-2 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z70" w:id="58"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "61-1. В графе 6/1 "Количественная единица измерения" указывается условное обозначение и код единицы измерения товара в соответствии с классификатором единиц измерения и счета Евразийского экономического союза, утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Коллегии Евразийской экономической комиссии от 27 октября 2020 года № 145 "О Классификаторе единиц измерения и счета Евразийского экономического союза" (строка подлежит заполнению по товарам, подлежащим прослеживаемости). </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61-2. В графе 6/2 "Количество в количественной единице измерения" указывается количество товара в количественной единице измерения, исходя из принятых единиц измерения, предусмотренных пунктом 61-1 настоящих Правил (строка подлежит заполнению по товарам, подлежащим прослеживаемости).";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z72" w:id="60"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2429,70 +2513,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 74 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "2) в строке 34.2 "БИН реорганизованного лица" указывается БИН юридического лица, реорганизованного путем присоединения, слияния и разделения, при выписке дополнительного ЭСФ.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2525,90 +2609,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанному приказу изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="62"/>
+    <w:bookmarkStart w:name="z76" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 23 апреля 2019 года № 384 "Об утверждении перечня товаров, по которым электронные счета-фактуры выписываются посредством модуля "Виртуальный склад" информационной системы электронных счетов-фактур" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18603) следующие дополнения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2621,90 +2705,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> товаров, по которым электронные счета-фактуры выписываются посредством модуля "Виртуальный склад" информационной системы электронных счетов-фактур, утвержденный указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="63"/>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнить строками, порядковые номера 272, 273, 274, 275, 276, 277, 278, 279, 280, 281, 282, 283, 284, 285, 286, 287, 288 и 289 следующего содержания:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z79" w:id="64"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3994,70 +4078,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 277</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="65"/>
+          <w:bookmarkStart w:name="z80" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нефть и нефтепродукты, полученные из битуминозных пород, кроме сырых; продукты, в другом месте не поименованные или не включенные, содержащие 70 мас. % или более нефти или нефтепродуктов, полученных из битуминозных пород, причем эти нефтепродукты являются основными составляющими продуктов; отработанные нефтепродукты:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="65"/>
+          <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 — нефть и нефтепродукты (кроме сырых), полученные из битуминозных пород, и продукты, в другом месте не поименованные или не включенные, содержащие 70 мас. % или более нефти или нефтепродуктов, полученных из битуминозных пород, причем эти нефтепродукты являются основными составляющими продуктов, за исключением содержащих биодизель и отработанных нефтепродуктов:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6881,110 +6965,194 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15 марта 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="66"/>
+    <w:bookmarkStart w:name="z81" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z82" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 утрачивает силу приказом и.о. Министра финансов РК от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 657</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 26 декабря 2019 года № 1424 "Об утверждении Перечня товаров, на которые распространяется обязанность по оформлению сопроводительных накладных на товары, а также Правил оформления и их документооборота" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 19784) следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6997,70 +7165,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="68"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1) Перечень товаров, на которые распространяется обязанность по оформлению сопроводительных накладных на товары (далее – Перечень товаров), согласно приложению 1 к настоящему приказу;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7073,70 +7241,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> товаров, на которые распространяется обязанность по оформлению сопроводительных накладных на товары, утвержденный указанным приказом, дополнить строкой, порядковый номер 3-1 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="69"/>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7265,150 +7433,150 @@
               <w:t>
 15 марта 2024 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:bookmarkStart w:name="z88" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оформления сопроводительных накладных на товары и их документооборот, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z89" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 5-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z90" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5-1. Сведения по остаткам товаров, вносимые в журнал форм виртуального склада через форму "Остатки" подлежат соответствию сведениям по фактическому количеству остатков товара на складе.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z89" w:id="71"/>
-[...15 lines deleted...]
-      дополнить пунктом 5-1 следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z91" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения по товарам, произведенным на территории Республики Казахстан, вносимые в журнал форм виртуального склада через форму "Производство" подлежат соответствию сведениям по фактическому количеству остатков товара на складе.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z90" w:id="72"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7421,170 +7589,170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="74"/>
+    <w:bookmarkStart w:name="z93" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. СНТ оформляется в электронной форме в ИС ЭСФ, за исключением случая, указанного в пункте 64 настоящих Правил, когда СНТ подлежит оформлению на бумажном носителе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z94" w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z94" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       СНТ оформляется поставщиком (при ввозе – получателем) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, на государственном или русском языках посредством модуля "Виртуальный склад".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z95" w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z95" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По товарам, указанным в строках, порядковые номера 5, 6, 7 и 8 Перечня товаров, СНТ оформляется без применения модуля "Виртуальный склад". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z96" w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z96" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При оформлении СНТ на бумажных носителях поставщик (при ввозе – получатель) ведет Журнал регистрации и учета бумажных сопроводительных накладных на товары (далее – Журнал) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7597,90 +7765,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="78"/>
+    <w:bookmarkStart w:name="z98" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "11. Оригиналом (подлинником) СНТ является электронный документ, содержащийся в ИС ЭСФ, а также СНТ на бумажном носителе, оформленная в случае, предусмотренном пунктом 64 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z99" w:id="79"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z99" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СНТ, распечатанная из ИС ЭСФ на бумажный носитель, отражает заполненные поставщиком реквизиты и допускает отличие от электронной (экранной) версии СНТ.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7753,770 +7921,770 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="80"/>
+    <w:bookmarkStart w:name="z101" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. СНТ подлежит оформлению:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z102" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при перемещении, реализации и (или) отгрузке на территории Республики Казахстан товаров, указанных в строках, порядковые номера 1, 2, 3 и 3-1 Перечня товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z103" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при реализации на территории Республики Казахстан товаров, указанных в строке, порядковый номер 4 Перечня товаров;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z102" w:id="81"/>
-[...15 lines deleted...]
-      1) при перемещении, реализации и (или) отгрузке на территории Республики Казахстан товаров, указанных в строках, порядковые номера 1, 2, 3 и 3-1 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС, за исключением ввоза товаров на легковом автомобиле, разрешенная максимальная грузоподъемность которого не превышает 2,5 тонн;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z103" w:id="82"/>
-[...15 lines deleted...]
-      2) при реализации на территории Республики Казахстан товаров, указанных в строке, порядковый номер 4 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при вывозе с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1 и 4 Перечня товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z104" w:id="83"/>
-[...15 lines deleted...]
-      3) при ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС, за исключением ввоза товаров на легковом автомобиле, разрешенная максимальная грузоподъемность которого не превышает 2,5 тонн;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС, за исключением вывоза товаров на легковом автомобиле, разрешенная максимальная грузоподъемность которого не превышает 2,5 тонн;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z105" w:id="84"/>
-[...15 lines deleted...]
-      4) при вывозе с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1 и 4 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) при реализации на территории Республики Казахстан имущества, обращенного в государственную собственность (товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1 и 4 Перечня товаров);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z106" w:id="85"/>
-[...15 lines deleted...]
-      5) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС, за исключением вывоза товаров на легковом автомобиле, разрешенная максимальная грузоподъемность которого не превышает 2,5 тонн;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) При ввозе на территорию Республики Казахстан с территории государств-членов ЕАЭС или вывозе с территории Республики Казахстан на территорию государств-членов ЕАЭС товаров физическому лицу автомобильным транспортом, при этом СНТ оформляется перевозчиком, осуществляющим деятельность по транспортировке товаров (экспедирование, курьерская доставка);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z107" w:id="86"/>
-[...15 lines deleted...]
-      6) при реализации на территории Республики Казахстан имущества, обращенного в государственную собственность (товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1 и 4 Перечня товаров);</w:t>
+    <w:bookmarkStart w:name="z109" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) при перемещении товаров в пределах одного лица и (или) между структурными подразделениями одного лица, за исключением перемещения по территории Республики Казахстан товаров, указанных в строке, порядковый номер 4 Перечня товаров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z108" w:id="87"/>
-[...15 lines deleted...]
-      7) При ввозе на территорию Республики Казахстан с территории государств-членов ЕАЭС или вывозе с территории Республики Казахстан на территорию государств-членов ЕАЭС товаров физическому лицу автомобильным транспортом, при этом СНТ оформляется перевозчиком, осуществляющим деятельность по транспортировке товаров (экспедирование, курьерская доставка);</w:t>
+    <w:bookmarkStart w:name="z110" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении перевозок автомобильным транспортным средством, СНТ оформляется отдельно на каждое транспортное средство.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z109" w:id="88"/>
-[...15 lines deleted...]
-      8) при перемещении товаров в пределах одного лица и (или) между структурными подразделениями одного лица, за исключением перемещения по территории Республики Казахстан товаров, указанных в строке, порядковый номер 4 Перечня товаров.</w:t>
+    <w:bookmarkStart w:name="z111" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. СНТ не подлежит оформлению:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z110" w:id="89"/>
-[...15 lines deleted...]
-      При осуществлении перевозок автомобильным транспортным средством, СНТ оформляется отдельно на каждое транспортное средство.</w:t>
+    <w:bookmarkStart w:name="z112" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при розничной торговле, в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z111" w:id="90"/>
-[...15 lines deleted...]
-      14. СНТ не подлежит оформлению:</w:t>
+    <w:bookmarkStart w:name="z113" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при реализации товаров, расчеты за которые осуществляются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z112" w:id="91"/>
-[...15 lines deleted...]
-      1) при розничной торговле, в следующих случаях:</w:t>
+    <w:bookmarkStart w:name="z114" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличными деньгами с представлением покупателю чека контрольно-кассовой машины и (или) через терминалы оплаты услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z113" w:id="92"/>
-[...15 lines deleted...]
-      при реализации товаров, расчеты за которые осуществляются:</w:t>
+    <w:bookmarkStart w:name="z115" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с применением оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z114" w:id="93"/>
-[...15 lines deleted...]
-      наличными деньгами с представлением покупателю чека контрольно-кассовой машины и (или) через терминалы оплаты услуг;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при реализации товаров физическим лицам, расчеты за которые осуществляются электронными деньгами или с использованием средств электронного платежа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z115" w:id="94"/>
-[...15 lines deleted...]
-      с применением оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при розничной реализации автозаправочными станциями товаров, указанных в строках, порядковые номера 3 и 3-1 Перечня товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z116" w:id="95"/>
-[...15 lines deleted...]
-      при реализации товаров физическим лицам, расчеты за которые осуществляются электронными деньгами или с использованием средств электронного платежа;</w:t>
+    <w:bookmarkStart w:name="z118" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при ввозе товаров на территорию Республики Казахстан с территории государств, не являющихся членами ЕАЭС, и с территории государств-членов ЕАЭС по системе магистральных трубопроводов и (или) по линиям электропередачи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z117" w:id="96"/>
-[...15 lines deleted...]
-      2) при розничной реализации автозаправочными станциями товаров, указанных в строках, порядковые номера 3 и 3-1 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при вывозе товаров с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, и на территорию государств-членов ЕАЭС по системе магистральных трубопроводов и (или) по линиям электропередачи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z118" w:id="97"/>
-[...15 lines deleted...]
-      3) при ввозе товаров на территорию Республики Казахстан с территории государств, не являющихся членами ЕАЭС, и с территории государств-членов ЕАЭС по системе магистральных трубопроводов и (или) по линиям электропередачи;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС, по которым местом начала транспортировки является территория государств, не являющихся членами ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z119" w:id="98"/>
-[...15 lines deleted...]
-      4) при вывозе товаров с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, и на территорию государств-членов ЕАЭС по системе магистральных трубопроводов и (или) по линиям электропередачи;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС, по которым страной назначения является территория государства, не являющегося членом ЕАЭС, за исключением товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1 и 4 Перечня товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z120" w:id="99"/>
-[...15 lines deleted...]
-      5) при ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС, по которым местом начала транспортировки является территория государств, не являющихся членами ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) при отгрузке возвратной тары, за исключением случаев вывоза тары, код ТН ВЭД который включен в Перечень изъятия Всемирной торговой организации (далее – ВТО), с территории Республики Казахстан на территорию государств-членов ЕАЭС;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z121" w:id="100"/>
-[...15 lines deleted...]
-      6) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС, по которым страной назначения является территория государства, не являющегося членом ЕАЭС, за исключением товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1 и 4 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) при перемещении товаров в пределах одного лица между стационарными, производственными и (или) складскими помещениями, расположенными по одному адресу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z122" w:id="101"/>
-[...15 lines deleted...]
-      7) при отгрузке возвратной тары, за исключением случаев вывоза тары, код ТН ВЭД который включен в Перечень изъятия Всемирной торговой организации (далее – ВТО), с территории Республики Казахстан на территорию государств-членов ЕАЭС;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) при ввозе на территорию Республики Казахстан с территории государств-членов ЕАЭС или вывозе с территории Республики Казахстан на территорию государств-членов ЕАЭС товаров для личного пользования физическими лицами в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z123" w:id="102"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="104"/>
+    <w:bookmarkStart w:name="z125" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. СНТ представляется поставщиком (при ввозе получателем) в следующие сроки, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 176</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z126" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при перемещении, реализации и (или) отгрузке товаров по территории Республики Казахстан – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при ввозе товаров на территорию Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z126" w:id="105"/>
-[...15 lines deleted...]
-      1) при перемещении, реализации и (или) отгрузке товаров по территории Республики Казахстан – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с территории государств, не являющихся членами ЕАЭС, – не позднее начала перемещения, реализации товаров, указанных в строках, порядковые номера 1, 2, 3 и 3-1 Перечня товаров, по которым произведена таможенная очистка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z127" w:id="106"/>
-[...15 lines deleted...]
-      2) при ввозе товаров на территорию Республики Казахстан:</w:t>
+    <w:bookmarkStart w:name="z129" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с территории государств-членов ЕАЭС – до пересечения Государственной границы Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z128" w:id="107"/>
-[...15 lines deleted...]
-      с территории государств, не являющихся членами ЕАЭС, – не позднее начала перемещения, реализации товаров, указанных в строках, порядковые номера 1, 2, 3 и 3-1 Перечня товаров, по которым произведена таможенная очистка;</w:t>
+    <w:bookmarkStart w:name="z130" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при вывозе с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1 и 4 Перечня товаров – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z129" w:id="108"/>
-[...15 lines deleted...]
-      с территории государств-членов ЕАЭС – до пересечения Государственной границы Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z130" w:id="109"/>
-[...15 lines deleted...]
-      3) при вывозе с территории Республики Казахстан на территорию государств, не являющихся членами ЕАЭС, товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1 и 4 Перечня товаров – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) при осуществлении международных автомобильных перевозок с территории одного государства-члена ЕАЭС на территорию другого государства-члена ЕАЭС через территорию Республики Казахстан – на автомобильном пункте пропуска при пересечении Государственной границы Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z131" w:id="110"/>
-[...15 lines deleted...]
-      4) при вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС – не позднее начала перемещения, реализации и (или) отгрузки товаров;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС или вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС автомобильным транспортным средством либо воздушным судном, работником органа государственных доходов производится подтверждение факта пересечения Государственной границы Республики Казахстан путем проставления соответствующей отметки в СНТ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z132" w:id="111"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="113"/>
+    <w:bookmarkStart w:name="z134" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Получатель СНТ в течение 10 (десяти) календарных дней с даты регистрации СНТ в ИС ЭСФ представляет посредством ИС ЭСФ подтвержденную или отклоненную СНТ, подписанную ЭЦП в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об электронном документе и электронной цифровой подписи", за исключением поставки (перевозки) товара посредством любого вида транспорта, при которой представление подтвержденной или отклоненной СНТ осуществляется не позднее 20 (двадцати) рабочих дней с даты регистрации СНТ в ИС ЭСФ.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8529,70 +8697,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункт 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 17 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="114"/>
+    <w:bookmarkStart w:name="z136" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4) при реализации товаров, указанных в строках, порядковые номера 3 и 3-1 Перечня товаров, конечному потребителю.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8605,130 +8773,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="115"/>
+    <w:bookmarkStart w:name="z138" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "18. СНТ, оформленная с указанием неполных и (или) недостоверных данных, а также неподтвержденная или неотклоненная получателем, подлежит исправлению или отзыву поставщиком (при ввозе – получателем), за исключением случаев, установленных настоящим пунктом:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z139" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при поставке (перевозке) товара посредством любого вида транспорта – в течение 20 (двадцати) рабочих дней с даты регистрации СНТ в ИС ЭСФ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z140" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при поставке товара без использования транспорта – в течение 10 (десяти) календарных дней с даты регистрации СНТ в ИС ЭСФ.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z139" w:id="116"/>
-[...15 lines deleted...]
-      1) при поставке (перевозке) товара посредством любого вида транспорта – в течение 20 (двадцати) рабочих дней с даты регистрации СНТ в ИС ЭСФ;</w:t>
+    <w:bookmarkStart w:name="z141" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом СНТ, оформленная при ввозе (вывозе) товаров на территорию (с территории) Республики Казахстан с территории (на территорию) государств-членов ЕАЭС, по которой имеется подтверждение факта пересечения Государственной границы Республики Казахстан, не подлежит отзыву.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z140" w:id="117"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8741,130 +8909,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="119"/>
+    <w:bookmarkStart w:name="z143" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "21. По товарам, реализованным налогоплательщику, которому согласно подпункту 3) пункта 17 настоящих Правил присвоена отметка "Малая торговая точка", оформление СНТ на возврат товара производится поставщиком.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z144" w:id="120"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z144" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       часть первую </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z145" w:id="121"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z145" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "22. При ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС получатель товаров, указанных в строках, порядковых номерах 1, 2, 3, 3-1 и 4 Перечня, оформляет первичную СНТ, посредством которой товары поступают в виртуальный склад.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8877,110 +9045,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="122"/>
+    <w:bookmarkStart w:name="z147" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "23. При ввозе товаров на территорию Республики Казахстан с территории государств-членов ЕАЭС или вывозе товаров с территории Республики Казахстан на территорию государств-членов ЕАЭС автомобильным транспортным средством лицо, осуществляющее такую транспортировку товаров (водитель) на пункте пропуска при пересечении Государственной границы предоставляет регистрационный номер СНТ на перевозимый товар работнику органа государственных доходов для подтверждения факта пересечения Государственной границы Республики Казахстан.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z148" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 23-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z149" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "23-1. Получатель по товарам, ввозимым на территорию Республики Казахстан с территории государств-членов ЕАЭС, за исключением товаров, указанных в строках, порядковые номера 1, 2, 3, 3-1 и 4 Перечня товаров, оприходованным на виртуальный склад по СНТ, имеет возможность произвести списание указанных товаров с виртуального склада.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z148" w:id="123"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9013,210 +9181,210 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="125"/>
+    <w:bookmarkStart w:name="z151" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "24. Товары, указанные в строках, порядковые номера 1, 2, 3, 3-1 и 4 Перечня товаров, списываются с виртуального склада без оформления СНТ на реализацию:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z152" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на основе чека контрольно-кассовой машины с функцией фиксации и (или) передачи данных, который содержит ID товара – автоматически на 16 (шестнадцатый) календарный день со дня реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z153" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при использовании для собственных нужд, в производстве, оказании услуг, выполнении работ;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z152" w:id="126"/>
-[...15 lines deleted...]
-      на основе чека контрольно-кассовой машины с функцией фиксации и (или) передачи данных, который содержит ID товара – автоматически на 16 (шестнадцатый) календарный день со дня реализации;</w:t>
+    <w:bookmarkStart w:name="z154" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при порче, утрате, хищении, утилизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z153" w:id="127"/>
-[...15 lines deleted...]
-      при использовании для собственных нужд, в производстве, оказании услуг, выполнении работ;</w:t>
+    <w:bookmarkStart w:name="z155" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при прекращении прослеживаемости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z154" w:id="128"/>
-[...15 lines deleted...]
-      при порче, утрате, хищении, утилизации;</w:t>
+    <w:bookmarkStart w:name="z156" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при получении товаров по СНТ, оформленной в адрес субъекта розничной торговли, соответствующего критериям, установленным подпунктом 3) пункта 17 настоящих Правил, автоматически по истечении 30 (тридцати) календарных дней с даты оформления СНТ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z155" w:id="129"/>
-[...15 lines deleted...]
-      при прекращении прослеживаемости;</w:t>
+    <w:bookmarkStart w:name="z157" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. СНТ, зарегистрированная в ИС ЭСФ, хранится с даты регистрации в ИС ЭСФ в течение срока исковой давности, установленной Налоговым кодексом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z156" w:id="130"/>
-[...15 lines deleted...]
-      при получении товаров по СНТ, оформленной в адрес субъекта розничной торговли, соответствующего критериям, установленным подпунктом 3) пункта 17 настоящих Правил, автоматически по истечении 30 (тридцати) календарных дней с даты оформления СНТ.</w:t>
+    <w:bookmarkStart w:name="z158" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СНТ, зарегистрированная в Журнале регистрации и учета бумажных СНТ, а также Журнал регистрации и учета бумажных СНТ, хранятся с даты регистрации СНТ в течение срока исковой давности, установленной Налоговым кодексом.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z157" w:id="131"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9289,1650 +9457,1650 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="133"/>
+    <w:bookmarkStart w:name="z160" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "29. В разделе А "Общий раздел" заполняются строки со следующими порядковыми номерами:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z161" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Номер СНТ учетной системы" – порядковый номер СНТ, который присваивается в налоговом учете налогоплательщика и определяется поставщиком товаров самостоятельно (данное поле не обязательно к заполнению);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z162" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Дата отгрузки товара" – дата заполняется вручную;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z161" w:id="134"/>
-[...15 lines deleted...]
-      "1. Номер СНТ учетной системы" – порядковый номер СНТ, который присваивается в налоговом учете налогоплательщика и определяется поставщиком товаров самостоятельно (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z163" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Регистрационный номер СНТ в ИС ЭСФ" – заполняется автоматически при регистрации СНТ в ИС ЭСФ (не предназначено для заполнения и (или) редактирования участником ИС ЭСФ);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z162" w:id="135"/>
-[...15 lines deleted...]
-      "2. Дата отгрузки товара" – дата заполняется вручную;</w:t>
+    <w:bookmarkStart w:name="z164" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3.1. Дата и время регистрации СНТ в ИС ЭСФ" – заполняется автоматически ИС ЭСФ и соответствует фактическому времени оформления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z163" w:id="136"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z165" w:id="138"/>
+    <w:bookmarkStart w:name="z165" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "4. Номер акта/Уведомления по товарам, подлежащим маркировке" – указывается регистрационный номер акта приема/передачи или уведомления о ввозе товаров, подлежащих маркировке (данное поле не обязательно к заполнению); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z166" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4.1. Дата акта/Уведомления по товарам, подлежащим маркировке" – указывается дата акта приема/передачи или уведомления о ввозе товаров, подлежащих маркировке (данное поле не обязательно к заполнению);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z167" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Исправление СНТ" – ставится отметка при необходимости исправления ошибок, не влекущих замену поставщика и (или) получателя товаров, путем аннулирования ранее оформленной СНТ и оформлением исправленной СНТ;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z166" w:id="139"/>
-[...15 lines deleted...]
-      "4.1. Дата акта/Уведомления по товарам, подлежащим маркировке" – указывается дата акта приема/передачи или уведомления о ввозе товаров, подлежащих маркировке (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z168" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5.1. Регистрационный номер исправляемой СНТ в ИС ЭСФ" – указывается регистрационный номер исправляемой СНТ в ИС ЭСФ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z167" w:id="140"/>
-[...15 lines deleted...]
-      "5. Исправление СНТ" – ставится отметка при необходимости исправления ошибок, не влекущих замену поставщика и (или) получателя товаров, путем аннулирования ранее оформленной СНТ и оформлением исправленной СНТ;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Возврат товара, ранее принятого по СНТ" – ставится отметка при необходимости возврата товара, с указанием в разделе В "Реквизиты поставщика" реквизитов получателя, в разделе С "Реквизиты получателя" реквизитов поставщика;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z168" w:id="141"/>
-[...15 lines deleted...]
-      "5.1. Регистрационный номер исправляемой СНТ в ИС ЭСФ" – указывается регистрационный номер исправляемой СНТ в ИС ЭСФ;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6.1. Регистрационный номер СНТ в ИС ЭСФ" – указывается регистрационный номер ранее оформленной СНТ в ИС ЭСФ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z169" w:id="142"/>
-[...15 lines deleted...]
-      "6. Возврат товара, ранее принятого по СНТ" – ставится отметка при необходимости возврата товара, с указанием в разделе В "Реквизиты поставщика" реквизитов получателя, в разделе С "Реквизиты получателя" реквизитов поставщика;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Ввоз товаров на территорию Республики Казахстан" – при необходимости ставится соответствующая отметка в ячейке:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z170" w:id="143"/>
-[...15 lines deleted...]
-      "6.1. Регистрационный номер СНТ в ИС ЭСФ" – указывается регистрационный номер ранее оформленной СНТ в ИС ЭСФ;</w:t>
+    <w:bookmarkStart w:name="z172" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7.1. Ввоз товаров на территорию Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z171" w:id="144"/>
-[...15 lines deleted...]
-      "7. Ввоз товаров на территорию Республики Казахстан" – при необходимости ставится соответствующая отметка в ячейке:</w:t>
+    <w:bookmarkStart w:name="z173" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7.2. Ввоз на переработку";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z172" w:id="145"/>
-[...15 lines deleted...]
-      "7.1. Ввоз товаров на территорию Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z174" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7.3. Временный ввоз";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z173" w:id="146"/>
-[...15 lines deleted...]
-      "7.2. Ввоз на переработку";</w:t>
+    <w:bookmarkStart w:name="z175" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7.4. Ввоз временно вывезенного товара";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z174" w:id="147"/>
-[...15 lines deleted...]
-      "7.3. Временный ввоз";</w:t>
+    <w:bookmarkStart w:name="z176" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7.5. Ввоз товаров на территорию СЭЗ" – указывается отметка:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z175" w:id="148"/>
-[...15 lines deleted...]
-      "7.4. Ввоз временно вывезенного товара";</w:t>
+    <w:bookmarkStart w:name="z177" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7.5.1. Наименование СЭЗ" – заполняется при необходимости при реализации товаров на территорию "свободной (специальной, особой) экономической зоны" (далее – СЭЗ), (выбирается из отображаемого списка);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z176" w:id="149"/>
-[...15 lines deleted...]
-      "7.5. Ввоз товаров на территорию СЭЗ" – указывается отметка:</w:t>
+    <w:bookmarkStart w:name="z178" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Вывоз товаров с территории Республики Казахстан" – при необходимости ставится соответствующая отметка в ячейке:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z177" w:id="150"/>
-[...15 lines deleted...]
-      "7.5.1. Наименование СЭЗ" – заполняется при необходимости при реализации товаров на территорию "свободной (специальной, особой) экономической зоны" (далее – СЭЗ), (выбирается из отображаемого списка);</w:t>
+    <w:bookmarkStart w:name="z179" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8.1. Вывоз товаров с территории Республики Казахстан";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z178" w:id="151"/>
-[...15 lines deleted...]
-      "8. Вывоз товаров с территории Республики Казахстан" – при необходимости ставится соответствующая отметка в ячейке:</w:t>
+    <w:bookmarkStart w:name="z180" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8.2. Вывоз на переработку";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z179" w:id="152"/>
-[...15 lines deleted...]
-      "8.1. Вывоз товаров с территории Республики Казахстан";</w:t>
+    <w:bookmarkStart w:name="z181" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8.3. Временный вывоз";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z180" w:id="153"/>
-[...15 lines deleted...]
-      "8.2. Вывоз на переработку";</w:t>
+    <w:bookmarkStart w:name="z182" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8.4. Вывоз временно ввезенного товара";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z181" w:id="154"/>
-[...15 lines deleted...]
-      "8.3. Временный вывоз";</w:t>
+    <w:bookmarkStart w:name="z183" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8.5. Вывоз товаров с территории СЭЗ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z182" w:id="155"/>
-[...15 lines deleted...]
-      "8.4. Вывоз временно ввезенного товара";</w:t>
+    <w:bookmarkStart w:name="z184" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8.5.1. Наименование СЭЗ" – заполняется при необходимости при реализации товаров с территории СЭЗ (выбирается из отображаемого списка);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z183" w:id="156"/>
-[...15 lines deleted...]
-      "8.5. Вывоз товаров с территории СЭЗ";</w:t>
+    <w:bookmarkStart w:name="z185" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Перемещение товаров" – при необходимости ставится соответствующая отметка в ячейке:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z184" w:id="157"/>
-[...15 lines deleted...]
-      "8.5.1. Наименование СЭЗ" – заполняется при необходимости при реализации товаров с территории СЭЗ (выбирается из отображаемого списка);</w:t>
+    <w:bookmarkStart w:name="z186" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9.1. В пределах одного лица на территории РК" – ставится отметка, только по товарам, указанным в строках, порядковые номера 1, 2, 3 и 3-1 Перечня товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z185" w:id="158"/>
-[...15 lines deleted...]
-      "9. Перемещение товаров" – при необходимости ставится соответствующая отметка в ячейке:</w:t>
+    <w:bookmarkStart w:name="z187" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9.2. В пределах одного лица в рамках ЕАЭС";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z186" w:id="159"/>
-[...15 lines deleted...]
-      "9.1. В пределах одного лица на территории РК" – ставится отметка, только по товарам, указанным в строках, порядковые номера 1, 2, 3 и 3-1 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z188" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9.3. Иное перемещение";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z187" w:id="160"/>
-[...15 lines deleted...]
-      "9.2. В пределах одного лица в рамках ЕАЭС";</w:t>
+    <w:bookmarkStart w:name="z189" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Подакцизные и другие товары (за исключением подлежащих маркировке)" – при необходимости ставится соответствующая отметка в ячейке:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z188" w:id="161"/>
-[...15 lines deleted...]
-      "9.3. Иное перемещение";</w:t>
+    <w:bookmarkStart w:name="z190" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10.1. Этиловый спирт";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z189" w:id="162"/>
-[...15 lines deleted...]
-      "10. Подакцизные и другие товары (за исключением подлежащих маркировке)" – при необходимости ставится соответствующая отметка в ячейке:</w:t>
+    <w:bookmarkStart w:name="z191" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10.2. Вино наливом";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z190" w:id="163"/>
-[...15 lines deleted...]
-      "10.1. Этиловый спирт";</w:t>
+    <w:bookmarkStart w:name="z192" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10.3. Пивоваренная продукция";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z191" w:id="164"/>
-[...15 lines deleted...]
-      "10.2. Вино наливом";</w:t>
+    <w:bookmarkStart w:name="z193" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10.4. Алкогольная продукция (кроме пивоваренной продукции)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z192" w:id="165"/>
-[...15 lines deleted...]
-      "10.3. Пивоваренная продукция";</w:t>
+    <w:bookmarkStart w:name="z194" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10.5. Нефтепродукты";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z193" w:id="166"/>
-[...15 lines deleted...]
-      "10.4. Алкогольная продукция (кроме пивоваренной продукции)";</w:t>
+    <w:bookmarkStart w:name="z195" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10.6. Биотопливо";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z194" w:id="167"/>
-[...15 lines deleted...]
-      "10.5. Нефтепродукты";</w:t>
+    <w:bookmarkStart w:name="z196" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10.7. Табачные изделия";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z195" w:id="168"/>
-[...15 lines deleted...]
-      "10.6. Биотопливо";</w:t>
+    <w:bookmarkStart w:name="z197" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Товары, подлежащие экспортному контролю (двойного назначения, военного назначения)" – ставится отметка при необходимости осуществления операций с товарами, подлежащими экспортному контролю (двойного назначения, военного назначения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z196" w:id="169"/>
-[...15 lines deleted...]
-      "10.7. Табачные изделия";</w:t>
+    <w:bookmarkStart w:name="z198" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Подлежащие маркировке" – при необходимости ставится соответствующая отметка в ячейке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z197" w:id="170"/>
-[...15 lines deleted...]
-      "11. Товары, подлежащие экспортному контролю (двойного назначения, военного назначения)" – ставится отметка при необходимости осуществления операций с товарами, подлежащими экспортному контролю (двойного назначения, военного назначения);</w:t>
+    <w:bookmarkStart w:name="z199" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. В разделе В "Реквизиты поставщика" заполняются строки со следующими порядковыми номерами:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z198" w:id="171"/>
-[...15 lines deleted...]
-      "12. Подлежащие маркировке" – при необходимости ставится соответствующая отметка в ячейке.</w:t>
+    <w:bookmarkStart w:name="z200" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Индивидуальный идентификационный номер или бизнес-идентификационный номер (далее – ИИН/БИН)" – вводится поставщиком, при ввозе вводится получателем (если поставщиком (отправителем) товаров является резидентом государств-членов ЕАЭС, то указывается идентификационный код (номер) нерезидента);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z199" w:id="172"/>
-[...15 lines deleted...]
-      30. В разделе В "Реквизиты поставщика" заполняются строки со следующими порядковыми номерами:</w:t>
+    <w:bookmarkStart w:name="z201" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13.1. Нерезидент" – ставится отметка в случае, если поставщик (отправитель) товаров является нерезидентом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z200" w:id="173"/>
-[...15 lines deleted...]
-      "13. Индивидуальный идентификационный номер или бизнес-идентификационный номер (далее – ИИН/БИН)" – вводится поставщиком, при ввозе вводится получателем (если поставщиком (отправителем) товаров является резидентом государств-членов ЕАЭС, то указывается идентификационный код (номер) нерезидента);</w:t>
+    <w:bookmarkStart w:name="z202" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Наименование поставщика/отправителя";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z201" w:id="174"/>
-[...15 lines deleted...]
-      "13.1. Нерезидент" – ставится отметка в случае, если поставщик (отправитель) товаров является нерезидентом;</w:t>
+    <w:bookmarkStart w:name="z203" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. БИН структурного подразделения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z202" w:id="175"/>
-[...15 lines deleted...]
-      "14. Наименование поставщика/отправителя";</w:t>
+    <w:bookmarkStart w:name="z204" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. БИН реорганизованного лица";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z203" w:id="176"/>
-[...15 lines deleted...]
-      "15. БИН структурного подразделения";</w:t>
+    <w:bookmarkStart w:name="z205" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Категория поставщика";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z204" w:id="177"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z206" w:id="179"/>
+    <w:bookmarkStart w:name="z206" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "18. Код страны регистрации поставщика" – указывается буквенный код страны поставщика (отправителя) товаров в соответствии с Классификатором стран мира согласно приложению 22, утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комиссии Таможенного союза от 20 сентября 2010 года № 378 "О классификаторах, используемых для заполнения таможенных деклараций" (далее – приложение 22 Классификатора);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z207" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19. Код страны отправки/отгрузки" – указывается буквенный код страны поставщика (отправителя) товаров в соответствии с приложением 22 Классификатора с территории которого осуществляется отправка товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z208" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "20. Фактический адрес отправки/отгрузки" – заполняется автоматически при обороте товаров, указанных в строке, порядковый номер 2 Перечня товаров;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z207" w:id="180"/>
-[...15 lines deleted...]
-      "19. Код страны отправки/отгрузки" – указывается буквенный код страны поставщика (отправителя) товаров в соответствии с приложением 22 Классификатора с территории которого осуществляется отправка товаров;</w:t>
+    <w:bookmarkStart w:name="z209" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "21. Идентификационный номер (ID) склада отправки/отгрузки" – номер регистрации виртуального склада (данное поле при ввозе товаров на территорию Республики Казахстан не заполняется).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z208" w:id="181"/>
-[...15 lines deleted...]
-      "20. Фактический адрес отправки/отгрузки" – заполняется автоматически при обороте товаров, указанных в строке, порядковый номер 2 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z210" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. В разделе С "Реквизиты получателя" заполняются строки со следующими порядковыми номерами:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z209" w:id="182"/>
-[...15 lines deleted...]
-      "21. Идентификационный номер (ID) склада отправки/отгрузки" – номер регистрации виртуального склада (данное поле при ввозе товаров на территорию Республики Казахстан не заполняется).</w:t>
+    <w:bookmarkStart w:name="z211" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "22. ИИН/БИН" (если покупателем (получателем) товаров является резидентом государств-членов ЕАЭС, указывается идентификационный код (номер) нерезидента);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z210" w:id="183"/>
-[...15 lines deleted...]
-      31. В разделе С "Реквизиты получателя" заполняются строки со следующими порядковыми номерами:</w:t>
+    <w:bookmarkStart w:name="z212" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "22.1. Нерезидент" – ставится отметка, в случае если покупатель (получатель) товаров является нерезидентом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z211" w:id="184"/>
-[...15 lines deleted...]
-      "22. ИИН/БИН" (если покупателем (получателем) товаров является резидентом государств-членов ЕАЭС, указывается идентификационный код (номер) нерезидента);</w:t>
+    <w:bookmarkStart w:name="z213" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "23. Наименование получателя";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z212" w:id="185"/>
-[...15 lines deleted...]
-      "22.1. Нерезидент" – ставится отметка, в случае если покупатель (получатель) товаров является нерезидентом;</w:t>
+    <w:bookmarkStart w:name="z214" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "24. БИН структурного подразделения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z213" w:id="186"/>
-[...15 lines deleted...]
-      "23. Наименование получателя";</w:t>
+    <w:bookmarkStart w:name="z215" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "25. БИН реорганизованного лица";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z214" w:id="187"/>
-[...15 lines deleted...]
-      "24. БИН структурного подразделения";</w:t>
+    <w:bookmarkStart w:name="z216" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "26. Категория получателя";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z215" w:id="188"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z217" w:id="190"/>
+    <w:bookmarkStart w:name="z217" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "27. Код страны регистрации получателя" – указывается буквенный код страны получателя товаров, аэропортами указывается буквенный код страны принадлежности воздушного борта в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Классификатора;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z218" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "28. Код страны доставки/поставки" – указывается буквенный код страны получателя товаров в соответствии с приложением 22 Классификатора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z219" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "29. Фактический адрес доставки/поставки" – заполняется автоматически при обороте товаров, указанных в строке, порядковый номер 2 Перечня товаров;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z218" w:id="191"/>
-[...15 lines deleted...]
-      "28. Код страны доставки/поставки" – указывается буквенный код страны получателя товаров в соответствии с приложением 22 Классификатора;</w:t>
+    <w:bookmarkStart w:name="z220" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "30. Идентификационный номер (ID) склада доставки/поставки" – номер регистрации виртуального склада (данное поле при вывозе товаров с территории Республики Казахстан не заполняется).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z219" w:id="192"/>
-[...15 lines deleted...]
-      "29. Фактический адрес доставки/поставки" – заполняется автоматически при обороте товаров, указанных в строке, порядковый номер 2 Перечня товаров;</w:t>
+    <w:bookmarkStart w:name="z221" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. В Разделе D "Реквизиты грузоотправителя и грузополучателя" заполняются строки со следующими порядковыми номерами:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z220" w:id="193"/>
-[...15 lines deleted...]
-      "30. Идентификационный номер (ID) склада доставки/поставки" – номер регистрации виртуального склада (данное поле при вывозе товаров с территории Республики Казахстан не заполняется).</w:t>
+    <w:bookmarkStart w:name="z222" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Грузоотправитель" – лицо, от имени которого оформляется отправка груза:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z221" w:id="194"/>
-[...15 lines deleted...]
-      32. В Разделе D "Реквизиты грузоотправителя и грузополучателя" заполняются строки со следующими порядковыми номерами:</w:t>
+    <w:bookmarkStart w:name="z223" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "31. ИИН/БИН" (если грузоотправитель товаров является резидентом государств-членов ЕАЭС, указывается идентификационный код (номер) нерезидента);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z222" w:id="195"/>
-[...15 lines deleted...]
-      "Грузоотправитель" – лицо, от имени которого оформляется отправка груза:</w:t>
+    <w:bookmarkStart w:name="z224" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "31.1. Нерезидент" – ставится отметка, если грузоотправитель товаров является нерезидентом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z223" w:id="196"/>
-[...15 lines deleted...]
-      "31. ИИН/БИН" (если грузоотправитель товаров является резидентом государств-членов ЕАЭС, указывается идентификационный код (номер) нерезидента);</w:t>
+    <w:bookmarkStart w:name="z225" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "32. Наименование грузоотправителя";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z224" w:id="197"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z226" w:id="199"/>
+    <w:bookmarkStart w:name="z226" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "33. Код страны отправки" – указывается буквенный код страны грузоотправителя согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Классификатора;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z227" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Грузополучатель" – лицо, уполномоченное на получение груза на основании договора или на иных законных основаниях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z228" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "34. ИИН/БИН" (если грузополучатель товаров является резидентом государств-членов ЕАЭС, указывается идентификационный код (номер) нерезидента);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z227" w:id="200"/>
-[...15 lines deleted...]
-      "Грузополучатель" – лицо, уполномоченное на получение груза на основании договора или на иных законных основаниях:</w:t>
+    <w:bookmarkStart w:name="z229" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "34.1. Нерезидент" – ставится отметка, если грузополучатель товаров является нерезидентом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z228" w:id="201"/>
-[...15 lines deleted...]
-      "34. ИИН/БИН" (если грузополучатель товаров является резидентом государств-членов ЕАЭС, указывается идентификационный код (номер) нерезидента);</w:t>
+    <w:bookmarkStart w:name="z230" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "35. Наименование грузополучателя";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z229" w:id="202"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z231" w:id="204"/>
+    <w:bookmarkStart w:name="z231" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "36. Код страны доставки" – указывается буквенный код страны грузополучателя согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Классификатора.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z232" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктом 32-1 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z233" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "32-1. В Разделе D1 "Дополнительные сведения" – при необходимости указываются дополнительные сведения:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z232" w:id="205"/>
-[...15 lines deleted...]
-      дополнить пунктом 32-1 следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z234" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Реквизиты грузоотправителя" – при необходимости указываются "D1a. Дополнительные сведения" грузоотправителя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z233" w:id="206"/>
-[...15 lines deleted...]
-      "32-1. В Разделе D1 "Дополнительные сведения" – при необходимости указываются дополнительные сведения:</w:t>
+    <w:bookmarkStart w:name="z235" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Реквизиты грузополучателя" – при необходимости указываются "D1b. Дополнительные сведения" грузополучателя.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z234" w:id="207"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10965,410 +11133,410 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z237" w:id="209"/>
+    <w:bookmarkStart w:name="z237" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "33. В Разделе Е "Сведения по перевозке" заполняются строки со следующими порядковыми номерами:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z238" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "37. Наименование перевозчика" – при необходимости ставится соответствующая отметка в ячейке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z239" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "37.1. Нерезидент" – ставится отметка, если перевозчик является нерезидентом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z238" w:id="210"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z240" w:id="212"/>
+    <w:bookmarkStart w:name="z240" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "37.2. Код страны перевозчика" – указывается буквенный код страны перевозчика согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Классификатора. (данное поле заполняется при перевозке товаров, подлежащих прослеживаемости);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z241" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "38. ИИН/БИН" (если перевозчик является резидентом государств-членов ЕАЭС, указывается идентификационный код (номер) нерезидента перевозчика);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z242" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "39. Вид транспорта" – указываются сведения о планируемом транспорте (выбирается из отображаемого списка).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z241" w:id="213"/>
-[...15 lines deleted...]
-      "38. ИИН/БИН" (если перевозчик является резидентом государств-членов ЕАЭС, указывается идентификационный код (номер) нерезидента перевозчика);</w:t>
+    <w:bookmarkStart w:name="z243" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При указании отметки "а. автомобильный", заполняется строка "а1.1 государственный номер АТС" (обязательно наличие данных на момент пересечения Государственной границы).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z242" w:id="214"/>
-[...15 lines deleted...]
-      "39. Вид транспорта" – указываются сведения о планируемом транспорте (выбирается из отображаемого списка).</w:t>
+    <w:bookmarkStart w:name="z244" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. В Разделе F "Договор (контракт) на поставку товара" заполняются строки со следующими порядковыми номерами:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z243" w:id="215"/>
-[...15 lines deleted...]
-      При указании отметки "а. автомобильный", заполняется строка "а1.1 государственный номер АТС" (обязательно наличие данных на момент пересечения Государственной границы).</w:t>
+    <w:bookmarkStart w:name="z245" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "40.а. Договор (контракт) или приложение к договору" – при необходимости проставляется соответствующая отметка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z244" w:id="216"/>
-[...15 lines deleted...]
-      34. В Разделе F "Договор (контракт) на поставку товара" заполняются строки со следующими порядковыми номерами:</w:t>
+    <w:bookmarkStart w:name="z246" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "40.b. Без договора (контракта)" – при необходимости проставляется соответствующая отметка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z245" w:id="217"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z247" w:id="219"/>
+    <w:bookmarkStart w:name="z247" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "41. Номер"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z248" w:id="220"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z248" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "42. Дата";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z249" w:id="221"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z249" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "42.1. Учетный номер" – указывается идентификационный номер, присвоенный валютному договору по экспорту и импорту в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О валютном регулировании и валютном контроле";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z250" w:id="222"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z250" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "43. Условия оплаты по договору" – указываются условия оплаты согласно договору (контракту) на поставку товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z251" w:id="223"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z251" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "44. Условия поставки (ИНКОТЕРМС)" – указывается трехзначный буквенный код заглавными буквами, латинским шрифтом в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Классификатора, для международных операций в соответствии с обычаями, в том числе обычаями делового оборота (Инкотермс).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11381,450 +11549,450 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="224"/>
+    <w:bookmarkStart w:name="z253" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "36. В разделе G1 "Данные по товарам" заполняются графы со следующими данными:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z254" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указывается порядковый номер по каждому наименованию товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z255" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Признак происхождения товара" (выбирается из справочника);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z254" w:id="225"/>
-[...15 lines deleted...]
-      "1. Порядковый номер" – указывается порядковый номер по каждому наименованию товаров;</w:t>
+    <w:bookmarkStart w:name="z256" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Наименование товара";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z255" w:id="226"/>
-[...15 lines deleted...]
-      "2. Признак происхождения товара" (выбирается из справочника);</w:t>
+    <w:bookmarkStart w:name="z257" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z256" w:id="227"/>
-[...15 lines deleted...]
-      "3. Наименование товара";</w:t>
+    <w:bookmarkStart w:name="z258" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Единица измерения";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z257" w:id="228"/>
-[...15 lines deleted...]
-      "4. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z259" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Количество (объем)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z258" w:id="229"/>
-[...15 lines deleted...]
-      "5. Единица измерения";</w:t>
+    <w:bookmarkStart w:name="z260" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Цена за единицу товара" – указывается цена товара за единицу измерения по договору (контракту) (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z259" w:id="230"/>
-[...15 lines deleted...]
-      "6. Количество (объем)";</w:t>
+    <w:bookmarkStart w:name="z261" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета косвенных налогов (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z260" w:id="231"/>
-[...15 lines deleted...]
-      "7. Цена за единицу товара" – указывается цена товара за единицу измерения по договору (контракту) (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
+    <w:bookmarkStart w:name="z262" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z261" w:id="232"/>
-[...15 lines deleted...]
-      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета косвенных налогов (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
+    <w:bookmarkStart w:name="z263" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z262" w:id="233"/>
-[...15 lines deleted...]
-      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z264" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Ставка НДС" – указывается ставка НДС, соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z263" w:id="234"/>
-[...15 lines deleted...]
-      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z265" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z264" w:id="235"/>
-[...15 lines deleted...]
-      "10. Ставка НДС" – указывается ставка НДС, соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z266" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом косвенных налогов (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z265" w:id="236"/>
-[...15 lines deleted...]
-      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z267" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z266" w:id="237"/>
-[...15 lines deleted...]
-      "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом косвенных налогов (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
+    <w:bookmarkStart w:name="z268" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, сертификата о происхождении товара (СТ-1), или сертификата о происхождении товара (СТ-KZ), первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z267" w:id="238"/>
-[...15 lines deleted...]
-      "13. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z269" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z268" w:id="239"/>
-[...15 lines deleted...]
-      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, сертификата о происхождении товара (СТ-1), или сертификата о происхождении товара (СТ-KZ), первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z270" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Код товара (GTIN)" (Global Trade Item Number) – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z269" w:id="240"/>
-[...15 lines deleted...]
-      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z271" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Дополнительная информация" – при необходимости указываются дополнительные сведения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z270" w:id="241"/>
-[...15 lines deleted...]
-      "16. Код товара (GTIN)" (Global Trade Item Number) – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z272" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 51 "Всего" – указывается общая сумма строк по графам 6, 8, 9, 11 и 12.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z271" w:id="242"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12077,4750 +12245,4750 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z274" w:id="244"/>
+    <w:bookmarkStart w:name="z274" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "38. В разделе G2 "Этиловый спирт" заполняются графы со следующими данными:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z275" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке, порядковый номер 56, "Код операции" (выбирается из справочника ИС ЭСФ):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z276" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z275" w:id="245"/>
-[...15 lines deleted...]
-      в строке, порядковый номер 56, "Код операции" (выбирается из справочника ИС ЭСФ):</w:t>
+    <w:bookmarkStart w:name="z277" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Признак происхождения товара" (выбирается из справочника);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z276" w:id="246"/>
-[...15 lines deleted...]
-      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
+    <w:bookmarkStart w:name="z278" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z277" w:id="247"/>
-[...15 lines deleted...]
-      "2. Признак происхождения товара" (выбирается из справочника);</w:t>
+    <w:bookmarkStart w:name="z279" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4 Вид, наименование этилового спирта" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z278" w:id="248"/>
-[...15 lines deleted...]
-      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+    <w:bookmarkStart w:name="z280" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z279" w:id="249"/>
-[...15 lines deleted...]
-      "4 Вид, наименование этилового спирта" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
+    <w:bookmarkStart w:name="z281" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Количество (в литрах)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z280" w:id="250"/>
-[...15 lines deleted...]
-      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z282" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Цена за литр" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии – по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z281" w:id="251"/>
-[...15 lines deleted...]
-      "6. Количество (в литрах)";</w:t>
+    <w:bookmarkStart w:name="z283" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z282" w:id="252"/>
-[...15 lines deleted...]
-      "7. Цена за литр" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии – по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
+    <w:bookmarkStart w:name="z284" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Крепость (% – процентное содержание спирта)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z283" w:id="253"/>
-[...15 lines deleted...]
-      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/2. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z284" w:id="254"/>
-[...15 lines deleted...]
-      "9/1. Крепость (% – процентное содержание спирта)";</w:t>
+    <w:bookmarkStart w:name="z286" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z285" w:id="255"/>
-[...15 lines deleted...]
-      "9/2. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z287" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z286" w:id="256"/>
-[...15 lines deleted...]
-      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z288" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z287" w:id="257"/>
-[...15 lines deleted...]
-      "10. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z289" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z288" w:id="258"/>
-[...15 lines deleted...]
-      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z289" w:id="259"/>
-[...15 lines deleted...]
-      "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z290" w:id="260"/>
-[...15 lines deleted...]
-      "13. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z292" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z291" w:id="261"/>
-[...15 lines deleted...]
-      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z293" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Код товара (GTIN) – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z292" w:id="262"/>
-[...15 lines deleted...]
-      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z294" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z293" w:id="263"/>
-[...15 lines deleted...]
-      "16. Код товара (GTIN) – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению)";</w:t>
+    <w:bookmarkStart w:name="z295" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 57 "Всего" указывается общая сумма строк по графам 6, 8, 9, 11 и 12.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z294" w:id="264"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z296" w:id="266"/>
+    <w:bookmarkStart w:name="z296" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. В разделе G3 "Вино наливом" заполняются графы со следующими данными: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z297" w:id="267"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z297" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z298" w:id="268"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z298" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z299" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z300" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Вид, наименование вина наливом" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z299" w:id="269"/>
-[...15 lines deleted...]
-      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+    <w:bookmarkStart w:name="z301" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z300" w:id="270"/>
-[...15 lines deleted...]
-      "4. Вид, наименование вина наливом" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
+    <w:bookmarkStart w:name="z302" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Количество (объем)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z301" w:id="271"/>
+    <w:bookmarkStart w:name="z303" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Цена за единицу товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z304" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z305" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z306" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z307" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z308" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z309" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z310" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Идентификатор товара в ИС ЭСФ";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z311" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов, подтверждающих происхождение товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z312" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z313" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Код товара (GTIN) – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z314" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Дополнительная информация".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z315" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 58. "Всего" указывается общая сумма строк по графам 6, 8, 9, 11 и 12.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z316" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. В разделе G4 "Пивоваренная продукция" заполняются графы со следующими данными:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z317" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке, порядковый номер, 59 "Код операции" (выбирается из справочника):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z318" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z319" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "2. Признак происхождения товара";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z320" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Наименование пивоваренной продукции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z321" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Вид продукции";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z322" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-[...320 lines deleted...]
-    <w:bookmarkStart w:name="z318" w:id="288"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z323" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Единица измерения";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z324" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Емкость тары (в литрах)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z325" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Количество (бутылок, банок, кег, упаковок в штуках)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z326" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Количество (бутылок, банок) в упаковке";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z327" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Количество (в литрах)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z328" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Цена за единицу товара" – указывается цена одной емкости, бутылки, банки, кег-бочки для пивоваренной продукции (указывается в тенге), которая вводится поставщиком (при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии цена указывается по документу, подтверждающему совершение внешнеэкономической сделки, которая вводится получателем);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z329" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z330" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z331" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z332" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z333" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z334" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z335" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Идентификатор товара в ИС ЭСФ";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z336" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z337" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z338" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "20. Код товара (GTIN) – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z339" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "21. Дополнительная информация".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z340" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 60 "Всего" указывается общая сумма строк по графам 8, 9, 10, 12, 13, 15 и 16.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z341" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. В разделе G5 "Алкогольная продукция (кроме пивоваренной продукции)" заполняются графы со следующими данными:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z342" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в строке, порядковый номер, 61 "Код операции" (выбирается из справочника):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z343" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-[...458 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z342" w:id="312"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z344" w:id="314"/>
+    <w:bookmarkStart w:name="z344" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z345" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z346" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Наименование товаров" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z345" w:id="315"/>
-[...15 lines deleted...]
-      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+    <w:bookmarkStart w:name="z347" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z346" w:id="316"/>
-[...15 lines deleted...]
-      "4. Наименование товаров" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
+    <w:bookmarkStart w:name="z348" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Вид продукции" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z347" w:id="317"/>
-[...15 lines deleted...]
-      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z349" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Емкость тары (в литрах)" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z348" w:id="318"/>
-[...15 lines deleted...]
-      "6. Вид продукции" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
+    <w:bookmarkStart w:name="z350" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Количество (бутылок, банок)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z349" w:id="319"/>
-[...15 lines deleted...]
-      "7. Емкость тары (в литрах)" (проставляется автоматически ИС ЭСФ при введении ПИН-кода);</w:t>
+    <w:bookmarkStart w:name="z351" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Количество (в литрах)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z350" w:id="320"/>
-[...15 lines deleted...]
-      "8. Количество (бутылок, банок)";</w:t>
+    <w:bookmarkStart w:name="z352" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Цена за единицу товара" – указывается цена одной бутылки в тенге, которая вводится поставщиком (при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии цена указывается по документу, подтверждающему совершение внешнеэкономической сделки, которая вводится получателем);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z351" w:id="321"/>
-[...15 lines deleted...]
-      "9. Количество (в литрах)";</w:t>
+    <w:bookmarkStart w:name="z353" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z352" w:id="322"/>
-[...15 lines deleted...]
-      "10. Цена за единицу товара" – указывается цена одной бутылки в тенге, которая вводится поставщиком (при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии цена указывается по документу, подтверждающему совершение внешнеэкономической сделки, которая вводится получателем);</w:t>
+    <w:bookmarkStart w:name="z354" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12/1. Крепость (% - процентное содержание спирта)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z353" w:id="323"/>
-[...15 lines deleted...]
-      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z355" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12/2. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z354" w:id="324"/>
-[...15 lines deleted...]
-      "12/1. Крепость (% - процентное содержание спирта)";</w:t>
+    <w:bookmarkStart w:name="z356" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z355" w:id="325"/>
-[...15 lines deleted...]
-      "12/2. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z357" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z356" w:id="326"/>
-[...15 lines deleted...]
-      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z358" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z357" w:id="327"/>
-[...15 lines deleted...]
-      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z359" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z358" w:id="328"/>
-[...15 lines deleted...]
-      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z360" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z359" w:id="329"/>
-[...15 lines deleted...]
-      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z361" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z360" w:id="330"/>
-[...15 lines deleted...]
-      "16. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z362" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z361" w:id="331"/>
-[...15 lines deleted...]
-      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z363" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19. Код товара (GTIN)" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z362" w:id="332"/>
-[...15 lines deleted...]
-      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z364" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "20. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z363" w:id="333"/>
-[...15 lines deleted...]
-      "19. Код товара (GTIN)" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z365" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 62 "Всего" указывается общая сумма строк по графам 7, 8, 9, 11, 12, 14 и 15.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z364" w:id="334"/>
-[...15 lines deleted...]
-      "20. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z366" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. В разделе G6 "Данные по отдельным видам нефтепродуктов" заполняются строки и графы со следующими данными:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z365" w:id="335"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 62 "Всего" указывается общая сумма строк по графам 7, 8, 9, 11, 12, 14 и 15.</w:t>
+    <w:bookmarkStart w:name="z367" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "63. Код операции" (выбирается из справочника);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z366" w:id="336"/>
-[...15 lines deleted...]
-      42. В разделе G6 "Данные по отдельным видам нефтепродуктов" заполняются строки и графы со следующими данными:</w:t>
+    <w:bookmarkStart w:name="z368" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "64. Тип поставщика" (выбирается один из типов поставщика из отображаемого списка);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z367" w:id="337"/>
-[...15 lines deleted...]
-      "63. Код операции" (выбирается из справочника);</w:t>
+    <w:bookmarkStart w:name="z369" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "65. Код ОГД адреса отправки/отгрузки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z368" w:id="338"/>
-[...15 lines deleted...]
-      "64. Тип поставщика" (выбирается один из типов поставщика из отображаемого списка);</w:t>
+    <w:bookmarkStart w:name="z370" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "66. Код ОГД адреса доставки/поставки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z369" w:id="339"/>
-[...15 lines deleted...]
-      "65. Код ОГД адреса отправки/отгрузки";</w:t>
+    <w:bookmarkStart w:name="z371" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z370" w:id="340"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z372" w:id="342"/>
+    <w:bookmarkStart w:name="z372" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z373" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z374" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Вид, марка нефтепродукта";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z373" w:id="343"/>
-[...15 lines deleted...]
-      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+    <w:bookmarkStart w:name="z375" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z374" w:id="344"/>
-[...15 lines deleted...]
-      "4. Вид, марка нефтепродукта";</w:t>
+    <w:bookmarkStart w:name="z376" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Единица измерения товара (тонны, литры)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z375" w:id="345"/>
-[...15 lines deleted...]
-      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z377" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Количество товара в тоннах, (в литрах для розницы)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z376" w:id="346"/>
-[...15 lines deleted...]
-      "6. Единица измерения товара (тонны, литры)";</w:t>
+    <w:bookmarkStart w:name="z378" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Цена за единицу измерения товара" – указывается цена товара за единицу измерения по договору (контракту) (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z377" w:id="347"/>
-[...15 lines deleted...]
-      "7. Количество товара в тоннах, (в литрах для розницы)";</w:t>
+    <w:bookmarkStart w:name="z379" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z378" w:id="348"/>
-[...15 lines deleted...]
-      "8. Цена за единицу измерения товара" – указывается цена товара за единицу измерения по договору (контракту) (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
+    <w:bookmarkStart w:name="z380" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z379" w:id="349"/>
-[...15 lines deleted...]
-      "9. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза (данное поле не обязательно к заполнению, за исключением случаев ввоза товаров с территории государств-членов ЕАЭС);</w:t>
+    <w:bookmarkStart w:name="z381" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z380" w:id="350"/>
-[...15 lines deleted...]
-      "10/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z382" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z381" w:id="351"/>
-[...15 lines deleted...]
-      "10. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z383" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z382" w:id="352"/>
-[...15 lines deleted...]
-      "11. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z384" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z383" w:id="353"/>
-[...15 lines deleted...]
-      "12. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z385" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z384" w:id="354"/>
-[...15 lines deleted...]
-      "13. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z386" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z385" w:id="355"/>
-[...15 lines deleted...]
-      "14. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z387" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z386" w:id="356"/>
-[...15 lines deleted...]
-      "15. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z388" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z387" w:id="357"/>
-[...15 lines deleted...]
-      "16. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z389" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 67 "Всего" указывается общая сумма строк по графам 6, 7, 9, 10, 12 и 13.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z388" w:id="358"/>
-[...15 lines deleted...]
-      "17. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z390" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. В разделе G7 "Данные по биотопливу" заполняются строки и графы со следующими данными:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z389" w:id="359"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 67 "Всего" указывается общая сумма строк по графам 6, 7, 9, 10, 12 и 13.</w:t>
+    <w:bookmarkStart w:name="z391" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "68. Код операции" (выбирается из справочника);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z390" w:id="360"/>
-[...15 lines deleted...]
-      43. В разделе G7 "Данные по биотопливу" заполняются строки и графы со следующими данными:</w:t>
+    <w:bookmarkStart w:name="z392" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "69. Тип поставщика" (выбирается один из типов поставщика из отображаемого списка);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z391" w:id="361"/>
-[...15 lines deleted...]
-      "68. Код операции" (выбирается из справочника);</w:t>
+    <w:bookmarkStart w:name="z393" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "70. Код ОГД адреса отправки/отгрузки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z392" w:id="362"/>
-[...15 lines deleted...]
-      "69. Тип поставщика" (выбирается один из типов поставщика из отображаемого списка);</w:t>
+    <w:bookmarkStart w:name="z394" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "71. Код ОГД адреса доставки/поставки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z393" w:id="363"/>
-[...15 lines deleted...]
-      "70. Код ОГД адреса отправки/отгрузки";</w:t>
+    <w:bookmarkStart w:name="z395" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z394" w:id="364"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z396" w:id="366"/>
+    <w:bookmarkStart w:name="z396" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z397" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Наименование биотоплива";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z398" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z397" w:id="367"/>
-[...15 lines deleted...]
-      "3. Наименование биотоплива";</w:t>
+    <w:bookmarkStart w:name="z399" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Единица измерения товара (тонны, литры)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z398" w:id="368"/>
-[...15 lines deleted...]
-      "4. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z400" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Количество товара в тоннах, (в литрах для розницы)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z399" w:id="369"/>
-[...15 lines deleted...]
-      "5. Единица измерения товара (тонны, литры)";</w:t>
+    <w:bookmarkStart w:name="z401" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Цена за единицу измерения товара";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z400" w:id="370"/>
-[...15 lines deleted...]
-      "6. Количество товара в тоннах, (в литрах для розницы)";</w:t>
+    <w:bookmarkStart w:name="z402" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z401" w:id="371"/>
-[...15 lines deleted...]
-      "7. Цена за единицу измерения товара";</w:t>
+    <w:bookmarkStart w:name="z403" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z402" w:id="372"/>
-[...15 lines deleted...]
-      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z404" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z403" w:id="373"/>
-[...15 lines deleted...]
-      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z405" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z404" w:id="374"/>
-[...15 lines deleted...]
-      "9. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z406" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z405" w:id="375"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z407" w:id="377"/>
+    <w:bookmarkStart w:name="z407" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "12. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z408" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Идентификатор товара в ИС ЭСФ";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z409" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z408" w:id="378"/>
-[...15 lines deleted...]
-      "13. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z410" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z409" w:id="379"/>
-[...15 lines deleted...]
-      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z411" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z410" w:id="380"/>
-[...15 lines deleted...]
-      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z412" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 72 "Всего" указывается общая сумма строк по графам 6, 7, 8, 9, 11 и 12.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z411" w:id="381"/>
-[...15 lines deleted...]
-      "16. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z413" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. В разделе G8 "Данные по табачной продукции (исключая цифровую маркировку)" – заполняются строки и графы со следующими данными:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z412" w:id="382"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 72 "Всего" указывается общая сумма строк по графам 6, 7, 8, 9, 11 и 12.</w:t>
+    <w:bookmarkStart w:name="z414" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "73. Код операции" (выбирается из справочника);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z413" w:id="383"/>
-[...15 lines deleted...]
-      44. В разделе G8 "Данные по табачной продукции (исключая цифровую маркировку)" – заполняются строки и графы со следующими данными:</w:t>
+    <w:bookmarkStart w:name="z415" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "74. Код ОГД адреса отправки/отгрузки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z414" w:id="384"/>
-[...15 lines deleted...]
-      "73. Код операции" (выбирается из справочника);</w:t>
+    <w:bookmarkStart w:name="z416" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "75. Код ОГД адреса доставки/поставки";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="384"/>
-    <w:bookmarkStart w:name="z415" w:id="385"/>
-[...15 lines deleted...]
-      "74. Код ОГД адреса отправки/отгрузки";</w:t>
+    <w:bookmarkStart w:name="z417" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z416" w:id="386"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z418" w:id="388"/>
+    <w:bookmarkStart w:name="z418" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z419" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z420" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Наименование табачной продукции";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z419" w:id="389"/>
-[...15 lines deleted...]
-      "3. ПИН-код" (выбирается из справочника ПИН-кодов);</w:t>
+    <w:bookmarkStart w:name="z421" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z420" w:id="390"/>
-[...15 lines deleted...]
-      "4. Наименование табачной продукции";</w:t>
+    <w:bookmarkStart w:name="z422" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Единица измерения (короба, блоки, пачки, штуки, килограммы, миллилитры, капсулы, картриджи)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z421" w:id="391"/>
-[...15 lines deleted...]
-      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z423" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Количество табачного изделия в коробе, блоке, пачке (в штуках, килограммах, миллилитрах)" (автоматически проставляется ИС ЭСФ при вводе ПИН-кода);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z422" w:id="392"/>
-[...15 lines deleted...]
-      "6. Единица измерения (короба, блоки, пачки, штуки, килограммы, миллилитры, капсулы, картриджи)";</w:t>
+    <w:bookmarkStart w:name="z424" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Количество (короба, блоки, пачки, штуки, килограммы, миллилитры, капсулы, картриджи)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z423" w:id="393"/>
-[...15 lines deleted...]
-      "7. Количество табачного изделия в коробе, блоке, пачке (в штуках, килограммах, миллилитрах)" (автоматически проставляется ИС ЭСФ при вводе ПИН-кода);</w:t>
+    <w:bookmarkStart w:name="z425" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Количество табачного изделия в штуках, килограммах, миллилитрах";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z424" w:id="394"/>
-[...15 lines deleted...]
-      "8. Количество (короба, блоки, пачки, штуки, килограммы, миллилитры, капсулы, картриджи)";</w:t>
+    <w:bookmarkStart w:name="z426" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Цена за единицу измерения товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z425" w:id="395"/>
-[...15 lines deleted...]
-      "9. Количество табачного изделия в штуках, килограммах, миллилитрах";</w:t>
+    <w:bookmarkStart w:name="z427" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z426" w:id="396"/>
-[...15 lines deleted...]
-      "10. Цена за единицу измерения товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
+    <w:bookmarkStart w:name="z428" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z427" w:id="397"/>
-[...15 lines deleted...]
-      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z429" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z428" w:id="398"/>
-[...15 lines deleted...]
-      "12/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z430" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z429" w:id="399"/>
-[...15 lines deleted...]
-      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z431" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z430" w:id="400"/>
-[...15 lines deleted...]
-      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z432" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z431" w:id="401"/>
-[...15 lines deleted...]
-      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z433" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z432" w:id="402"/>
-[...15 lines deleted...]
-      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z434" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z433" w:id="403"/>
-[...15 lines deleted...]
-      "16. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z435" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z434" w:id="404"/>
-[...15 lines deleted...]
-      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z436" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19. Код товара (GTIN)" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z435" w:id="405"/>
-[...15 lines deleted...]
-      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z437" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "20. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z436" w:id="406"/>
-[...15 lines deleted...]
-      "19. Код товара (GTIN)" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z438" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 76 "Всего" указывается общая сумма строк по графам 7, 8, 9, 11, 12, 14 и 15.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z437" w:id="407"/>
-[...15 lines deleted...]
-      "20. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z439" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. В разделе G9 Данные по товарам, подлежащим маркировке средствами идентификации (подлежащей маркировке) заполняются графы со следующими данными:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z438" w:id="408"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 76 "Всего" указывается общая сумма строк по графам 7, 8, 9, 11, 12, 14 и 15.</w:t>
+    <w:bookmarkStart w:name="z440" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z439" w:id="409"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z441" w:id="411"/>
+    <w:bookmarkStart w:name="z441" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z442" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. GTIN" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z443" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Наименование товара";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z442" w:id="412"/>
-[...15 lines deleted...]
-      "3. GTIN" – указывается код товара GTIN или иной код (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z444" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z443" w:id="413"/>
-[...15 lines deleted...]
-      "4. Наименование товара";</w:t>
+    <w:bookmarkStart w:name="z445" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "6. Количество потребительских упаковок";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z444" w:id="414"/>
-[...15 lines deleted...]
-      "5. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z446" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Цена за единицу товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z445" w:id="415"/>
-[...15 lines deleted...]
-      "6. Количество потребительских упаковок";</w:t>
+    <w:bookmarkStart w:name="z447" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z446" w:id="416"/>
-[...15 lines deleted...]
-      "7. Цена за единицу товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
+    <w:bookmarkStart w:name="z448" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z447" w:id="417"/>
-[...15 lines deleted...]
-      "8. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z449" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Ставка дополнительного акциза" – указывается ставка дополнительного акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z448" w:id="418"/>
-[...15 lines deleted...]
-      "9/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z450" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z449" w:id="419"/>
-[...15 lines deleted...]
-      "9. Ставка дополнительного акциза" – указывается ставка дополнительного акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z451" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z450" w:id="420"/>
-[...15 lines deleted...]
-      "10. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z452" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z451" w:id="421"/>
-[...15 lines deleted...]
-      "11. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z453" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза; идентификатор товара в ИС ЭСФ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z452" w:id="422"/>
-[...15 lines deleted...]
-      "12. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z454" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z453" w:id="423"/>
-[...15 lines deleted...]
-      "13. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза; идентификатор товара в ИС ЭСФ;</w:t>
+    <w:bookmarkStart w:name="z455" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z454" w:id="424"/>
-[...15 lines deleted...]
-      "14. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z456" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z455" w:id="425"/>
-[...15 lines deleted...]
-      "15. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z457" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 77 "Всего" указывается общая сумма строк по графам 6, 8, 9, 11 и 12.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z456" w:id="426"/>
-[...15 lines deleted...]
-      "16. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z458" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. В разделе G10 "Данные по товарам, подлежащим экспортному контролю (двойного назначения, военного назначения)" заполняются графы со следующими данными:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z457" w:id="427"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 77 "Всего" указывается общая сумма строк по графам 6, 8, 9, 11 и 12.</w:t>
+    <w:bookmarkStart w:name="z459" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Порядковый номер" – указываются порядковые номера по каждому наименованию товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z458" w:id="428"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z460" w:id="430"/>
+    <w:bookmarkStart w:name="z460" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "2. Признак происхождения товара" (выбирается из справочника); </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z461" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3. Наименование товара";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z462" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Номер документа (лицензии/разрешения)";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z461" w:id="431"/>
-[...15 lines deleted...]
-      "3. Наименование товара";</w:t>
+    <w:bookmarkStart w:name="z463" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Дата выдачи (лицензии/разрешения)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z462" w:id="432"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z464" w:id="434"/>
+    <w:bookmarkStart w:name="z464" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "6. Дата окончания (срок окончания лицензии/разрешения)"; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z465" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z466" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8. Единица измерения";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z465" w:id="435"/>
-[...15 lines deleted...]
-      "7. Код товара (ТН ВЭД ЕАЭС)";</w:t>
+    <w:bookmarkStart w:name="z467" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Количество (объем)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z466" w:id="436"/>
-[...15 lines deleted...]
-      "8. Единица измерения";</w:t>
+    <w:bookmarkStart w:name="z468" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Цена за единицу товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z467" w:id="437"/>
-[...15 lines deleted...]
-      "9. Количество (объем)";</w:t>
+    <w:bookmarkStart w:name="z469" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z468" w:id="438"/>
-[...15 lines deleted...]
-      "10. Цена за единицу товара" – указывается в тенге, при ввозе товаров на территорию Республики Казахстан в валюте, указанной в счет-фактуре (инвойсу), при их отсутствии по документу, подтверждающему совершение внешнеэкономической сделки;</w:t>
+    <w:bookmarkStart w:name="z470" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z469" w:id="439"/>
-[...15 lines deleted...]
-      "11. Стоимость товара без косвенных налогов" – указывается стоимость всего количества (объема) товаров без учета НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z471" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z470" w:id="440"/>
-[...15 lines deleted...]
-      "12/1. Ставка акциза" – указывается ставка акциза в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z472" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z471" w:id="441"/>
-[...15 lines deleted...]
-      "12. Сумма акциза" – указывается сумма акциза, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z473" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z472" w:id="442"/>
-[...15 lines deleted...]
-      "13. Ставка НДС" – указывается ставка НДС в соответствии с налоговым законодательством Республики Казахстан (данное поле не обязательно к заполнению);</w:t>
+    <w:bookmarkStart w:name="z474" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z473" w:id="443"/>
-[...15 lines deleted...]
-      "14. Сумма НДС" – указывается сумма НДС, исчисленная в соответствии с налоговым законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z475" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "16. Идентификатор товара в ИС ЭСФ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z474" w:id="444"/>
-[...15 lines deleted...]
-      "15. Общая стоимость товара с косвенными налогами" – указывается стоимость всего количества (объема) товаров с учетом НДС и акциза;</w:t>
+    <w:bookmarkStart w:name="z476" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z475" w:id="445"/>
-[...15 lines deleted...]
-      "16. Идентификатор товара в ИС ЭСФ";</w:t>
+    <w:bookmarkStart w:name="z477" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z476" w:id="446"/>
-[...15 lines deleted...]
-      "17. Номер заявления о выпуске товаров до подачи декларации на товары, декларации на товары, заявления о ввозе товаров и уплате косвенных налогов, СТ-1 или СТ-KZ, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z478" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "19. Дополнительная информация".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z477" w:id="447"/>
-[...15 lines deleted...]
-      "18. Номер товарной позиции из заявления о выпуске товаров до подачи декларации на товары, о ввозе товаров и уплате косвенных налогов или Декларации на товары, первичной СНТ" – указывается номер одного из документов;</w:t>
+    <w:bookmarkStart w:name="z479" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В строке, порядковый номер, 78 "Всего" указывается общая сумма строк по графам 9, 11, 12, 14 и 15.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z478" w:id="448"/>
-[...15 lines deleted...]
-      "19. Дополнительная информация".</w:t>
+    <w:bookmarkStart w:name="z480" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. В разделах К "Данные о грузе, перевозимом на автомобильном транспорте", K1 "Сведение о грузе", K2 "Погрузочно-разгрузочные операции" и K3 "Прочие сведения (заполняется перевозчиком)" заполняются сведения по товаротранспортной накладной, заполнение которых поставщиком является не обязательным.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z479" w:id="449"/>
-[...15 lines deleted...]
-      В строке, порядковый номер, 78 "Всего" указывается общая сумма строк по графам 9, 11, 12, 14 и 15.</w:t>
+    <w:bookmarkStart w:name="z481" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. В разделе L "Сведения по отпуску товара" заполняются строки со следующими порядковыми номерами:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z480" w:id="450"/>
-[...15 lines deleted...]
-      47. В разделах К "Данные о грузе, перевозимом на автомобильном транспорте", K1 "Сведение о грузе", K2 "Погрузочно-разгрузочные операции" и K3 "Прочие сведения (заполняется перевозчиком)" заполняются сведения по товаротранспортной накладной, заполнение которых поставщиком является не обязательным.</w:t>
+    <w:bookmarkStart w:name="z482" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "79. Отпуск товара произвел от имени" – указываются сведения о лице, который произвел отпуск товара;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z481" w:id="451"/>
-[...15 lines deleted...]
-      48. В разделе L "Сведения по отпуску товара" заполняются строки со следующими порядковыми номерами:</w:t>
+    <w:bookmarkStart w:name="z483" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "80. ЭЦП юридического лица (структурного подразделения юридического лица) или индивидуального предпринимателя либо лица, занимающегося частной практикой";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z482" w:id="452"/>
-[...15 lines deleted...]
-      "79. Отпуск товара произвел от имени" – указываются сведения о лице, который произвел отпуск товара;</w:t>
+    <w:bookmarkStart w:name="z484" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "81. ЭЦП лица, уполномоченного подписывать СНТ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z483" w:id="453"/>
-[...15 lines deleted...]
-      "80. ЭЦП юридического лица (структурного подразделения юридического лица) или индивидуального предпринимателя либо лица, занимающегося частной практикой";</w:t>
+    <w:bookmarkStart w:name="z485" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "82. Фамилия, имя, отчество (при его наличии) лица, оформившего СНТ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z484" w:id="454"/>
-[...15 lines deleted...]
-      "81. ЭЦП лица, уполномоченного подписывать СНТ";</w:t>
+    <w:bookmarkStart w:name="z486" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "83. Отпуск товара осуществляется по доверенности":</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z485" w:id="455"/>
-[...15 lines deleted...]
-      "82. Фамилия, имя, отчество (при его наличии) лица, оформившего СНТ";</w:t>
+    <w:bookmarkStart w:name="z487" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "83.1. Номер" – указывается номер доверенности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z486" w:id="456"/>
-[...15 lines deleted...]
-      "83. Отпуск товара осуществляется по доверенности":</w:t>
+    <w:bookmarkStart w:name="z488" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "83.2. Дата" – указывается дата доверенности (в формате дата, месяц, год).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z487" w:id="457"/>
-[...15 lines deleted...]
-      "83.1. Номер" – указывается номер доверенности;</w:t>
+    <w:bookmarkStart w:name="z489" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данный раздел не заполняется при оформлении СНТ на ввоз товаров на территорию Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z488" w:id="458"/>
-[...15 lines deleted...]
-      "83.2. Дата" – указывается дата доверенности (в формате дата, месяц, год).</w:t>
+    <w:bookmarkStart w:name="z490" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. В разделе М "Сведения о приемке товара" заполняются строки со следующими порядковыми номерами:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z489" w:id="459"/>
-[...15 lines deleted...]
-      Данный раздел не заполняется при оформлении СНТ на ввоз товаров на территорию Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z491" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "84. Прием/отклонение товара произвел от имени" – указывается лицо, которое произвело прием/отклонение товара;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z490" w:id="460"/>
-[...15 lines deleted...]
-      49. В разделе М "Сведения о приемке товара" заполняются строки со следующими порядковыми номерами:</w:t>
+    <w:bookmarkStart w:name="z492" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "85. Дата приема/отклонения товара (в формате дата, месяц, год)";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z491" w:id="461"/>
-[...15 lines deleted...]
-      "84. Прием/отклонение товара произвел от имени" – указывается лицо, которое произвело прием/отклонение товара;</w:t>
+    <w:bookmarkStart w:name="z493" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "85.1. ЭЦП юридического лица (структурного подразделения юридического лица) или индивидуального предпринимателя либо лица, занимающегося частной практикой";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z492" w:id="462"/>
-[...15 lines deleted...]
-      "85. Дата приема/отклонения товара (в формате дата, месяц, год)";</w:t>
+    <w:bookmarkStart w:name="z494" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "85.2. ЭЦП лица, уполномоченного подтверждать/отклонять СНТ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z493" w:id="463"/>
-[...15 lines deleted...]
-      "85.1. ЭЦП юридического лица (структурного подразделения юридического лица) или индивидуального предпринимателя либо лица, занимающегося частной практикой";</w:t>
+    <w:bookmarkStart w:name="z495" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "86. Фамилия, имя, отчество (при его наличии) лица, подтвердившего/отклонившего СНТ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z494" w:id="464"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z496" w:id="466"/>
+    <w:bookmarkStart w:name="z496" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "86.1. Приемка товара осуществляется по доверенности": </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z497" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "86.2. Номер" – указывается номер доверенности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z498" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "86.3. Дата" – указывается дата доверенности (в формате дата, месяц, год).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="466"/>
-    <w:bookmarkStart w:name="z497" w:id="467"/>
-[...15 lines deleted...]
-      "86.2. Номер" – указывается номер доверенности;</w:t>
+    <w:bookmarkStart w:name="z499" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данный раздел не заполняется при оформлении СНТ на вывоз товаров с территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z498" w:id="468"/>
-[...15 lines deleted...]
-      "86.3. Дата" – указывается дата доверенности (в формате дата, месяц, год).</w:t>
+    <w:bookmarkStart w:name="z500" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. В разделе N "Отметки ОГД" заполняются строки со следующими порядковыми номерами:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z499" w:id="469"/>
-[...15 lines deleted...]
-      Данный раздел не заполняется при оформлении СНТ на вывоз товаров с территории Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z501" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "87. Пункт автомобильного пропуска/контрольно-пропускной пункт";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z500" w:id="470"/>
-[...15 lines deleted...]
-      50. В разделе N "Отметки ОГД" заполняются строки со следующими порядковыми номерами:</w:t>
+    <w:bookmarkStart w:name="z502" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "88. Фамилия, имя, отчество (при его наличии) работника ОГД";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z501" w:id="471"/>
-[...15 lines deleted...]
-      "87. Пункт автомобильного пропуска/контрольно-пропускной пункт";</w:t>
+    <w:bookmarkStart w:name="z503" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "89. Дата и время пересечения Государственной границы/территории СЭЗ";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="471"/>
-    <w:bookmarkStart w:name="z502" w:id="472"/>
-[...15 lines deleted...]
-      "88. Фамилия, имя, отчество (при его наличии) работника ОГД";</w:t>
+    <w:bookmarkStart w:name="z504" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "90. Данные о фактическом транспорте":</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="472"/>
-    <w:bookmarkStart w:name="z503" w:id="473"/>
-[...15 lines deleted...]
-      "89. Дата и время пересечения Государственной границы/территории СЭЗ";</w:t>
+    <w:bookmarkStart w:name="z505" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "90.1. Марка автомобильного транспортного средства";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="473"/>
-    <w:bookmarkStart w:name="z504" w:id="474"/>
-[...15 lines deleted...]
-      "90. Данные о фактическом транспорте":</w:t>
+    <w:bookmarkStart w:name="z506" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "90.2. Государственный номер автомобильного транспортного средства";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="474"/>
-    <w:bookmarkStart w:name="z505" w:id="475"/>
-[...15 lines deleted...]
-      "90.1. Марка автомобильного транспортного средства";</w:t>
+    <w:bookmarkStart w:name="z507" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "90.3. Фамилия, имя, отчество (при его наличии) водителя";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="475"/>
-    <w:bookmarkStart w:name="z506" w:id="476"/>
-[...15 lines deleted...]
-      "90.2. Государственный номер автомобильного транспортного средства";</w:t>
+    <w:bookmarkStart w:name="z508" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "90.4. ИИН водителя".";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="476"/>
-    <w:bookmarkStart w:name="z507" w:id="477"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16909,70 +17077,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> кодов ТН ВЭД по товарам с изменением качественных и количественных характеристик, согласно приложению 4 к указанным Правилам, дополнить строками, порядковые номера 252 и 253 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z511" w:id="479"/>
+    <w:bookmarkStart w:name="z511" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkEnd w:id="477"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17176,70 +17344,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штейн медный; медь цементационная (медь осажденная).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z512" w:id="480"/>
+    <w:bookmarkStart w:name="z512" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkEnd w:id="478"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17552,68 +17720,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z516" w:id="481"/>
+    <w:bookmarkStart w:name="z516" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЭЛЕКТРОННЫЙ СЧЕТ-ФАКТУРА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkEnd w:id="479"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23193,70 +23361,70 @@
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z521" w:id="482"/>
+    <w:bookmarkStart w:name="z521" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkEnd w:id="480"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
         <w:gridCol w:w="946"/>
@@ -25836,70 +26004,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество в количественной единице измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z522" w:id="483"/>
+          <w:bookmarkStart w:name="z522" w:id="481"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Цена (тариф) за единицу товара, работы, услуги без косвенных налогов</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="483"/>
+          <w:bookmarkEnd w:id="481"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="946" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -27638,70 +27806,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего по счету:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z523" w:id="484"/>
+    <w:bookmarkStart w:name="z523" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkEnd w:id="482"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -30758,70 +30926,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z524" w:id="485"/>
+    <w:bookmarkStart w:name="z524" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkEnd w:id="483"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -31630,64 +31798,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46. Ф.И.О. (при его наличии) лица, выписывающего ЭСФ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z525" w:id="486"/>
+      <w:bookmarkStart w:name="z525" w:id="484"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkEnd w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ТН ВЭД ЕАЭС – товарная номенклатура внешнеэкономической деятельности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -32212,64 +32380,64 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z530" w:id="487"/>
+      <w:bookmarkStart w:name="z530" w:id="485"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkEnd w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4826000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
@@ -32304,64 +32472,64 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z531" w:id="488"/>
+      <w:bookmarkStart w:name="z531" w:id="486"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkEnd w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="4737100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
@@ -32578,55 +32746,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -32952,31 +33120,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/><Relationship Target="media/document_image_rId24.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId24"/><Relationship Target="media/document_image_rId25.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId25"/><Relationship Target="media/document_image_rId26.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId26"/><Relationship Target="media/document_image_rId27.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId27"/><Relationship Target="media/document_image_rId28.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId28"/><Relationship Target="media/document_image_rId29.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId29"/><Relationship Target="media/document_image_rId30.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId30"/><Relationship Target="media/document_image_rId31.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId31"/><Relationship Target="media/document_image_rId32.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId32"/><Relationship Target="media/document_image_rId33.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId33"/><Relationship Target="media/document_image_rId34.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId34"/><Relationship Target="media/document_image_rId35.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId35"/><Relationship Target="media/document_image_rId36.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId36"/><Relationship Target="media/document_image_rId37.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId37"/><Relationship Target="media/document_image_rId38.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId38"/><Relationship Target="media/document_image_rId39.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId39"/><Relationship Target="media/document_image_rId40.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId40"/><Relationship Target="media/document_image_rId41.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId41"/><Relationship Target="media/document_image_rId42.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId42"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>