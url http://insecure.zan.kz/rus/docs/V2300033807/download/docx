--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="525454c" w14:textId="525454c">
+    <w:p w14:paraId="1debfe6" w14:textId="1debfe6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил направления денег оператором расширенных обязательств производителей (импортеров), поступивших на его банковский счет от производителей и импортеров на организацию сбора, транспортировки, подготовки к повторному использованию, сортировки, обработки, переработки, обезвреживания и (или) утилизации за пределами Республики Казахстан отходов, образующихся после утраты потребительских свойств продукции (товаров), на которую (которые) распространяются расширенные обязательства производителей (импортеров), для которых на территории Республики Казахстан отсутствуют объекты по обезвреживанию, переработке и (или) утилизации, путем выплат</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра экологии и природных ресурсов Республики Казахстан от 26 декабря 2023 года № 375. Зарегистрирован в Министерстве юстиции Республики Казахстан 26 декабря 2023 года № 33807</w:t>
+        <w:t>Приказ Министра экологии и природных ресурсов Республики Казахстан от 26 декабря 2023 года № 375. Зарегистрирован в Министерстве юстиции Республики Казахстан 26 декабря 2023 года № 33807.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -13692,54 +13692,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.2 При исполнении своих обязательств по Договору, Стороны примут все зависящие от них меры, гарантирующие, что Стороны, их работники или представители не выплачивают, не предлагают выплатить и не разрешают выплату каких-либо денег или иных ценностей, прямо или косвенно, любым работникам, должностным лицам другой Стороны для оказания влияния на действия или решения этих лиц с целью получить какие-либо неправомерные преимущества или иные неправомерные цели.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="214"/>
     <w:bookmarkStart w:name="z226" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11.3 При исполнении своих обязательств по Договору, Стороны, их работники или представители не осуществляют действия, квалифицируемые законодательством Республики Казахстан как дача/получение взятки, коммерческий подкуп, а также действия, нарушающие требования законодательства Республики Казахстан о противодействии коррупции, о противодействии легализации (отмыванию) доходов, полученных преступным путем и финансированию терроризма.</w:t>
+      11.3 При исполнении своих обязательств по Договору, Стороны, их работники или представители не осуществляют действия, квалифицируемые законодательством Республики Казахстан как дача/получение взятки, коммерческий подкуп, а также действия, нарушающие требования законодательства Республики Казахстан о противодействии коррупции, о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11.3 – в редакции приказа Министра экологии и природных ресурсов РК от 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 341</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z227" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.4 В случае выявления вышеуказанных действий коррупционного характера, Стороны обязуются принимать меры в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
     <w:bookmarkStart w:name="z228" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -14748,31 +14810,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>