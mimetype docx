--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8f4234a" w14:textId="8f4234a">
+    <w:p w14:paraId="9b7984a" w14:textId="9b7984a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Стандарта организации оказания офтальмологической помощи в Республике Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра здравоохранения Республики Казахстан от 29 ноября 2023 года № 168. Зарегистрирован в Министерстве юстиции Республики Казахстан 1 декабря 2023 года № 33706</w:t>
+        <w:t>Приказ Министра здравоохранения Республики Казахстан от 29 ноября 2023 года № 168. Зарегистрирован в Министерстве юстиции Республики Казахстан 1 декабря 2023 года № 33706.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -615,100 +615,138 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр здравоохранения</w:t>
+              <w:t>Министра здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 ноября 2023 года № 168</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Cтандарт организации оказания офтальмологической помощи в Республике Казахстан</w:t>
+        <w:t xml:space="preserve"> Стандарт организации оказания офтальмологической помощи в Республике Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Стандарт – в редакции приказа и.о. Министра здравоохранения РК от 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -759,191 +797,191 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Определения, используемые в настоящем Стандарте:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) первичная медико-санитарная помощь (далее – ПМСП) – место первого доступа к медицинской помощи, ориентированной на нужды населения, включающей профилактику, диагностику, лечение заболеваний и состояний, оказываемых на уровне человека, семьи и общества;</w:t>
+      1) профильный специалист – медицинский работник с высшим медицинским образованием, имеющий сертификат в области здравоохранения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) профильный специалист – медицинский работник с высшим медицинским образованием, имеющий сертификат в области здравоохранения;</w:t>
+      2) научная организация в области здравоохранения (далее – научная организация) – национальный центр, научный центр или научно-исследовательский институт, осуществляющие научную, научно-техническую и инновационную деятельность в области здравоохранения, а также медицинскую, фармацевтическую и (или) образовательную деятельность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) научная организация в области здравоохранения (далее – научная организация) – национальный центр, научный центр или научно-исследовательский институт, осуществляющие научную, научно-техническую и инновационную деятельность в области здравоохранения, а также медицинскую, фармацевтическую и (или) образовательную деятельность;</w:t>
+      3) динамическое наблюдение – систематическое наблюдение за состоянием здоровья пациента, а также оказание необходимой медицинской помощи по результатам данного наблюдения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) организация здравоохранения – юридическое лицо, осуществляющее деятельность в области здравоохранения;</w:t>
+      4) портал Бюро госпитализации (далее – Портал) – единая система электронной регистрации, учета, обработки и хранения направлений пациентов на плановую госпитализацию в стационар в рамках гарантированного объема бесплатной медицинской помощи, в системе обязательного социального медицинского страхования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) динамическое наблюдение – систематическое наблюдение за состоянием здоровья пациента, а также оказание необходимой медицинской помощи по результатам данного наблюдения;</w:t>
+      5) плановая медицинская помощь – медицинская помощь, оказываемая при заболеваниях и состояниях, не сопровождающихся угрозой жизни пациента, отсрочка оказания которой на определенное время не повлечет за собой ухудшение состояния пациента, а также при проведении профилактических мероприятий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) портал Бюро госпитализации (далее – Портал) – единая система электронной регистрации, учета, обработки и хранения направлений пациентов на плановую госпитализацию в стационар в рамках гарантированного объема бесплатной медицинской помощи, в системе обязательного социального медицинского страхования;</w:t>
+      6) неотложная медицинская помощь – медицинская помощь, оказываемая при внезапных острых заболеваниях и состояниях, обострении хронических заболеваний, не представляющих явную угрозу жизни пациента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) плановая медицинская помощь – медицинская помощь, оказываемая при заболеваниях и состояниях, не сопровождающихся угрозой жизни пациента, отсрочка оказания которой на определенное время не повлечет за собой ухудшение состояния пациента, а также при проведении профилактических мероприятий;</w:t>
+      7) клинический протокол (далее – КП) – научно доказанные рекомендации по профилактике, диагностике, лечению, медицинской реабилитации и паллиативной медицинской помощи при определенном заболевании или состоянии пациента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) неотложная медицинская помощь – медицинская помощь, оказываемая при внезапных острых заболеваниях и состояниях, обострении хронических заболеваний, не представляющих явную угрозу жизни пациента;</w:t>
+      8) консервированная роговичная ткань – это материал, предназначенный для трансплантации представляющий собой донорскую ткань роговицы, полученную из глазного яблока посмертного донора, проверенная на гемотрансмиссивные инфекции, с соблюдением требований международных глазных банков при наличии паспорта донора с указанием: данных анамнеза донора, возраста, количества эндотелиальных клеток, размера донорского диска, типа рекомендуемой операции (сквозная/послойная кератопластика) и указанием срока хранения не менее 2 недель, в зарегистрированном растворе для консервации донорской ткани;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) медицинская авиация – предоставление скорой медицинской помощи в экстренной форме населению с привлечением воздушного транспорта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
@@ -1019,4026 +1057,3844 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) третичный уровень оказания медицинской помощи – оказание медицинской помощи профильными специалистами, осуществляющими специализированную медицинскую помощь с применением высокотехнологичных медицинских услуг, в амбулаторных, стационарозамещающих и стационарных условиях, в том числе по направлению специалистов первичного и вторичного уровней;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) медицинская организация (далее – МО) – организация здравоохранения, основной деятельностью которой является оказание медицинской помощи;</w:t>
+      14) первичная медико-санитарная помощь (далее – ПМСП) – место первого доступа к медицинской помощи, ориентированной на нужды населения, включающей профилактику, диагностику, лечение заболеваний и состояний, оказываемых на уровне человека, семьи и общества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) система обязательного социального медицинского страхования (далее – система ОСМС) – совокупность норм и правил, устанавливаемых государством, регулирующих отношения между участниками системы обязательного социального медицинского страхования;</w:t>
+      15) медицинская организация (далее – МО) – организация здравоохранения, основной деятельностью которой является оказание медицинской помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) мультидисциплинарная группа (далее – МДГ) – группа различных специалистов, формируемая в зависимости от характера нарушения функций и структур организма пациента, тяжести его клинического состояния;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) офтальмологическая помощь – комплекс медицинских услуг, оказываемый населению (взрослое, дети) при заболеваниях органов зрения;</w:t>
+      17) система обязательного социального медицинского страхования (далее – система ОСМС) – совокупность норм и правил, устанавливаемых государством, регулирующих отношения между участниками системы обязательного социального медицинского страхования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18) пациент – физическое лицо, являющееся (являвшееся) потребителем медицинских услуг независимо от наличия или отсутствия у него заболевания или состояния, требующего оказания медицинской помощи;</w:t>
+      18) офтальмологическая помощь – комплекс медицинских услуг, оказываемый населению (взрослые, дети) при заболеваниях органов зрения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19) профилактика – комплекс медицинских и немедицинских мероприятий, направленных на предупреждение возникновения заболеваний, прогрессирования на ранних стадиях болезней и контролирование уже резвившихся осложнений, повреждений органов и тканей;</w:t>
+      19) офтальмологический центр (далее - ОЦ)– отдельная лицензированная МО или в составе многопрофильных лицензированных МО, осуществляющих офтальмологическую помощь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20) гарантированный объем бесплатной медицинской помощи (далее – ГОБМП) – объем медицинской помощи, предоставляемой за счет бюджетных средств;</w:t>
+      20) региональный трансплантационный координатор – врач, обеспечивающий межведомственное взаимодействие медицинских организаций в области трансплантации органов (части органа) и (или) тканей (части ткани) в областных центрах, городах республиканского значения и столице, являющийся штатным сотрудником Координационного центра;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21) экстренная медицинская помощь – медицинская помощь, оказываемая при внезапных острых заболеваниях и состояниях, обострении хронических заболеваний, требующих безотлагательного медицинского вмешательства для предотвращения существенного вреда здоровью и (или) устранения угрозы жизни.</w:t>
+      21) пациент – физическое лицо, являющееся (являвшееся) потребителем медицинских услуг независимо от наличия или отсутствия у него заболевания или состояния, требующего оказания медицинской помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. К организациям здравоохранения, оказывающим офтальмологическую помощь, относятся:</w:t>
+      22) профилактика – комплекс медицинских и немедицинских мероприятий, направленных на предупреждение возникновения заболеваний, прогрессирования на ранних стадиях болезней и контролирование уже развившихся осложнений, повреждений органов и тканей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) организации здравоохранения, оказывающие медицинскую помощь в амбулаторных условиях;</w:t>
+      23) гарантированный объем бесплатной медицинской помощи – объем медицинской помощи, предоставляемой за счет бюджетных средств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) организации здравоохранения, научные организации, оказывающие медицинскую помощь в стационарных условиях, имеющие в своем составе офтальмологическое отделение и (или) койки.</w:t>
+        <w:t xml:space="preserve">
+      24) координационный центр по трансплантации (далее - Координационный центр) - организация здравоохранения, занимающаяся вопросами координации и сопровождения трансплантации органов (части органа) и (или) тканей (части ткани), положение о которой утверждается уполномоченным органом в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 70)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 7 Кодекса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Основными задачами и направлениями деятельности организаций, оказывающих офтальмологическую помощь, являются:</w:t>
+      25) экстренная медицинская помощь – медицинская помощь, оказываемая при внезапных острых заболеваниях и состояниях, обострении хронических заболеваний, требующих безотлагательного медицинского вмешательства для предотвращения существенного вреда здоровью и (или) устранения угрозы жизни.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) организация и проведение мероприятий, направленных на профилактику и раннюю диагностику офтальмологических заболеваний, профилактику инвалидизации;</w:t>
+        <w:t xml:space="preserve">
+      3. Офтальмологическая помощь населению оказывается в амбулаторных, стационарных и стационарозамещающих условиях на вторичном и третичном уровнях оказания медицинской помощи, в экстренной и плановой формах организациями здравоохранения, независимо от формы собственности и ведомственной принадлежности при наличии лицензии на осуществление медицинской деятельности согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закону</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях" (далее - Закон).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) оказание специализированной медицинской помощи пациентам с офтальмологическими заболеваниями с применением современных технологий и методов диагностики и лечения, основанных на принципах доказательной медицины, с соблюдением преемственности на всех этапах оказания медицинской помощи.</w:t>
+      4. Офтальмологическая помощь оказывается:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5. Для оказания офтальмологической помощи в Республике Казахстан в структуре МО организуются следующие подразделения:</w:t>
+        <w:t xml:space="preserve">
+      1) в рамках ГОБМП в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 16 октября 2020 года № 672 "Об утверждении перечня гарантированного объема бесплатной медицинской помощи и признании утратившими силу некоторых решений Правительства Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 147530);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) специализированный кабинет офтальмолога в организациях здравоохранения, оказывающих медицинскую помощь в амбулаторных условиях;</w:t>
+        <w:t xml:space="preserve">
+      2) в системе обязательного социального медицинского страхования (далее – ОСМС) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 июня 2019 года № 421 "Об утверждении перечня медицинской помощи в системе обязательного социального медицинского страхования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 132550);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) кабинет функциональной диагностики глаза в организациях здравоохранения, оказывающих специализированную офтальмологическую помощь в амбулаторных и стационарных условиях;</w:t>
+        <w:t xml:space="preserve">
+      3) на платной основе в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 29 октября 2020 года № ҚР ДСМ-170/2020 "Об утверждении правил оказания платных услуг субъектами здравоохранения и типовой формы договора по предоставлению платных медицинских услуг (помощи)" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21559).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) специализированный кабинет сосудистой патологии глаза и лазерной хирургии в организациях здравоохранения, оказывающих специализированную офтальмологическую помощь в амбулаторных условиях;</w:t>
+        <w:t xml:space="preserve">
+      5. Офтальмологическую помощь населению осуществляет врач по специальности "Офтальмология (взрослая, детская)" (далее – врач офтальмолог) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-305/2020 "Об утверждении номенклатуры специальностей и специализаций в области здравоохранения, номенклатуры и квалификационных характеристик должностей работников здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21856).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) специализированный кабинет охраны зрения детей в организациях здравоохранения, оказывающих специализированную офтальмологическую помощь в амбулаторных условиях детям, в районных/городских поликлиниках, в специализированных дошкольных учреждениях, школах-интернатах для детей с нарушениями зрения;</w:t>
+      6. Офтальмологическая помощь населению осуществляется согласно рекомендациям КП, при их отсутствии согласно международным клиническим рекомендациям (руководствам), имеющим доказательную базу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) кабинет сложной и специальной коррекции в организациях здравоохранения, оказывающих специализированную офтальмологическую помощь в амбулаторных условиях;</w:t>
+        <w:t xml:space="preserve">
+      7. В амбулаторных условиях лекарственное обеспечение пациентов осуществляется согласно перечню, утвержденному </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 5 августа 2021 года № ҚР ДСМ – 75 "Об утверждении Перечня лекарственных средств и медицинских изделий для бесплатного и (или) льготного амбулаторного обеспечения отдельных категорий граждан Республики Казахстан с определенными заболеваниями (состояниями)" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 23885) (далее – Приказ № ҚР ДСМ – 75).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) центр амбулаторной хирургии в организациях, оказывающих специализированную офтальмологическую помощь в амбулаторных условиях;</w:t>
+        <w:t xml:space="preserve">
+      8. Лечение орфанных офтальмологических заболеваний проводится в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечнем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орфанных заболеваний и лекарственных средств для их лечения, утвержденных приказом Министра здравоохранения Республики Казахстан от 20 октября 2020 года № ҚР ДСМ - 142/2020 "Об утверждении перечня орфанных заболеваний и лекарственных средств для их лечения (орфанных)" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21479).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7) отделение (центр) рефракционной лазерной хирургии в организациях здравоохранения, оказывающих специализированную офтальмологическую помощь в амбулаторных и стационарных условиях;</w:t>
+        <w:t xml:space="preserve">
+      9. МО обеспечивают ведение медицинской документации и представление отчетов в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 10 декабря 2020 года № ҚР ДСМ-244/2020 "Об утверждении правил ведения первичной медицинской документации и представление отчетов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21761) по формам утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР-ДСМ -175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (далее – приказ № ҚР-ДСМ 175/2020) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 22 декабря 2020 года № ҚР ДСМ-313/2020 "Об утверждении форм отчетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21879) (далее – приказ № ҚР ДСМ-313/2020).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8) койки по профилю "офтальмологический для взрослых" и (или) "офтальмологический для детей" в многопрофильных районных и (или) городских и (или) областных больницах, университетских больницах, научных организациях, специализированных офтальмологических клиниках, оказывающих медицинскую помощь в стационарных условиях;</w:t>
+        <w:t xml:space="preserve">
+      10. Экстренная специализированная офтальмологическая помощь осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-225/2020 "Об утверждении правил оказания скорой медицинской помощи, в том числе с привлечением медицинской авиации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21713).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) офтальмологическое отделение в зависимости от мощности, количества обслуживаемого населения в составе многопрофильных городских и (или) областных больниц, научных организаций, университетских больниц, специализированных офтальмологических клиник, оказывающих медицинскую помощь в стационарных условиях;</w:t>
+      11. На всех уровнях оказания офтальмологической помощи при затруднении в идентификации диагноза, в том числе при условии не транспортабельности пациента, организуется консилиум с привлечением ведущих специалистов аккредитованных профессиональных медицинских ассоциаций и специалистов профильного центра.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10) койки по профилю "офтальмологический для взрослых" и (или) офтальмологический для детей" в структуре дневных стационаров в организациях здравоохранения, оказывающих специализированную офтальмологическую помощь в амбулаторных и стационарных условиях;</w:t>
+        <w:t xml:space="preserve">
+      12. Оказание офтальмологической помощи в дистанционном формате осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 1 февраля 2021 года № ҚР ДСМ-12 "Об утверждении правил организации, предоставления и оплаты дистанционных медицинских услуг" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22151).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      11) кабинет оптометрии в организациях здравоохранения, оказывающих медицинскую помощь в амбулаторных условиях, в салонах оптик;</w:t>
+        <w:t xml:space="preserve">
+      13. Офтальмологическая помощь включает проведение медицинской реабилитации 2-3 этапов, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 7 октября 2020 года № ҚР ДСМ-116/2020 "Об утверждении Правил оказания медицинской реабилитации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 21381) (далее – Приказ № ҚР ДСМ-116/2020).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12) лаборатория протезирования в организациях здравоохранения, оказывающих медицинскую помощь в амбулаторных условиях;</w:t>
+        <w:t xml:space="preserve"> Глава 2. Структура организаций здравоохранения, оказывающих офтальмологическую помощь</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13) лаборатория консервации биологического материала в структуре многопрофильных больниц в городах республиканского значения и столицы, в научных организациях.</w:t>
+        <w:t xml:space="preserve">
+      14. На первичном уровне офтальмологическая помощь осуществляется МО ПМСП в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 24 августа 2021 года ҚР ДСМ-90 "Об утверждении Правил оказания первичной медико-санитарной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 24094) (далее -– Приказ № ҚР ДСМ 90).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Основными направлениями деятельности МО, оказывающих офтальмологическую помощь, являются:</w:t>
+      15. На вторичном уровне офтальмологическая помощь осуществляется на уровне консультационно-диагностических отделений поликлиник, офтальмологических центров, офтальмологических отделений и центрах амбулаторной хирургии (далее - ЦАХ) многопрофильных областных больниц и (или) городских больниц, профильных научных организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) оказание доврачебной, квалифицированной, специализированной и высокотехнологичной медицинской помощи пациентам с заболеваниями органов зрения;</w:t>
+      16. На третичном уровне детская офтальмологическая помощь осуществляется в медицинских организациях родовспоможения третичного уровня, в многопрофильных МО третичного уровня и научных организациях.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) проведение мероприятий, обеспечивающих доступность медицинской помощи, непрерывное профессиональное развитие и повышение качества оказываемой лечебно-диагностической помощи населению (взрослые, дети);</w:t>
+      17. Координирующая роль в формировании единого подхода к организации специализированной медицинской помощи, организационно- методической и консультативной помощи, планирования объемов финансирования в том числе на лекарственное обеспечение и процессов медицинских услуг выполняется:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) оказание информационно-консультативной и организационно-методической помощи населению и субъектам здравоохранения по вопросам заболеваний органов зрения;</w:t>
+      1) на уровне региона – главным внештатным офтальмологом соответствующего региона, назначаемого решением местного исполнительного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
     <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) научно-исследовательская деятельность.</w:t>
+      2) на республиканском уровне – главным внештатным офтальмологом Министерства здравоохранения Республики Казахстан и Координационным центром, определяемым уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 29 октября 2020 года № ҚР ДСМ-170/2020 "Об утверждении правил оказания платных услуг субъектами здравоохранения и типовой формы договора по предоставлению платных медицинских услуг (помощи)" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21559).</w:t>
+        <w:t>
+      18. Для оказания офтальмологической помощи создаются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Минимальный норматив обеспеченности медицинскими работниками в МО, оказывающих медицинскую помощь в амбулаторных условиях, составляет 0,8 должности врача офтальмолога взрослого и 1,0 должности врача офтальмолога детского на 10 000 прикрепленного населения.</w:t>
+      1) кабинеты:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В организациях здравоохранения, оказывающих медицинскую помощь в стационарных условиях нормативные штатные нагрузки на врача офтальмолога устанавливается по количеству пролеченных пациентов за месяц и соответственно за год. Минимально из расчета 1 должность врача офтальмолога на 480 пролеченных за год пациентов для профиля койки "офтальмология для взрослых", 270 пролеченных за год пациентов для профиля койки "офтальмология для детей".</w:t>
+      офтальмолога в структуре организаций здравоохранения, оказывающих медицинскую помощь в амбулаторных и стационарозамещающих условиях на районном, городском, областном уровнях и в консультативно-диагностическом центре, создаваемом в городах республиканского значения и столице;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-305/2020 "Об утверждении номенклатуры специальностей и специализаций в области здравоохранения, номенклатуры и квалификационных характеристик должностей работников здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21856).</w:t>
+        <w:t>
+      функциональной диагностики глаза в организациях здравоохранения, оказывающих специализированную офтальмологическую помощь в амбулаторных (при городской поликлинике, КДЦ) и стационарных условиях (при городском/областном офтальмологическом центре);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему Стандарту.</w:t>
+        <w:t>
+      сосудистой патологии глаза, глаукомы и лазерной хирургии в организациях здравоохранения, оказывающих специализированную офтальмологическую помощь в амбулаторных условиях (при городской поликлинике, КДЦ);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему Стандарту.</w:t>
+        <w:t>
+      охраны зрения детей в организациях здравоохранения, оказывающих специализированную офтальмологическую помощь в амбулаторных условиях детям на районном/городском, областном уровнях и в специализированных дошкольных учреждениях, школах-интернатах для детей с нарушениями зрения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Оказание офтальмологической помощи осуществляется организациями здравоохранения, имеющими лицензию на осуществление медицинской деятельности, независимо от формы собственности и ведомственной принадлежности в следующих условиях:</w:t>
+      контактной, сложной и специальной коррекции контактными и ортокератологическими линзами в организациях здравоохранения, оказывающих специализированную офтальмологическую помощь в амбулаторных условиях и в консультативно-диагностических центрах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) в амбулаторных условиях, не предусматривающих круглосуточного медицинского наблюдения и лечения, в виде амбулаторно-поликлинической помощи, в том числе первичной медико-санитарной (далее - ПМСП) и консультативно-диагностической (далее - КДП);</w:t>
+      оптометрии в организациях здравоохранения, оказывающих медицинскую помощь в амбулаторных условиях на районном, городском, областном уровнях и в консультативно-диагностических центрах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) в стационарозамещающих условиях, не требующих круглосуточного медицинского наблюдения и лечения и предусматривающих медицинское наблюдение и лечение в дневное время с предоставлением койко-места;</w:t>
+      2) лаборатории:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) в стационарных условиях, предусматривающих круглосуточное медицинское наблюдение, лечение, уход, а также предоставление койко-места с питанием;</w:t>
+      протезирования в организациях здравоохранения, оказывающих медицинскую помощь в амбулаторных и стационарозамещающих условиях на городском, областном уровнях и в консультативно-диагностический центре, создаваемом в городах республиканского значения и столице;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) вне медицинской организации: в медицинских поездах, передвижных (полевых) медицинских комплексах, в салонах оптик, в специализированных дошкольных учреждениях и школах-интернатах для детей с нарушениями зрения, при оказании дистанционных медицинских услуг.</w:t>
+      патогистологических исследований и консервации тканей (за исключением донорской роговицы), в структуре многопрофильных больниц в городах республиканского значения и в научных организациях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ - 175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) (далее – приказ № ҚР ДСМ-175/2020).</w:t>
+        <w:t>
+      3) офтальмологические койки в составе соматических (терапевтических, педиатрических) отделений организаций здравоохранения, оказывающих медицинскую помощь в стационарных условиях на районном уровне (районная/номерная районная/межрайонная многопрофильная центральная районная больницы); в составе хирургических отделений организаций здравоохранения, оказывающих медицинскую помощь в стационарных условиях на районном (районная/номерная районная/многопрофильная центральная районная больницы), городском (городская/многопрофильная городская/многопрофильная городская детская больницы), областном уровнях (многопрофильная областная/многопрофильная областная детская больницы);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-225/2020 "Об утверждении правил оказания скорой медицинской помощи, в том числе с привлечением медицинской авиации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21713).</w:t>
+        <w:t>
+      4) офтальмологическое отделение (в том числе дневной стационар) в структуре организаций здравоохранения, оказывающих медицинскую помощь в стационарных условиях на районном (районная/номерная районная/многопрофильная центральная районная больницы), городском (городская/многопрофильная городская/многопрофильная городская детская больницы), областном (многопрофильная областная/многопрофильная областная детская больницы), республиканском уровнях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 9 сентября 2010 года № 704 "Об утверждении Правил организации скрининга" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 6490).</w:t>
+        <w:t>
+      5) офтальмологический центр (отдельная МО и/или в составе организаций здравоохранения, оказывающих медицинскую помощь в стационарных условиях на городском (городская/многопрофильная городская больницы), областном уровнях (многопрофильная областная больница).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Решение, касающееся выбора метода хирургической тактики и объема оперативного вмешательства у пациента (взрослые, дети) на единственном глазу (парный глаз отсутствует) или единственном в функциональном отношении глазу (острота зрения парного глаза 0,05 и ниже) принимается консилиумом в составе не менее трех врачей офтальмологов со стажем работы не менее 5 лет.</w:t>
+      В составе офтальмологического центра может функционировать кабинет офтальмолога, кабинет функциональной диагностики, рентген-кабинет, лаборатория протезирования, дневной стационар, офтальмологическое отделение, центр лазерной коррекции зрения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 18 ноября 2020 года № ҚР ДСМ-198/2020. "Об утверждении правил проведения экспертизы временной нетрудоспособности, а также выдачи листа или справки о временной нетрудоспособности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21660) (далее – приказ № ҚР ДСМ-198/2020).</w:t>
+        <w:t>
+      6) ЦАХ для оказания стационарозамещающей хирургической помощи пациентам в организациях здравоохранения и (или) их структурных подразделениях, оказывающих медицинскую помощь в амбулаторных условиях (на городском уровне, в консультативно-диагностическом центре как структурном подразделении многопрофильной больницы) и организациях здравоохранения и (или) их структурных подразделениях, оказывающих медицинскую помощь в стационарных условиях (консультативно-диагностическое отделение при многопрофильных городских и областных больницах).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      17. Организационно-методическую помощь офтальмологической службы осуществляют научные организации, высшие учебные заведения, профессиональные неправительственные общественные объединения, имеющие аккредитацию по соответствию установленным критериям для профессиональных медицинских ассоциаций и общественных объединений, осуществляющие деятельность в области здравоохранения. </w:t>
+        <w:t xml:space="preserve"> Глава 3. Основные задачи и направления деятельности организаций, оказывающих офтальмологическую помощь</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      18. Организационно-методическая помощь офтальмологической службы включает: </w:t>
+        <w:t>
+      19. Основными задачами деятельности организаций, оказывающих офтальмологическую помощь, являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) мониторинг и анализ учетных и отчетных статистических форм;</w:t>
+      1) организация и проведение мероприятий, направленных на профилактику и раннюю диагностику офтальмологических заболеваний, профилактику инвалидизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) анализ распространенности заболеваний органов зрения на территории Республики Казахстан;</w:t>
+      2) оказание специализированной медицинской помощи пациентам с офтальмологическими заболеваниями с применением современных технологий и методов диагностики и лечения, основанных на принципах доказательной медицины, с соблюдением преемственности на всех этапах оказания медицинской помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z85" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) участие в профильных и мультидисциплинарных консилиумах;</w:t>
+      3) проведение медицинской реабилитации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:bookmarkStart w:name="z86" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) разработку и пересмотр клинических протоколов диагностики и лечения, обеспечение целостности лечебно-диагностического процесса, преемственности и взаимосвязи на всех этапах оказания офтальмологической помощи;</w:t>
+      4) динамическое наблюдение за пациентами с офтальмологическими заболеваниями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) разработку комплексных мер по профилактике заболеваний органов зрения, участие в разработке, внедрении, мониторинге скрининговых программ по выявлению заболевания органов зрения;</w:t>
+      5) профилактика прогрессирования и осложнений офтальмологических заболеваний;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
     <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) повышение осведомленности населения по вопросам заболеваний органов зрения;</w:t>
+      6) оказание организационно-методической и консультативной помощи медицинским организациям в регионе с учетом уровня оказания медицинской помощи (районный, городской, областной);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
     <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) участие в разработке нормативно-правовой базы, стратегии развития офтальмологической службы;</w:t>
+      7) внедрение и трансферт инновационных медицинских технологий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) содействие непрерывному профессиональному развитию и повышению качества оказываемой лечебно-диагностической помощи населению, разработку и изготовление информационно-образовательных материалов, издание монографий, сборников трудов, методических рекомендаций, и периодических изданий (журналов).</w:t>
+      8) осуществление мониторинга качества оказания офтальмологической помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок организации оказания офтальмологической помощи</w:t>
+        <w:t>
+      9) пропаганда здорового образа жизни среди населения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 1. Порядок организации оказания офтальмологической помощи в амбулаторных условиях</w:t>
+        <w:t xml:space="preserve"> Глава 4. Порядок организации оказания офтальмологической помощи (в разрезе уровней, видов, форм и условий ее оказания)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      19. Офтальмологическая помощь в амбулаторных условиях оказывается на первичном, вторичном и третичном уровнях оказания медицинской помощи.</w:t>
+        <w:t xml:space="preserve"> Параграф 1. Порядок организации оказания офтальмологической помощи в амбулаторных условиях, стационарных и стационарозамещающих условиях</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      20. Пациентам с заболеваниями органов зрения включает:</w:t>
+        <w:t xml:space="preserve">
+      20. Первичная медико-санитарная помощь пациентам с офтальмологическими заболеваниями в амбулаторных условиях осуществляется врачами общей практики, терапевтами, педиатрами согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 марта 2023 года № 49 "Об утверждении Стандарта организации оказания первичной медико-санитарной помощи в Республике Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32160) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу № ҚР ДСМ-90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) организация профилактических медицинских осмотров целевых групп населения (взрослые, дети);</w:t>
+      21. Специалистами ПМСП в амбулаторных условиях проводится:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) доврачебную медицинскую помощь;</w:t>
+      1) первичный опрос и осмотр пациентов в смотровом, доврачебном кабинетах с целью ранней диагностики офтальмологических заболеваний (сбор жалоб, анамнеза);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
     <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) квалифицированную экстренную и неотложную медицинскую помощь;</w:t>
+      2) диагностика и оказание неотложной помощи в соответствии с КП;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
     <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) осмотр специалистом ПМСП, направление на консультацию профильных специалистов, по показаниям проведение клинико-диагностических исследований (лабораторные, инструментальные и функциональные);</w:t>
+        <w:t xml:space="preserve">
+      3) динамическое наблюдение пациентов с офтальмологическими заболеваниями согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 26 октября 2020 года № ҚР ДСМ-149/2020 "Об утверждении правил организации оказания медицинской помощи лицам с хроническими заболеваниями, периодичности и сроков наблюдения, обязательного минимума и кратности диагностических исследований" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под 21513) (далее- приказ ҚР ДСМ-149/2020);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) обеспечение лекарственными средствами в соответствии с </w:t>
+      4) своевременное обеспечение лекарственными средствами и медицинскими изделиями пациентов с определенными заболеваниями согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приказом</w:t>
+        <w:t>приказу № ҚР ДСМ – 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 5 августа 2021 года № ҚР ДСМ–75 "Об утверждении Перечня лекарственных средств и медицинских изделий для бесплатного и (или) льготного амбулаторного обеспечения отдельных категорий граждан Республики Казахстан с определенными заболеваниями (состояниями)" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 23885);</w:t>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
     <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 декабря 2020 года № ҚР ДСМ-258/2020 "Об утверждении перечня заболеваний, при которых специализированная медицинская помощь в стационарных условиях оказывается в плановой форме" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21784) с регистрацией направления в Портале осуществляется путем определения планируемой даты госпитализации с учетом права пациента на свободный выбор организации здравоохранения;</w:t>
+        <w:t>
+      5) мониторинг эффективности и осложнений лекарственной терапии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
     <w:bookmarkStart w:name="z101" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) организацию динамического наблюдения пациентов (взрослые, дети) с наличием хронических заболеваний в соответствии с Правилами организации оказания медицинской помощи лицам с хроническими заболеваниями, периодичности и сроков наблюдения, обязательного минимума и кратности диагностических исследований, утвержденными </w:t>
+      6) направление лиц с офтальмологическими заболеваниями на медико-социальную экспертизу для определения и установления инвалидности в случаях стойкой утраты трудоспособности и ограничении жизнедеятельности согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приказом</w:t>
+        <w:t>приказу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 23 октября 2020 года № ҚР ДСМ-149/2020 "Об утверждении правил организации оказания медицинской помощи лицам с хроническими заболеваниями, периодичности и сроков наблюдения, обязательного минимума и кратности диагностических исследований" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21513) (далее – Приказ № ҚР ДСМ – 149/2020);</w:t>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра труда и социальной защиты населения Республики Казахстан от 29 июня 2023 года № 260 "Об утверждении Правил проведения медико-социальной экспертизы" (в Реестре государственной регистрации нормативных правовых актов под № 32922).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
     <w:bookmarkStart w:name="z102" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      8) направление на медицинскую реабилитацию; </w:t>
+        <w:t>
+      7) Направление на консультацию офтальмолога либо госпитализацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:bookmarkStart w:name="z103" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9) проведение экспертизы временной нетрудоспособности, выдача листа или справки о временной нетрудоспособности;</w:t>
+        <w:t xml:space="preserve">
+      22. Врач офтальмолог оказывает специализированную медицинскую помощь пациентам с офтальмологическими заболеваниями в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 27 апреля 2022 года № ҚР ДСМ-37 "Об утверждении правил оказания специализированной медицинской помощи в амбулаторных условиях" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 27833).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) направление на врачебно-консультативную комиссию медицинской организации;</w:t>
+      23. Врач офтальмолог осуществляет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:bookmarkStart w:name="z105" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Заместителя премьер-Министра - Министра труда и социальной защиты населения Республики Казахстан от 29 июня 2023 года № 260 "Правила проведения медико-социальной экспертизы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32922);</w:t>
+        <w:t>
+      1) специализированную консультативно-диагностическую помощь, согласно КП;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:bookmarkStart w:name="z106" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12) осуществление преемственности с офтальмологической и другими профильными службами;</w:t>
+        <w:t xml:space="preserve">
+      2) профилактические (скрининговые) медицинские осмотры целевых групп населения в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 9 сентября 2010 года № 704 "Об утверждении Правил организации скрининга" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 6490), приказом иcполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-174/2020 "Об утверждении целевых групп лиц, подлежащих скрининговым исследованиям, а также правил, объема и периодичности проведения данных исследований" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21572) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-264/2020 "Об утверждении правил, объема и периодичности проведения профилактических медицинских осмотров целевых групп населения, включая детей дошкольного, школьного возрастов, а также учащихся организаций технического и профессионального, после-среднего и высшего образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 21820);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z107" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) мероприятий по санитарно-гигиеническому просвещению населения, по профилактике заболеваний органов зрения, пропаганда здорового образа жизни;</w:t>
+      3) направление пациентов с офтальмологическими заболеваниями на госпитализацию в круглосуточный и дневной стационары, ЦАХ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:bookmarkStart w:name="z108" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      14) мониторинг и анализ учетных и отчетных статистических форм, мониторинг основных медико-статистических показателей заболеваемости, инвалидности от заболевания органов зрения на территории обслуживания;</w:t>
+        <w:t xml:space="preserve">
+      4) динамическое наблюдение пациентов с офтальмологическими заболеваниями в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом № ҚР ДСМ-149/2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:bookmarkStart w:name="z109" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15) оформление отчетной документации в соответствии с </w:t>
+      5) ведение учетной и отчетной медицинской документации по установленным формам, согласно приказам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приказом</w:t>
+        <w:t>№ ҚР-ДСМ 175/2020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 22 декабря 2020 года № ҚР ДСМ-313/2020 "Об утверждении форм отчетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21879) (далее – Приказ № ҚР ДСМ-313/2020).</w:t>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-313/2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
     <w:bookmarkStart w:name="z110" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 27 апреля 2022 года № ҚР ДСМ - 37 "Об утверждении правил оказания специализированной медицинской помощи в амбулаторных условиях" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 27833).</w:t>
+        <w:t>
+      6) участие в проведении экспертизы временной нетрудоспособности пациентов с офтальмологическими заболеваниями, в случае стойкой утраты трудоспособности выдача рекомендаций врачу ПМСП для направления пациента с офтальмологическими заболеваниями на медико-социальную экспертизу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
     <w:bookmarkStart w:name="z111" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      22. Пациентам (взрослые, дети) при заболеваниях органов зрения оказывается в организациях здравоохранения, оказывающих медицинскую помощь в амбулаторных условиях, в том числе в рамках дистанционных медицинских услуг.</w:t>
+        <w:t xml:space="preserve">
+      7) направление на медицинскую реабилитацию пациентов с заболеваниями, в соответствии с приказами Министра здравоохранения Республики Казахстан от 7 апреля 2023 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 65</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Об утверждении стандарта организации оказания медицинской реабилитации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32263) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚР ДСМ-116/2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:bookmarkStart w:name="z112" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Пациентам (взрослые, дети) с заболеваниями органов зрения осуществляется врачами-офтальмологами (взрослый, детский) и включает:</w:t>
+      8) оказание организационно-методической помощи специалистам ПМСП по вопросам ранней диагностики, профилактики и лечения пациентов с офтальмологическими заболеваниями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
     <w:bookmarkStart w:name="z113" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) профилактические (скрининговые) медицинские осмотры целевых групп населения (детей, взрослых);</w:t>
+      9) проведение санитарно-просветительной работы по профилактике заболеваний органов зрения, пропаганды здорового образа жизни.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
     <w:bookmarkStart w:name="z114" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) оказание неотложной специализированной офтальмологической помощи;</w:t>
+      24. В кабинете функциональной диагностики врачом офтальмологом проводится:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
     <w:bookmarkStart w:name="z115" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3) оказание экстренной специализированной офтальмологической помощи; </w:t>
+        <w:t>
+      1) ультразвуковое исследование органа зрения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
     <w:bookmarkStart w:name="z116" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) консультативная, диагностическая и лечебная помощь пациентам (взрослые, дети) с заболеваниями органов зрения;</w:t>
+      2) биометрические офтальмологические исследования (при бесконтактных методиках может проводиться средним медицинским работником при наличии соответствующего свидетельства о повышении квалификации);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
     <w:bookmarkStart w:name="z117" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-221/2020 "Об утверждении перечня диагностических услуг, в том числе лабораторной диагностики, включенных в специализированную медицинскую помощь в амбулаторных условиях" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21703);</w:t>
+        <w:t>
+      3) оптическая когерентная томография тканей органа зрения (при бесконтактных методиках может проводиться средним медицинским работником при наличии соответствующего свидетельства о повышении квалификации);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
     <w:bookmarkStart w:name="z118" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 19 октября 2020 года № ҚР ДСМ-136/2020 "Об утверждении перечня процедур и манипуляций, включенных в специализированную медицинскую помощь в амбулаторных условиях" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21470);</w:t>
+        <w:t>
+      4) электрофизиологические исследования зрительного анализатора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:bookmarkStart w:name="z119" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) направление на дополнительные лабораторно-инструментальные исследования и консультации других профильных специалистов (для осмотра пациента специалистом более высокой квалификации или другого профиля), организацию консилиума (при необходимости) и комиссионных мультидисциплинарных осмотров (при необходимости);</w:t>
+      5) флуоресцентная ангиография глазного дна;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:bookmarkStart w:name="z120" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) определение медицинских показаний для направления пациентов (взрослые, дети) в дневные и круглосуточные стационары, профильные медицинские организации;</w:t>
+      6) периметрия (при бесконтактных методиках может проводиться средним медицинским работником при наличии соответствующего свидетельства о повышении квалификации).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z121" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) предоставление консультативного заключения для лиц с хроническим заболеванием для постановки на учет для динамического наблюдения в организацию ПМСП по месту прикрепления;</w:t>
+      25. В кабинете сосудистой патологии глаза, глаукомы и лазерной хирургии проводится:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:bookmarkStart w:name="z122" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>, оказание специализированной офтальмологической помощи в соответствии с медицинскими показаниями (при наличии показаний привлекаются социальные работники в области здравоохранения, психологи и специалисты кабинетов здорового образа жизни);</w:t>
+        <w:t>
+      1) консультативная, диагностическая помощь, лечение и наблюдение в динамике пациентов с глаукомой, острыми и хроническими сосудистыми заболеваниями глаза, наследственными аномалиями сетчатки и сосудистой оболочки, витреохориоретинальных дистрофиях, опухолевыми и псевдоопухолевыми заболеваниями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:bookmarkStart w:name="z123" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      11) определение медицинских показаний и направление на медицинскую реабилитацию; </w:t>
+        <w:t>
+      2) лазерная хирургия при глаукоме, вторичной катаракте, помутнении стекловидного тела, витреохориоретинальных дистрофиях, опухолевыми и псевдоопухолевыми заболеваниями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:bookmarkStart w:name="z124" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) проведение экспертизы временной нетрудоспособности, выдача листа или справки о временной нетрудоспособности;</w:t>
+      26. В кабинетах охраны зрения детей осуществляется:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z125" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) направление на врачебно-консультативную комиссию медицинской организации;</w:t>
+      1) консультативная, диагностическая, лечебная помощь детям с заболеваниями органов зрения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:bookmarkStart w:name="z126" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) мониторинг и анализ учетных и отчетных статистических форм, мониторинг основных медико-статистических показателей заболеваемости, инвалидности от заболевания органов зрения на территории обслуживания;</w:t>
+      2) аппаратное лечение детей при аномалиях рефракции, амблиопии, косоглазии, цифровой зрительной утомляемости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:bookmarkStart w:name="z127" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15) санитарно-просветительская работа по профилактике заболеваний органов зрения, пропаганда здорового образа жизни;</w:t>
+      3) профилактика развития миопии, ранняя диагностика и профилактика прогрессирования миопии у детей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:bookmarkStart w:name="z128" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) обеспечение лечебно-диагностического процесса, преемственности и взаимосвязи с организациями ПМСП, с другими медицинскими организациями, офтальмологической и другими профильными службами на всех этапах оказания офтальмологической помощи;</w:t>
+      4) анализ основных показателей заболеваемости органов зрения у детей, инвалидности от заболевания органов зрения на территории обслуживания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:bookmarkStart w:name="z129" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>
+      5) направление на дополнительные лабораторно-инструментальные исследования и консультации других профильных специалистов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:bookmarkStart w:name="z130" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. В кабинете функциональной диагностики осуществляется:</w:t>
+      27. В кабинете сложной и специальной коррекции проводится:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
     <w:bookmarkStart w:name="z131" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ультразвуковое исследование органов зрения;</w:t>
+      1) консультативная, диагностическая помощь пациентам с аномалиями рефракции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
     <w:bookmarkStart w:name="z132" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) биометрические офтальмологические исследования;</w:t>
+      2) подбор всех видов очковой коррекции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
     <w:bookmarkStart w:name="z133" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) оптическая когерентная томография тканей органов зрения;</w:t>
+      3) подбор контактных линз серийного производства, жестких контактных линз, ортокератологических и индивидуальных контактных линз;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z134" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) электрофизиологические исследования зрительного анализатора;</w:t>
+      4) обучение пациентов использованию и уходу за сложными и специальными средствами коррекции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:bookmarkStart w:name="z135" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5) флуоресцентная ангиография глазного дна; </w:t>
+        <w:t>
+      5) наблюдение в динамике за пациентами в период адаптации к средствам коррекции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
     <w:bookmarkStart w:name="z136" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) периметрия.</w:t>
+      28. В кабинете оптометрии проводится:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
     <w:bookmarkStart w:name="z137" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. В специализированном кабинете сосудистой патологии глаза и лазерной хирургии осуществляется:</w:t>
+      1) исследование зрительных функций и анатомических параметров глаза с использованием современной диагностической аппаратуры (визометрия, кераторефрактометрия, определение характера зрения, периметрия, биометрия);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
     <w:bookmarkStart w:name="z138" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) консультативная, диагностическая, лечебная помощь и наблюдение в динамике пациентов (взрослые, дети) с острыми и хроническими сосудистыми заболеваниями глазного дна, наследственными аномалиями сетчатки и сосудистой оболочки, витреохориоретинальных дистрофиях, опухолевыми и псевдоопухолевыми заболеваниями;</w:t>
+      2) измерение внутриглазного давления (тонометрия) и биомикроскопия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
     <w:bookmarkStart w:name="z139" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) лазерная хирургия при глаукоме, вторичной катаракте, помутнении стекловидного тела, витреохориоретинальных дистрофиях, диабетической ретинопатии, гипертонической ретинопатии, тромбозах вен сетчатки и других сосудистых заболеваниях глаза, опухолевых и псевдопухолевых заболеваниях глаза.</w:t>
+      3) подбор всех видов очковой коррекции взрослым и, при наличии данных объективного обследования рефракции врачом офтальмологом, детям 6 лет и старше;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
     <w:bookmarkStart w:name="z140" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. В кабинетах охраны зрения детей осуществляется:</w:t>
+      4) подбор контактных линз серийного производства взрослым и, при наличии данных объективного обследования рефракции врачом офтальмологом, детям 6 лет и старше;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
     <w:bookmarkStart w:name="z141" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) консультативная, диагностическая, лечебная помощь детям с заболеваниями органов зрения;</w:t>
+      5) обучение пациентов использованию и уходу за средствами коррекции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
     <w:bookmarkStart w:name="z142" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) аппаратное лечение детей при аномалиях рефракции, амблиопии, косоглазии, цифровой зрительной утомляемости;</w:t>
+      6) оказание неотложной доврачебной медицинской помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
     <w:bookmarkStart w:name="z143" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) профилактика развития миопии, ранняя диагностика и профилактика прогрессирования миопии у детей;</w:t>
+      7) направление на консультацию к врачу офтальмологу при необходимости.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
     <w:bookmarkStart w:name="z144" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) анализ основных показателей заболеваемости органов зрения у детей, инвалидности от заболевания органов зрения на территории обслуживания;</w:t>
+      29. В лаборатории протезирования осуществляется:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
     <w:bookmarkStart w:name="z145" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) направление на дополнительные лабораторно-инструментальные исследования и консультации других профильных специалистов.</w:t>
+      1) подбор стандартных глазных протезов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
     <w:bookmarkStart w:name="z146" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. В кабинете сложной и специальной коррекции врач офтальмолог осуществляет:</w:t>
+      2) подбор и изготовление индивидуальных глазных протезов, эктопротезов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
     <w:bookmarkStart w:name="z147" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) консультативную, диагностическую помощь пациентам (взрослые, дети) с аномалиями рефракции;</w:t>
+      3) наблюдение в динамике за состоянием конъюнктивальной полости, культи, глазной поверхности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
     <w:bookmarkStart w:name="z148" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) подбор пациентам (взрослые, дети) всех видов очковой коррекции;</w:t>
+        <w:t xml:space="preserve">
+      30. Направление пациента с офтальмологическими заболеваниями на госпитализацию в круглосуточный стационар осуществляется в соответствии c </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 24 марта 2022 года № ҚР ДСМ-27 "Об утверждении Стандарта оказания медицинской помощи в стационарных условиях в Республике Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 27218) (далее - приказ № ҚР ДСМ-27).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
     <w:bookmarkStart w:name="z149" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) подбор пациентам (взрослые, дети) контактных линз серийного производства, жестких контактных линз, ортокератологических и индивидуальных контактных линз;</w:t>
+        <w:t xml:space="preserve">
+      31. Госпитализация пациентов с офтальмологическими заболеваниями, подлежащих лечению в круглосуточном стационаре, осуществляется в соответствии с перечнем офтальмологических заболеваний, подлежащих лечению в стационаре с круглосуточным наблюдением в рамках ГОБМП/ОСМС согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу № ҚР - ДСМ-27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
     <w:bookmarkStart w:name="z150" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) обучение пациентов использованию и уходу за сложными и специальными средствами коррекции;</w:t>
+      32. Стационарная специализированная офтальмологическая помощь недоношенным новорожденным (экстренная, плановая) при ретинопатии недоношенных оказывается в организациях родовспоможения третичного уровня, в многопрофильных МО третичного уровня и научных организациях, оказывающих перинатальную и офтальмологическую помощь.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
     <w:bookmarkStart w:name="z151" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) наблюдение в динамике за пациентами в период адаптации к средствам коррекции;</w:t>
+      33. Медицинские организации родовспоможения направляют и координируют своевременную транспортировку (в том числе с использованием санавиации) недоношенных новорожденных с активной ретинопатии недоношенных (при необходимости) в организации родовспоможения третичного уровня, в многопрофильные клиники третичного уровня и научные организации для оказания высококвалифицированной специализированной офтальмологической помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
     <w:bookmarkStart w:name="z152" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) оказание неотложной специализированной офтальмологической помощи, при необходимости.</w:t>
+      34. Хирургическое лечение органа зрения оказывается в условиях круглосуточного, дневного стационара и ЦАХ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
     <w:bookmarkStart w:name="z153" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28. В кабинете оптометрии медицинский оптометрист осуществляет:</w:t>
+      35. Хирургические вмешательства на органе зрения выполняются врачом офтальмологом при наличии сертификата специалиста по специальности "Офтальмология взрослая/детская", и свидетельства о повышении квалификации по теме "Микрохирургия глаза".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
     <w:bookmarkStart w:name="z154" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) исследование зрительных функций с использованием современной диагностической аппаратуры (визометрия, кераторефрактомерия, определение характера зрения, периметрия);</w:t>
+      36. Решение, касающееся выбора метода хирургической тактики и объема оперативного вмешательства у пациента (взрослые, дети) на единственном глазу (парный глаз отсутствует) или единственном в функциональном отношении глазу (острота зрения парного глаза 0,05 и ниже) принимается консилиумом в составе не менее трех врачей-офтальмологов со стажем работы не менее 5 лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
     <w:bookmarkStart w:name="z155" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) измерение внутриглазного давления (тонометрия), биомикроскопия;</w:t>
+      37. При затруднении в идентификации диагноза и определении тактики ведения пациент с офтальмологическим заболеванием направляется на консилиум с участием главного внештатного офтальмолога соответствующего региона и членами аккредитованной профессиональной медицинской ассоциации. При необходимости пациент направляется на расширенный консилиум с участием профильного центра.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
     <w:bookmarkStart w:name="z156" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) подбор всех видов очковой коррекции взрослым и, при наличии обследования врачом офтальмологом, детям 6 лет и старше;</w:t>
+      38. В стационарозамещающих условиях пациентам с офтальмологическими заболеваниями оказывается специализированная медицинская помощь, медицинская реабилитация в случаях, не требующих круглосуточного врачебного наблюдения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
     <w:bookmarkStart w:name="z157" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) подбор контактных линз серийного производства взрослым и, при наличии обследования врачом офтальмологом, детям 6 лет и старше;</w:t>
+      39. Объем лечебно-диагностических мероприятий при оказании специализированной стационарозамещающей офтальмологической помощи осуществляется в соответствии с КП.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
     <w:bookmarkStart w:name="z158" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) обучение пациентов использованию и уходу за средствами коррекции;</w:t>
+        <w:t xml:space="preserve"> Параграф 2. Порядок организации проведения трансплантации роговицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
     <w:bookmarkStart w:name="z159" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) оказание неотложной доврачебной медицинской помощи;</w:t>
+        <w:t xml:space="preserve">
+      40. Трансплантация роговицы, в том числе консервированной, проводится в круглосуточном офтальмологическом стационаре медицинской организации при наличии лицензии в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
     <w:bookmarkStart w:name="z160" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7) направление на консультацию к врачу офтальмологу при необходимости.</w:t>
+        <w:t xml:space="preserve">
+      41. Изъятие и консервация органов (части органа) и (или) тканей (части ткани) зрения от трупов с целью трансплантации производится в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-307/2020 "Об утверждении правил изъятия и консервации органов зрения от трупов с целью трансплантации в организациях, осуществляющих деятельность патологической анатомии и судебно-медицинской экспертизы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 21850) (далее - ҚР ДСМ № 307/2020).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">42. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 42 вводится в действие с 01.01.2026 приказом и.о. Министра здравоохранения РК от 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (текст исключен).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">43. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 43 вводится в действие с 01.01.2026 приказом и.о. Министра здравоохранения РК от 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (текст исключен).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z163" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      29. В центрах амбулаторной хирургии проводятся хирургические операции в соответствии с </w:t>
+      44. Трансплантация консервированной роговичной ткани осуществляется с использованием трансплантационного материала, полученного по договору с зарубежным Банком роговицы. Порядок ввоза консервированной донорской роговицы из зарубежных Банков роговицы осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложением 3</w:t>
+        <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящему Стандарту без предоставления койко-места.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:bookmarkStart w:name="z164" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. В отделении (центр) рефракционной лазерной хирургии осуществляется:</w:t>
+      45. Показания к проведению трансплантации роговичной ткани определяются консилиумом офтальмологов в составе: ведущих специалистов аккредитованной профессиональной медицинской ассоциации, главного внештатного офтальмолога региона, профильного специалиста научного центра. Трансплантация роговичной ткани проводится согласно клинических протоколов диагностики и лечения: "Язва роговицы", "Рубцы и помутнения роговицы", "Кератоконус", "Кератопатия", "Термические и химические ожоги, ограниченные областью глаза и его придаточного аппарата" с учетом результатов УЗИ глазного яблока (А, В- скан), электрофизиологических исследований.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z163" w:id="157"/>
+    <w:bookmarkStart w:name="z165" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      46. Квалификационные требования к специалисту осуществляющего трансплантацию роговичной ткани приведены в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Стандарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z166" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      47. Рекомендуемое оснащение медицинских организаций, осуществляющих трансплантацию роговичной ткани приведены в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему Стандарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z167" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      48. Главным внештатным офтальмологом по заключению консилиума вносятся данные пациента при первичной регистрации на момент включения в медицинскую информационную систему учета донора и реципиентов согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-226/2020 "Об утверждении правил формирования и ведения регистра" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21717), при выписке из стационара после трансплантации роговицы (в том числе, консервированной роговичной ткани) и через год после трансплантации в медицинскую информационную систему согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, в примечаниях отражают критерии приоритетности при их наличии: ургентная трансплантация (перфорация роговицы при не восстановлении передней камеры с помощью мягкой контактной линзы, обширный дефект роговицы с нарушением анатомических соотношений глаза – с органосохранной целью), единственный в оптическом отношении глаз и ребенок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z168" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) консультативная, диагностическая помощь при аномалиях рефракции, заболеваниях роговицы;</w:t>
+      49. Медицинская организация, осуществляющая трансплантацию роговицы (в том числе, консервированной роговичной ткани) проводит мониторинг пациента в течение года после операции (еженедельно – первый месяц после операции, ежемесячно – до 6 месяцев после операции; через год после трансплантации) с предоставлением ежегодного отчета профильному центру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z164" w:id="158"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z169" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) лазерная коррекция зрения с использованием лазерных технологий;</w:t>
+      50. Пациенты с перенесенными воспалительными процессами глаза (кератит, увеит) допускаются на трансплантацию роговицы при условии стойкой ремиссии не менее 10-12 месяцев, после установления этиологии, обследования на инфекции, консультации инфекциониста при положительных результатах лабораторных исследований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z170" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) консультативная, диагностическая и лечебная помощь пациентам с кератоконусом и другими кератэктатическими заболеваниями роговицы, в том числе кросслинкинг коллагена роговицы, имплантация интрароговичных сегментов, в том числе с фемтолазерным сопровождением;</w:t>
+      Относительные противопоказания к трансплантации: пациенты с аутоиммунной патологией, нейротрофическими процессами в связи с высоким риском отторжения трансплантата. Вопрос о целесообразности трансплантации роговицы, данной категории пациентов решается при угрозе органоуносящей операции, с целью попытки сохранения глазного яблока. Обязательна консультация ревматолога. Пациентам с сопутствующей патологией необходимо проведение консультации смежных специалистов: эндокринолога – при сахарном диабете, патологии щитовидной железы; невропатолога – при нейротрофических процессах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z166" w:id="160"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z171" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) фототерапевтическая кератэктомия при заболеваниях роговицы;</w:t>
-[...59 lines deleted...]
-      7) наблюдение в динамике после хирургии, неотложная и экстренная специализированная помощь, при необходимости.</w:t>
+      51. При несоблюдении требований к послеоперационному наблюдению пациента и ведению документации уполномоченный орган вправе поставить вопрос об отзыве лицензии на проведение трансплантации. Члены аккредитованной профессиональной медицинской ассоциации совместно с профильными специалистами профильного центра проводят плановые мониторинговые визиты в клиники, аккредитованные на проведение трансплантации ежегодно, в случае возникновения осложнений, органоуносящих операций в исходе трансплантации проводится внеплановый мониторинговый визит в клинику с анализом причин осложнений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z170" w:id="164"/>
-[...179 lines deleted...]
-    <w:bookmarkStart w:name="z179" w:id="173"/>
+    <w:bookmarkStart w:name="z172" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 2. Порядок оказания офтальмологической помощи в стационарозамещающих условиях</w:t>
+        <w:t xml:space="preserve"> Глава 5. Рекомендуемые штаты и оснащение медицинскими изделиями организаций здравоохранения, оказывающих офтальмологическую помощь</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="175"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z173" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      34. Стационарозамещающая офтальмологическая помощь пациентам (взрослые, дети) оказывается в соответствии с </w:t>
+      52. Рекомендуемые штаты работников организаций здравоохранения, оказывающих офтальмологическую помощь, осуществляется согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приказом</w:t>
+        <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 7 июня 2023 года № 106 "Об утверждении Стандарт оказания медицинской помощи в стационарозамещающих условиях" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32740).</w:t>
+        <w:t xml:space="preserve"> настоящего Стандарта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-[...120 lines deleted...]
-    <w:bookmarkStart w:name="z188" w:id="182"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z174" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) выдачу листа о временной нетрудоспособности в соответствии с </w:t>
+      53. Рекомендуемое оснащение медицинскими изделиями организаций здравоохранения, оказывающих офтальмологическую помощь осуществляется согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приказом № ҚР ДСМ-198/2020</w:t>
+        <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> настоящего Стандарта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-[...397 lines deleted...]
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5072,1226 +4928,3985 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к стандарту</w:t>
+              <w:t>Приложение 1 к Стандарту</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организации оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>офтальмологической помощи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в Республике Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z208" w:id="201"/>
+    <w:bookmarkStart w:name="z176" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Объем клинико-диагностических исследований по уровням оказания офтальмологической помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диагностические услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уровни оказания медицинской помощи</w:t>
-            </w:r>
-[...34 lines deleted...]
-Диагностические услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Первичный уровень.</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...117 lines deleted...]
-              <w:t>5) лабораторные исследования по показаниям</w:t>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вторичный уровень.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Третичный уровень.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...354 lines deleted...]
-              <w:t>16) УЗИ глаза, расчет силы интраокулярной линзы (по показаниям)</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) сбор жалоб, анамнеза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...439 lines deleted...]
-              <w:t>22) рентген слезных путей с введением контраста (по показаниям)</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) физикальный осмотр: измерение пульса, артериального давления, частоты дыхательных движений, аускультация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) наружный осмотр глаза и придатков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) осмотр глаза и придатков в проходящем, боковом свете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) лабораторные исследования по показаниям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) определение остроты зрения с и без коррекции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) исследование рефракции: авторефрактокератометрия (взрослые, дети), ретиноскопия / скиаскопия (дети)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) определение внутриглазного давления (взрослые ≥ 40 лет; взрослые ≤ 40 лет (по показаниям), дети (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6)исследование придаточного, глазодвигательного аппаратов глаза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) определение проходимости слезных путей, промывание слезных путей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) исследование слезопродукции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) биомикроскопия (осмотр за щелевой лампой)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) офтальмоскопия (прямая и непрямая)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) гониоскопия (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) периметрия (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) определение центральной толщины роговицы (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) УЗИ глаза/оптическая биометрия, расчет силы интраокулярной линзы (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) циклоскопия, осмотр периферии глазного дна (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) оптическая когерентная томография переднего и заднего отрезков глаза, определение центральной толщины роговицы (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+13) компьютерной топографии роговицы и исследования переднего сегмента глазного яблока (по показаниям) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) ультразвуковая биомикроскопия (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15) эндотелиальная микроскопия (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) флуоресцентная ангиография глазного дна (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15) электрофизиологическое исследование глаз (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16) рентген слезных путей с введением контраста (по показаниям)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
++</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...35 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6325,4057 +8940,2048 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к стандарту</w:t>
+              <w:t>Приложение 2 к Стандарту</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организации оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>офтальмологической помощи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в Республике Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z211" w:id="203"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z212" w:id="204"/>
+    <w:bookmarkStart w:name="z178" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Оснащение специализированного кабинета офтальмолога</w:t>
+      1. Рекомендуемые штатные нормативы с учетом нагрузки на 1 должность врача офтальмолога на 1 круглосуточный пост медицинской сестры в стационарных условиях в разрезе уровней оказания медицинской помощи, исходя из количества коек</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Районные больницы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Городские больницы*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областные больницы и городские больницы в городах республиканского значения и столицы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканский научно-исследовательский институт и Национальный центр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+взрослое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+детское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взрослое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+детское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+взрослое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+детское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+взрослое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+детское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штаты устанавливаются согласно планово-нормативному числу коек на 10 000 человек населения и объему оказываемых медицинских услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>*городские больницы во всех городах, за исключением городов республиканского значения и столицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z179" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Рекомендуемые штатные нормативы для медицинских организаций, оказывающих медицинскую помощь в амбулаторных условиях на количество населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Количество</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Амбулаторный уровень</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...71 lines deleted...]
-1</w:t>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество штатных единиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Население</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Набор пробных очковых линз</w:t>
+Врач офтальмолог (взрослый)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000 взрослого и детского населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-2</w:t>
+Врач офтальмолог (детский)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000 взрослого и детского населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...2135 lines deleted...]
-По требованию</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 должность среднего медицинского работника (медицинская сестра и/или фельдшер) на 1 го врача - офтальмолога</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z213" w:id="205"/>
+    <w:bookmarkStart w:name="z180" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Кабинет функциональной диагностики глаза.</w:t>
+      3. Рекомендуемые штатные нормативы для специализированных кабинетов функциональной диагностики; сосудистой патологии глаза, глаукомы и лазерной хирургии; охраны зрения детей; сложной и специальной коррекции; оптометрии на количество населения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Количество</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Амбулаторный уровень (специализированный кабинет функциональной диагностики; сосудистой патологии глаза, глаукомы и лазерной хирургии; охраны зрения детей; сложной и специальной коррекции; оптометрии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...71 lines deleted...]
-1</w:t>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество штатных единиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Население</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Анализатор поля зрения (компьютерный периметр) с принадлежностями</w:t>
+Врач офтальмолог (взрослый) кабинета функциональной диагностики; сосудистой патологии глаза, глаукомы и лазерной хирургии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000 взрослого и детского населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-1</w:t>
+Врач офтальмолог (детский) кабинета охраны зрения детей; сложной и специальной коррекции; оптометрии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000 взрослого и детского населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...779 lines deleted...]
-По требованию</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 должность среднего медицинского работника (медицинская сестра и/или фельдшер) на 1 го врача - офтальмолога</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z214" w:id="206"/>
+    <w:bookmarkStart w:name="z181" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Специализированный кабинет сосудистой патологии глаза и лазерной хирургии</w:t>
+      4. Квалификационные требования к специалисту осуществляющему трансплантацию роговичной ткани</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z182" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наличие сертификата специалиста по специальности "Офтальмология взрослая/детская";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z183" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Свидетельства о повышении квалификации по вопросам микрохирургии глаза, патологии роговицы с вопросами медикаментозного и хирургического лечения (не менее 3 кредитов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z184" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Стаж работы свыше 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3 к Стандарту</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации оказания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>офтальмологической помощи</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в Республике Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z186" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оснащение организаций здравоохранения, оказывающих офтальмологическую помощь</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z206" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оснащение специализированного кабинета офтальмолога</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10501,87 +11107,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...35 lines deleted...]
-Щелевая лампа с принадлежностями</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проектор знаков с принадлежностями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10614,87 +11220,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Офтальмологическая лазерная система для коагуляции сетчатки</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Набор пробных очковых линз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10727,200 +11333,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-1</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пробная оправа универсальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...35 lines deleted...]
-Офтальмологическая лазерная система для лазерного лечения глаукомы</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тонометр офтальмологический</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10953,765 +11559,761 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...71 lines deleted...]
-Не менее 2</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Авторефрактокератометр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...71 lines deleted...]
-Не менее 2</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педиатрический авторефрактометр с принадлежностями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 (дети)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...71 lines deleted...]
-Не менее 2</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ретиноскоп с принадлежностями (дети) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 (дети)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...71 lines deleted...]
-Не менее 2</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмоскоп прямой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-По требованию</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Щелевая лампа с принадлежностями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...71 lines deleted...]
-Не менее 2</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Линзы диагностические асферические для бесконтактной офтальмоскопии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По требованию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...35 lines deleted...]
-Тонометр офтальмологический</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Линза для гониоскопии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11744,148 +12346,1278 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трехзеркальная линза Гольдмана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмоскоп обратный налобный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Линзы диагностические асферические для налобной офтальмоскопии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электроподъемные столы для оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По требованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Настольная лампа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Набор скиаскопических линеек (дети)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комплекс диагностических призматических линеек/линз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экзоофтальмометр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По требованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таблицы для исследования цветоощущения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рабочее место офтальмолога</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+21 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тест-полоски (с флюоресцеином; для проведения пробы Ширмера)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По требованию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z215" w:id="207"/>
+    <w:bookmarkStart w:name="z205" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Специализированный кабинет охраны зрения детей</w:t>
+      2. Кабинет функциональной диагностики глаза</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -12011,87 +13743,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...35 lines deleted...]
-Проектор знаков с принадлежностями</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ультразвуковой офтальмологический А/B-сканер с принадлежностями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12124,87 +13856,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Набор пробных очковых линз</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анализатор поля зрения (компьютерный периметр) с принадлежностями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12237,200 +13969,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-2</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Система для оптической биометрии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...35 lines deleted...]
-Тонометр офтальмологический</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Топограф роговицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12463,196 +14195,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...68 lines deleted...]
-            </w:pPr>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ультразвуковой биомикроскоп (УБМ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...35 lines deleted...]
-Педиатрический авторефрактометр (портативный)</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оптический когерентный томограф с функцией ангиографии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12685,87 +14421,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...35 lines deleted...]
-Щелевая лампа с принадлежностями</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фундус камера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12798,87 +14534,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...35 lines deleted...]
-Ретиноскоп с принадлежностями</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндотелиальный микроскоп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12911,1391 +14647,261 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...71 lines deleted...]
-1 комплект</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Компьютеризированная рабочая станция для электрофизиологических исследований глаза (ЭФИ - система)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...1016 lines deleted...]
-19.</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электроподъемные столы для оборудования</w:t>
-            </w:r>
-[...111 lines deleted...]
-Векорасширители педиатрические</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По требованию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z216" w:id="208"/>
+    <w:bookmarkStart w:name="z204" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Кабинет сложной и специальной коррекции</w:t>
+      3. Специализированный кабинет сосудистой патологии глаза, глаукомы и лазерной хирургии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14421,87 +15027,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...35 lines deleted...]
-Проектор знаков</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Щелевая лампа с принадлежностями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14534,87 +15140,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Набор пробных очковых линз </w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анализатор поля зрения (компьютерный периметр) с принадлежностями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14647,200 +15253,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-2</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оптический когерентный томограф с функцией ангиографии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...35 lines deleted...]
-Автокераторефрактометр</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологическая лазерная система для коагуляции сетчатки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14873,87 +15479,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...35 lines deleted...]
-Настольная лампа</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологическая лазерная система для лечения вторичной катаракты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14986,87 +15592,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...35 lines deleted...]
-Топограф роговицы</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологическая лазерная система для лазерного лечения глаукомы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15099,1617 +15705,939 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Линзы офтальмологические хирургические для непрямой офтальмоскопии </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...71 lines deleted...]
-1</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Линзы офтальмологические хирургические для иридотомии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...71 lines deleted...]
-1</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Линзы офтальмологические хирургические для капсулотомии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...71 lines deleted...]
-1 комплект</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трехзеркальная линза Гольдмана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...71 lines deleted...]
-1</w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Линза офтальмологическая асферическая для бесконтактной офтальмоскопии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По требованию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Линза офтальмологическая для гониоскопии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тонометр офтальмологический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
-[...35 lines deleted...]
-Диагностические наборы для подбора контактных линз</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электроподъемные столы для оборудования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По требованию</w:t>
-            </w:r>
-[...676 lines deleted...]
-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z217" w:id="209"/>
+    <w:bookmarkStart w:name="z203" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Центр амбулаторной хирургии, оказывающий офтальмологическую помощь</w:t>
+      4. Специализированный кабинет Охраны зрения детей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16835,1730 +16763,2291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...71 lines deleted...]
-1 на операционный стол</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проектор знаков с принадлежностями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...71 lines deleted...]
-1 на операционный стол</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Набор пробных очковых линз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...71 lines deleted...]
-По требованию, 1 на операционный стол</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пробная оправа универсальная</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тонометр офтальмологический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...72 lines deleted...]
-            </w:r>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Авторефрактокератометр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педиатрический авторефрактометр (портативный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Щелевая лампа с принадлежностями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ретиноскоп с принадлежностями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Набор скиаскопических линеек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмоскоп прямой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмоскоп обратный налобный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Настольная лампа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Линзы диагностические асферические для налобной офтальмоскопии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Не менее 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
-[...71 lines deleted...]
-По требованию</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комплекс диагностических призматических линеек/линз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15.</w:t>
-[...35 lines deleted...]
-Система для транссклеральной микроимпульсной циклофотокоагуляции</w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Линзы диагностические асферические для обратной офтальмоскопии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По требованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмомиотренажер-релаксатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синоптофор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Набор очков для оптических тренировок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не менее 1 комплекта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электроподъемные столы для оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По требованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Векорасширители педиатрические</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По требованию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z218" w:id="210"/>
+    <w:bookmarkStart w:name="z202" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Отделение (центр) рефракционной лазерной хирургии</w:t>
+      5. Кабинет контактной, сложной и специальной коррекции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -18684,87 +19173,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...35 lines deleted...]
-Проектор знаков с принадлежностями</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проектор знаков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18797,87 +19286,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...35 lines deleted...]
-Набор пробных очковых линз</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Набор пробных очковых линз </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18910,51 +19399,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19023,87 +19512,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...35 lines deleted...]
-Авторефрактокератометр</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автокераторефрактометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19136,87 +19625,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...35 lines deleted...]
-Тонометр офтальмологический</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Настольная лампа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19249,87 +19738,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...35 lines deleted...]
-Щелевая лампа с принадлежностями</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Топограф роговицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19362,87 +19851,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...35 lines deleted...]
-Рабочее место офтальмолога</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Линза офтальмологическая для бесконтактной офтальмоскопии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19475,87 +19964,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...35 lines deleted...]
-Диагностическая система для топографии роговицы и комплексной оценки переднего отрезка глаза</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тонометр офтальмологический</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19588,87 +20077,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...35 lines deleted...]
-Система офтальмологическая лазерная эксимерная</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ретиноскоп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19701,200 +20190,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
-[...71 lines deleted...]
-1</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Набор скиаскопических линеек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 комплект</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
-[...35 lines deleted...]
-Микрокератом</w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Система для оптической биометрии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19927,87 +20416,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
-[...35 lines deleted...]
-Электроподъемные столы для оборудования</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Набор ортокератологических линз стандартный </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20040,87 +20529,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
-[...35 lines deleted...]
-Линзы диагностические асферические для бесконтактной офтальмоскопии</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Набор торических ортокератологических линз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20153,148 +20642,826 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
-[...71 lines deleted...]
-По требованию, не менее 2 наборов</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диагностические наборы для подбора контактных линз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По требованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аксессуары для контактных линз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По требованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фороптер офтальмологический</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Растворы для ухода и обработки за контактными линзами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По требованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Набор кросс-цилиндров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офтальмологические тест-полоски с флюоресцеином</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+По требованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диоптриметр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z219" w:id="211"/>
+    <w:bookmarkStart w:name="z201" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Организации здравоохранения, оказывающие офтальмологическую помощь в стационарозамещающих и стационарных условиях</w:t>
+      6. Организации здравоохранения, оказывающих офтальмологическую помощь в стационарных условиях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20420,51 +21587,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20533,51 +21700,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20646,51 +21813,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20759,51 +21926,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20872,51 +22039,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20985,51 +22152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21098,51 +22265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21211,51 +22378,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21324,51 +22491,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21437,51 +22604,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21550,51 +22717,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21663,51 +22830,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21776,51 +22943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21889,51 +23056,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22002,51 +23169,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15.</w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22115,51 +23282,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16.</w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22228,51 +23395,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17.</w:t>
+17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22341,51 +23508,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18.</w:t>
+18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22454,51 +23621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19.</w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22567,51 +23734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.</w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22680,87 +23847,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21.</w:t>
-[...35 lines deleted...]
-Оптический когерентный томограф с функцией ангиографии</w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оптический когерентный томограф (с функцией ангиографии - по требованию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22793,51 +23960,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22.</w:t>
+22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22906,51 +24073,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23.</w:t>
+23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23019,51 +24186,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24.</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23132,51 +24299,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25.</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23245,87 +24412,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26.</w:t>
-[...35 lines deleted...]
-Система офтальмологическая хирургическая для витреоретинальной хирургии</w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Система офтальмологическая хирургическая для витреохирургии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23358,51 +24525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27.</w:t>
+26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23471,51 +24638,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28.</w:t>
+27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23584,51 +24751,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
+28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23697,51 +24864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30.</w:t>
+29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23810,51 +24977,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31.</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23923,51 +25090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32.</w:t>
+31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24036,51 +25203,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33.</w:t>
+32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24149,51 +25316,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34.</w:t>
+33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24262,51 +25429,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.</w:t>
+34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24375,51 +25542,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36.</w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24488,51 +25655,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37.</w:t>
+36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24601,51 +25768,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38.</w:t>
+37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24673,76 +25840,76 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1по требованию</w:t>
+1 по требованию</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z220" w:id="212"/>
+    <w:bookmarkStart w:name="z200" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Оснащение для офтальмологического скрининга недоношенных новорожденных и лазерной коагуляции сетчатки при активной ретинопатии недоношенных</w:t>
+      7. Оснащение для офтальмологического скрининга недоношенных новорожденных и лазерной коагуляции сетчатки при активной ретинопатии недоношенных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -25425,61 +26592,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -25538,61 +26701,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25666,51 +26825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лазер офтальмологический эндофотокоагулирующий, адаптированный для транспупиллярной коагуляции</w:t>
+Лазер офтальмологический эндофотокоагулирующий, адаптированный для транспупиллярной коагуции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26047,70 +27206,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не менее 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z221" w:id="213"/>
+    <w:bookmarkStart w:name="z199" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Кабинет оптометрии</w:t>
+      8. Кабинет оптометрии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -26236,51 +27395,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26349,51 +27508,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26462,51 +27621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26575,51 +27734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26688,51 +27847,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26801,51 +27960,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26914,51 +28073,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27027,51 +28186,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27140,87 +28299,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9.</w:t>
-[...35 lines deleted...]
-Ретиноскоп</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ретиноскоп+ скиаскопические линейки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27253,51 +28412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10.</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27366,51 +28525,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27479,51 +28638,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27592,51 +28751,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27701,51 +28860,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27814,51 +28973,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15.</w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27927,51 +29086,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16.</w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28040,51 +29199,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17.</w:t>
+17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28195,21882 +29354,1253 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3 к стандарту</w:t>
+              <w:t>Приложение 4 к Стандарту</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>организации оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>офтальмологической помощи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в Республике Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z223" w:id="214"/>
+    <w:bookmarkStart w:name="z198" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Хирургические операции, проводимые в центрах амбулаторной хирургии</w:t>
+        <w:t xml:space="preserve"> Учетная форма пациента по трансплантации роговицы*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Название</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статус на момент обращения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выписка из стационара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Год после операции</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Рассечение края века</w:t>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ФИО пациента,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата регистрации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VIS OD / OS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диагноз OD / OS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единственный глаз</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экстренный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Группа риска (сопутствующая соматическая патология)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Название операции:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СКП DMEK / DSAEK DALK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хирург</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Паспорт донора, название Банка роговицы, страна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осложнения во время операции / после операции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VIS OD / OS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Состояние трансплантата:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+прозрачный/ полу-прозрачный/ мутный</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...21459 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z224" w:id="215"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание:</w:t>
+      ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>МКБ-9 – международная классификация болезней-9</w:t>
+        <w:t>*заполняется главным внештатным офтальмологом региона</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ИОЛ – интраокулярные линзы</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -50078,55 +30608,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -50452,31 +30982,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>