--- v0 (2025-10-01)
+++ v1 (2025-11-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="301135e" w14:textId="301135e">
+    <w:p w14:paraId="52b0b52" w14:textId="52b0b52">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,253 +94,559 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил подготовки генеральной схемы газификации Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ и.о. Министра энергетики Республики Казахстан от 22 сентября 2023 года № 348. Зарегистрирован в Министерстве юстиции Республики Казахстан 25 сентября 2023 года № 33456</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Приказ и.о. Министра энергетики Республики Казахстан от 22 сентября 2023 года № 348. Зарегистрирован в Министерстве юстиции Республики Казахстан 25 сентября 2023 года № 33456.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок предусматривается в редакции приказа Министра энергетики РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 398-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Преамбула предусматривается в редакции приказа Министра энергетики РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 398-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о Министерстве энергетики Республики Казахстан, утвержденным постановлением Правительства от 19 сентября 2014 года № 994, ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа Министра энергетики РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 398-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> подготовки генеральной схемы газификации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту газовой промышленности Министерства энергетики Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...15 lines deleted...]
-      2. Департаменту газовой промышленности Министерства энергетики Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...15 lines deleted...]
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства энергетики Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...15 lines deleted...]
-      2) размещение настоящего приказа на интернет-ресурсе Министерства энергетики Республики Казахстан после его официального опубликования;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства энергетики Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...15 lines deleted...]
-      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства энергетики Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра энергетики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
-[...15 lines deleted...]
-      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра энергетики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1068,1302 +1374,1932 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 сентября 2023 года № 348</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок предусматривается в редакции приказа Министра энергетики РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 398-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила подготовки генеральной схемы газификации Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z23" w:id="9"/>
+    <w:bookmarkStart w:name="z23" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z24" w:id="10"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа Министра энергетики РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 398-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила подготовки генеральной схемы газификации Республики Казахстан (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О газе и газоснабжении" (далее – Закон) и определяют порядок подготовки генеральной схемы газификации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z25" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z26" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) генеральная схема газификации Республики Казахстан (далее – схема) – документ, определяющий экономически обоснованные стратегические направления развития газовой отрасли для обеспечения надежного газоснабжения потребителей Республики Казахстан и основные мероприятия, подлежащие осуществлению для развития газовой отрасли путем использования в качестве топлива товарного и (или) сжиженного нефтяного газа на объектах жилищно-коммунального хозяйства, промышленных, сельскохозяйственных и иных объектах, и содержащий схему размещения объектов систем газоснабжения, перечень и техническую характеристику планируемых к строительству, модернизации и (или) реконструкции объектов систем газоснабжения, необходимые финансовые ресурсы и их источники, перспективные ресурсы товарного и сжиженного нефтяного газа, а также схему поставок газа по существующим и планируемым к строительству объектам систем газоснабжения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z27" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) региональная схема газификации – документ, являющийся составной частью схемы и включающий в себя мероприятия, направленные на повышение уровня газификации региона с учетом технической возможности газотранспортной системы и газовых ресурсов;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z25" w:id="11"/>
-[...15 lines deleted...]
-      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+    <w:bookmarkStart w:name="z28" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) рейтинговая оценка – расчеты, позволяющие определить привлекательность газификации отдельных административно-территориальных единиц Республики Казахстан на основе анализа совокупности социально-экономических и природно-хозяйственных характеристик;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z26" w:id="12"/>
-[...15 lines deleted...]
-      1) генеральная схема газификации Республики Казахстан (далее – схема) – документ, определяющий экономически обоснованные стратегические направления развития газовой отрасли для обеспечения надежного газоснабжения потребителей Республики Казахстан и основные мероприятия, подлежащие осуществлению для развития газовой отрасли путем использования в качестве топлива товарного и (или) сжиженного нефтяного газа на объектах жилищно-коммунального хозяйства, промышленных, сельскохозяйственных и иных объектах, и содержащий схему размещения объектов систем газоснабжения, перечень и техническую характеристику планируемых к строительству, модернизации и (или) реконструкции объектов систем газоснабжения, необходимые финансовые ресурсы и их источники, перспективные ресурсы товарного и сжиженного нефтяного газа, а также схему поставок газа по существующим и планируемым к строительству объектам систем газоснабжения;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование производства, транспортировки (перевозки), хранения и оптовой реализации газа, а также розничной реализации и потребления товарного и сжиженного нефтяного газа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z27" w:id="13"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="16"/>
+    <w:bookmarkStart w:name="z30" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Иные термины и определения, используемые в настоящих Правилах, применяются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z31" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок подготовки схемы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 3 предусматривается в редакции приказа Министра энергетики РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 398-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Схема разрабатывается в два этапа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование региональной схемы газификации акиматами областей, городов республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z34" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирование и утверждение схемы уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:bookmarkStart w:name="z35" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Региональные схемы газификации формируются акиматами областей, городов республиканского значения, столицы в течение 6 (шесть) месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...23 lines deleted...]
-      3. Схема разрабатывается в два этапа:</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 4 предусматривается в редакции приказа Министра энергетики РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 398-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. После формирования региональных схем газификации акимы областей, городов республиканского значения, столицы обеспечивают представление на рассмотрение Межведомственной комиссии по подготовке генеральной схемы газификации Республики Казахстан, создаваемой при уполномоченном органе (далее – Комиссия), региональных схем газификации, подготовленных в соответствии с настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Комиссию возглавляет руководитель уполномоченного органа. В состав Комиссии входят представители уполномоченных органов в областях коммунального хозяйства, промышленной безопасности, индустрии и инфраструктурного развития, сельского хозяйства, уполномоченного органа, осуществляющего руководство в сферах естественных монополий и на регулируемых рынках, уполномоченных органов, осуществляющих руководство и межотраслевую координацию в областях государственного планирования, экономического развития, выработки и формирования бюджетной политики, местных исполнительных органов областей, городов республиканского значения и столицы. Рабочим органом Комиссии является структурное подразделение уполномоченного органа, ответственное за проведение политики в области газа и газоснабжения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z33" w:id="19"/>
-[...15 lines deleted...]
-      1) формирование региональной схемы газификации акиматами областей, городов республиканского значения, столицы;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Схема разрабатывается с учетом приоритетности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z34" w:id="20"/>
-[...15 lines deleted...]
-      2) формирование и утверждение схемы уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечения внутренних потребностей Республики Казахстан в товарном и сжиженном нефтяном газе на основе прогнозного баланса производства, реализации и потребления товарного и сжиженного нефтяного газа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z35" w:id="21"/>
-[...15 lines deleted...]
-      Региональные схемы газификации формируются акиматами областей, городов республиканского значения, столицы в течение 6 (шесть) месяцев.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) использования бытовыми и коммунально-бытовыми потребителями товарного газа, в том числе полученного в процессе регазификации сжиженного природного газа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:bookmarkStart w:name="z41" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Региональные схемы газификации разрабатываются на основании результатов рейтинговой оценки привлекательности газификации регионов в соответствии с Расчетами рейтинговой оценки привлекательности газификации регионов, приведенными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z42" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В региональных схемах газификации отражаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z43" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) эксплуатируемые объекты, потребляющие газ, объекты, планируемые к вводу в эксплуатацию, с указанием сроков ввода;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z44" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) источники потребления газа на объектах, указанных в подпункте 1) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z45" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) вид газа (товарный и (или) сжиженный нефтяной), планируемого к использованию при газификации, с экономическими обоснованиями преимуществ его использования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z46" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) населенные пункты, планируемые к газификации;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z42" w:id="28"/>
-[...15 lines deleted...]
-      8. В региональных схемах газификации отражаются:</w:t>
+    <w:bookmarkStart w:name="z47" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) объекты, газификация которых экономически нецелесообразна до 2030 года с указанием соответствующих обоснований.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z43" w:id="29"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="34"/>
+    <w:bookmarkStart w:name="z48" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Для проведения расчетов в рамках рейтинговой оценки создается обновляемая и дополняемая информационная система, позволяющая оценить целесообразность и привлекательность газификации каждой отдельно взятой административно-территориальной единицы (района) Республики Казахстан на основе рейтинговой оценки. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z49" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При разработке региональной схемы газификации осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z50" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение сбора и анализа текущих социально-экономических и природно-хозяйственных показателей регионов Республики Казахстан, влияющих на привлекательность газификации регионов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z51" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведение анализа существующей ресурсной базы, необходимой для удовлетворения внутренних потребностей Республики Казахстан в товарном и сжиженном нефтяном газе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z52" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определение прогнозных значений основных показателей баланса товарного и сжиженного нефтяного газа по оптимистическому, пессимистическому и реальному сценариям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z53" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проведение сравнительного анализа рынка альтернативных источников энергии;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z49" w:id="35"/>
-[...15 lines deleted...]
-      10. При разработке региональной схемы газификации осуществляются следующие мероприятия:</w:t>
+    <w:bookmarkStart w:name="z54" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) разработка схемы расположения существующих и планируемых к строительству магистральных газопроводов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z50" w:id="36"/>
-[...15 lines deleted...]
-      1) проведение сбора и анализа текущих социально-экономических и природно-хозяйственных показателей регионов Республики Казахстан, влияющих на привлекательность газификации регионов;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) проведение оценки объема инвестиций, необходимого для газификации каждого анализируемого региона Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z51" w:id="37"/>
-[...15 lines deleted...]
-      2) проведение анализа существующей ресурсной базы, необходимой для удовлетворения внутренних потребностей Республики Казахстан в товарном и сжиженном нефтяном газе;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) проведение рейтинговой оценки привлекательности внутри регионов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z52" w:id="38"/>
-[...15 lines deleted...]
-      3) определение прогнозных значений основных показателей баланса товарного и сжиженного нефтяного газа по оптимистическому, пессимистическому и реальному сценариям;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Региональные схемы газификации Республики Казахстан представляются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z53" w:id="39"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) членам Комиссии, за исключением местных исполнительных органов областей, городов республиканского значения и столицы, и рабочему органу Комиссии; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z59" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) членам Комиссии – представителям местных исполнительных органов областей, городов республиканского значения и столицы, граничащим с соответствующей административно-территориальной единицей, региональная схема газификации которой представлена на рассмотрение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z60" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены Комиссии и рабочий орган Комиссии, получившие региональные схемы газификации, обеспечивают их рассмотрение в соответствующих государственных органах и организациях и подготовку заключения по вопросам компетенции в месячный срок со дня получения схемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z61" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. На заседаниях Комиссии рассматриваются региональные схемы газификации и заключения государственных органов и рабочего органа и вырабатываются рекомендации по доработке региональных схем газификации и (или) по их включению в состав схемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z62" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После одобрения региональных схем газификации уполномоченным органом формируется Схема и представляется на рассмотрение Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z63" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Схема содержит:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z59" w:id="45"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:bookmarkStart w:name="z64" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) схему размещения объектов систем газоснабжения; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) перечень и техническую характеристику планируемых к строительству, модернизации и (или) реконструкции объектов систем газоснабжения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z66" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) необходимые финансовые ресурсы и их источники, перспективные ресурсы товарного и сжиженного нефтяного газа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z67" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) схему поставок газа по существующим и планируемым к строительству объектам систем газоснабжения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В рамках схемы уполномоченным органом определяется перечень наиболее привлекательных для газификации регионов, содержащий следующую информацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование проекта газификации;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z65" w:id="51"/>
-[...15 lines deleted...]
-      2) перечень и техническую характеристику планируемых к строительству, модернизации и (или) реконструкции объектов систем газоснабжения;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ответственный государственный орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z66" w:id="52"/>
-[...15 lines deleted...]
-      3) необходимые финансовые ресурсы и их источники, перспективные ресурсы товарного и сжиженного нефтяного газа;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) регион, в котором планируется реализация проекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z67" w:id="53"/>
-[...15 lines deleted...]
-      4) схему поставок газа по существующим и планируемым к строительству объектам систем газоснабжения.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заявитель проекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z68" w:id="54"/>
-[...15 lines deleted...]
-      14. В рамках схемы уполномоченным органом определяется перечень наиболее привлекательных для газификации регионов, содержащий следующую информацию:</w:t>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предварительные показатели экономической привлекательности реализации проекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z69" w:id="55"/>
-[...15 lines deleted...]
-      1) наименование проекта газификации;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предполагаемые социально-экономические последствия, в случае принятия проекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z70" w:id="56"/>
-[...15 lines deleted...]
-      2) ответственный государственный орган;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) предполагаемые финансовые затраты, связанные с реализацией проекта, и источники финансирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z71" w:id="57"/>
-[...15 lines deleted...]
-      3) регион, в котором планируется реализация проекта;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) предполагаемые сроки реализации проекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z72" w:id="58"/>
-[...15 lines deleted...]
-      4) заявитель проекта;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок утверждения Схемы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z73" w:id="59"/>
-[...15 lines deleted...]
-      5) предварительные показатели экономической привлекательности реализации проекта;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Решение об одобрении Схемы принимается большинством голосов от общего числа участвующих на заседании членов Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z74" w:id="60"/>
-[...15 lines deleted...]
-      6) предполагаемые социально-экономические последствия, в случае принятия проекта;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После одобрения схемы Комиссией уполномоченным органом в месячный срок в установленном порядке обеспечивается принятия приказа Министра энергетики Республики Казахстан об утверждении генеральной схемы газификации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z75" w:id="61"/>
-[...15 lines deleted...]
-      7) предполагаемые финансовые затраты, связанные с реализацией проекта, и источники финансирования;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При изменении социально-экономических показателей, направлений развития регионов или возникновении иной необходимости корректировки схемы члены Комиссии инициируют созыв ее заседания для рассмотрения вопроса внесения изменений и (или) дополнений в схему.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z76" w:id="62"/>
-[...15 lines deleted...]
-      8) предполагаемые сроки реализации проекта.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Член Комиссии, инициировавший такое заседание, в срок, не позднее двух недель до заседания Комиссии, представляет членам Комиссии и рабочему органу необходимые обоснования корректировки схемы, составленные с учетом положений настоящего раздела.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z77" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...86 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматривается дополнить пунктом 17 в соответствии с приказом Министра энергетики РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 398-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Верхний правы      й угол приложения предусматривается в редакции приказа Министра энергетики РК от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 398-н/қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2455,108 +3391,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>газификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="68"/>
+    <w:bookmarkStart w:name="z83" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расчет рейтинговой оценки привлекательности газификации регионов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z84" w:id="69"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z84" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Нормирование показателей осуществляется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z85" w:id="70"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z85" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4787900" cy="1663700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -2578,370 +3514,370 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       где </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z87" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      i – характеризует порядковый номер района в выборке всех районов определенной области i= (1...n), где n – количество сравниваемых районов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z88" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      j – порядковый номер показателя, j=(1...m), где m – количество показателей, используемых для формирования рейтинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z89" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лучший – наилучшее значение j–го показателя для выборки из n районов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z90" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      худший – наихудшее значение j–го показателя для выборки из n районов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z91" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      k</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ij</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – числовое значение j-го показателя, в i-м районе.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z87" w:id="72"/>
-[...15 lines deleted...]
-      i – характеризует порядковый номер района в выборке всех районов определенной области i= (1...n), где n – количество сравниваемых районов;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На основе исходных данных получается набор нормированных показателей, которые используются для сравнения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z88" w:id="73"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="78"/>
+    <w:bookmarkStart w:name="z93" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сопоставление значений каждого показателя с лучшим возможным из всей выборки значением дает возможность показать, насколько значение данного показателя для данного района отличается от оптимального значения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z94" w:id="79"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z94" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В результате формируется матрица нормированных расстояний координат точек исследуемых показателей до координат точки эталонного значения для каждого показателя. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z95" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Расчет евклидового расстояния.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z96" w:id="81"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z96" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Для формирования рейтинга необходимо, чтобы каждый район был сопоставлен с условным районом (он может присутствовать по факту в выборке по районам), в котором значение каждого описывающего его показателя является эталонным. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z97" w:id="82"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z97" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Все оцениваемые районы находятся в многомерном пространстве, где, во-первых, в роли координат выступают нормированные значения показателей для каждого района, а во-вторых, эталонный (условный) для выборки район имеет следующие координаты: (0, 0, 0,..., 0) и является точкой отсчета для формирования рейтинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z98" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Основная задача при расчете евклидового расстояния состоит в определении того, насколько удален каждый район в многомерном пространстве от эталонного района. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z99" w:id="84"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z99" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет евклидового расстояния в рамках данных расчет принимает следующий вид и осуществляется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z100" w:id="85"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z100" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4165600" cy="1270000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -2963,190 +3899,190 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="86"/>
+    <w:bookmarkStart w:name="z101" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        где</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z102" w:id="87"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z102" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – евклидово расстояние для i-го района;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z103" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>j</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – это удельный вес j-го показателя (например, расстояние от газопровода до населенного пункта, численность населения и т.д.). Он устанавливается субъективно, в зависимости от значимости того или иного показателя для общей оценки. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z104" w:id="89"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z104" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z105" w:id="90"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z105" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1574800" cy="685800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
@@ -3168,224 +4104,224 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="91"/>
+    <w:bookmarkStart w:name="z106" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       k</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ij</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – это нормированное значение j-го показателя для i-района, метод его расчета показан выше.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z107" w:id="92"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z107" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       0 – присутствует в формуле для наглядной демонстрации условно эталонного (лучшего района), относительного которого производится оценка привлекательности для газификации. Условный лучший район в m-мерном пространстве является началом координат, то есть имеет координаты (0,0,...,0). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z108" w:id="93"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z108" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полученное евклидово расстояние демонстрирует насколько каждый из районов по совокупности всех рассматриваемых показателей удален от условно эталонного района. Чем меньше полученное евклидовое расстояние, тем ближе оцениваемый район к условно эталонному.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z109" w:id="94"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z109" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Формирование рейтинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z110" w:id="95"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z110" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В результате проделанных операций получается общее евклидово расстояние для каждого исследуемого региона по всей совокупности показателей. Наименьшее значение данного расстояния у региона будет означать его наибольшую близость к условно эталонному показателю. Далее места в рейтинге присваиваются по мере возрастания значения евклидового расстояния.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3711,31 +4647,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>