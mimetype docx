--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aea6eb5" w14:textId="aea6eb5">
+    <w:p w14:paraId="09b9f90" w14:textId="09b9f90">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1501,5103 +1501,225 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Утратил силу постановлением Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Внести в </w:t>
+      4. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 27 марта 2017 года № 46 "О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан от 31 января 2011 года № 3 "Об утверждении Типового плана счетов бухгалтерского учета в банках второго уровня, ипотечных организациях и акционерном обществе "Банк Развития Казахстана" и утверждении Инструкции по ведению бухгалтерского учета исламскими банками" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 15117) следующее дополнение:</w:t>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 22 декабря 2017 года № 251 "Об утверждении Типового плана счетов бухгалтерского учета для страховых (перестраховочных) организаций, исламских страховых (перестраховочных) организаций, обществ взаимного страхования и филиалов страховых (перестраховочных) организаций - нерезидентов Республики Казахстан, Инструкции по ведению бухгалтерского учета страховыми (перестраховочными) организациями, исламскими страховыми (перестраховочными) организациями, обществами взаимного страхования и филиалами страховых (перестраховочных) организаций - нерезидентов Республики Казахстан и внесении изменений и дополнений в некоторые нормативные правовые акты Республики Казахстан по вопросам ведения бухгалтерского учета" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 16390) следующие дополнения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkStart w:name="z48" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Инструкции</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> по ведению бухгалтерского учета исламскими банками, утвержденной указанным постановлением:</w:t>
+        <w:t>главе 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
-[...4897 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z49" w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>главе 2</w:t>
+        <w:t>параграфе 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>после счета 1280 54 дополнить счетами 1280 55, 1280 56 и 1280 57 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -6919,70 +2041,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Требование к исламской страховой организации в связи с недостаточностью средств исламского страхового фонда для исполнения обязательств по договорам исламского страхования";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 1290 25 дополнить счетом 1290 26 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7075,84 +2197,84 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резерв (провизия) на обесценение займов, выданных исламскими страховыми организациями";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z51" w:id="42"/>
+      <w:bookmarkStart w:name="z51" w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>параграфе 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>после счета 3390 19 дополнить счетом 3390 20 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7262,84 +2384,84 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательства по исламским договорам страхования";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z52" w:id="43"/>
+      <w:bookmarkStart w:name="z52" w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>параграфе 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>после счета 4040 18 дополнить счетом 4040 19 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7550,84 +2672,84 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z53" w:id="44"/>
+      <w:bookmarkStart w:name="z53" w:id="34"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>параграфе 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>после счета 6280 44 дополнить счетом 6280 45 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7737,84 +2859,84 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комиссионные доходы исламской страховой организации от управления исламским страховым фондом";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z54" w:id="45"/>
+      <w:bookmarkStart w:name="z54" w:id="35"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>параграфе 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>после счета 8760 дополнить счетами 8770 01, 8780 01, 8780 02, 8780 03, 8780 04, 8780 05, 8780 06, 8780 07 и 8790 04 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8790,70 +3912,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комиссионные расходы за управления исламским страховым фондом";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       после счета 8830 дополнить счетами 8840 01, 8840 02, 8840 03, 8840 04, 8840 05, 8840 06, 8840 07, 8840 08, 8850 01, 8850 02, 8850 03, 8850 04, 8850 05, 8850 06, 8860 01, 8860 02, 8860 03, 8870 01, 8870 02, 8870 03, 8870 04 и 8870 05 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11229,3330 +6351,3330 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Страховая выручка (доход от исламского страхования)";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главе 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z57" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>параграфе 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z58" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после описания счета 1280 54 дополнить номерами, названиями и описаниями счетов 1280 55, 1280 56 и 1280 57 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z59" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1280 55 "Страховые премии к получению по принятым договорам исламского страхования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z60" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет сумм страховых премий, подлежащих к получению по принятым договорам исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z61" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета проводится сумма страховых премий, подлежащих к получению по принятым договорам исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z62" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета проводится списание сумм страховых премий при их оплате или просрочке оплаты страхователем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z63" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1280 56 "Требование исламской страховой организации к исламскому страховому фонду за управление фондом"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z64" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет дебиторской задолженности организации за управление фондом, возникшим по группам договоров исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается дебиторская задолженность организации за управление фондом, возникшим по группам договоров исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z66" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается списание дебиторской задолженности за управление фондом при ее погашении или списании с баланса организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z67" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1280 57 "Требование к исламской страховой организации в связи с недостаточностью средств исламского страхового фонда для исполнения обязательств по договорам исламского страхования"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
-[...15 lines deleted...]
-      после описания счета 1280 54 дополнить номерами, названиями и описаниями счетов 1280 55, 1280 56 и 1280 57 следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет сумм требований, подлежащих к получению исламским страховым фондом от исламской страховой организации для исполнения обязательств по договорам</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
-[...15 lines deleted...]
-      "1280 55 "Страховые премии к получению по принятым договорам исламского страхования"</w:t>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета проводится сумма требований, подлежащих к получению исламским страховым фондом от исламской страховой организации для исполнения обязательств по договорам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
-[...15 lines deleted...]
-      Назначение: учет сумм страховых премий, подлежащих к получению по принятым договорам исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета проводится списание сумм требований при их оплате или просрочке оплаты страховой организацией.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
-[...15 lines deleted...]
-      По дебету счета проводится сумма страховых премий, подлежащих к получению по принятым договорам исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после описания счета 1290 25 дополнить номером, названием и описанием счета 1290 26 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
-[...15 lines deleted...]
-      По кредиту счета проводится списание сумм страховых премий при их оплате или просрочке оплаты страхователем.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1290 26 "Резерв (провизия) на обесценение займов, выданных исламскими страховыми организациями"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
-[...15 lines deleted...]
-      1280 56 "Требование исламской страховой организации к исламскому страховому фонду за управление фондом"</w:t>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет сумм резервов (провизий) на обесценение займов, выданных исламскими страховыми организациями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
-[...15 lines deleted...]
-      Назначение: учет дебиторской задолженности организации за управление фондом, возникшим по группам договоров исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета проводится сумма оценочных) резервов (провизий) на обесценение займов, выданных исламскими страховыми организациями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
-[...15 lines deleted...]
-      По дебету счета отражается дебиторская задолженность организации за управление фондом, возникшим по группам договоров исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета проводится списание сумм созданных резервов (провизий).";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
-[...15 lines deleted...]
-      По кредиту счета отражается списание дебиторской задолженности за управление фондом при ее погашении или списании с баланса организации.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после описания счета 3390 19 дополнить номером, названием и описанием счета 3390 20 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
-[...15 lines deleted...]
-      1280 57 "Требование к исламской страховой организации в связи с недостаточностью средств исламского страхового фонда для исполнения обязательств по договорам исламского страхования"</w:t>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "3390 20 "Обязательства по исламским договорам страхования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z68" w:id="59"/>
-[...15 lines deleted...]
-      Назначение: учет сумм требований, подлежащих к получению исламским страховым фондом от исламской страховой организации для исполнения обязательств по договорам</w:t>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет обязательств по денежным потокам по группам договоров исламского страхования, оцениваемых на основании подхода распределения премий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
-[...15 lines deleted...]
-      По дебету счета проводится сумма требований, подлежащих к получению исламским страховым фондом от исламской страховой организации для исполнения обязательств по договорам.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражаются обязательства по денежным потокам по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
-[...15 lines deleted...]
-      По кредиту счета проводится списание сумм требований при их оплате или просрочке оплаты страховой организацией.";</w:t>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание/уменьшение обязательств по денежным потокам по договорам исламского страхования.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
-[...15 lines deleted...]
-      после описания счета 1290 25 дополнить номером, названием и описанием счета 1290 26 следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после описания счета 4040 18 дополнить номером, названием и описанием счета 4040 19 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
-[...15 lines deleted...]
-      "1290 26 "Резерв (провизия) на обесценение займов, выданных исламскими страховыми организациями"</w:t>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4040 19 "Обязательства по исламским договорам страхования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
-[...15 lines deleted...]
-      Назначение: учет сумм резервов (провизий) на обесценение займов, выданных исламскими страховыми организациями.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет обязательств по денежным потокам по группам договоров исламского страхования, оцениваемых на основании общей модели оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z74" w:id="65"/>
-[...15 lines deleted...]
-      По кредиту счета проводится сумма оценочных) резервов (провизий) на обесценение займов, выданных исламскими страховыми организациями.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражаются обязательства по денежным потокам по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z75" w:id="66"/>
-[...15 lines deleted...]
-      По дебету счета проводится списание сумм созданных резервов (провизий).";</w:t>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание/уменьшение обязательств по денежным потокам по договорам исламского страхования.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z76" w:id="67"/>
-[...15 lines deleted...]
-      после описания счета 3390 19 дополнить номером, названием и описанием счета 3390 20 следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после описания счета 6280 44 дополнить номером, названием и описанием счета 6280 45 следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z77" w:id="68"/>
-[...15 lines deleted...]
-      "3390 20 "Обязательства по исламским договорам страхования"</w:t>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6280 45 "Комиссионные доходы исламской страховой организации от управления исламским страховым фондом"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет комиссионных доходов исламской страховой организации от управления исламским страховым фондом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета проводится сумма комиссионных доходов исламской страховой организации от управления исламским страховым фондом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z90" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета проводится списание сумм прочих доходов на балансовый счет № 5610.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в параграфе 3:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z92" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после описания счета 8760 дополнить номерами, названиями и описаниями счетов 8770 01, 8780 01, 8780 02, 8780 03, 8780 04, 8780 05, 8780 06, 8780 07 и 8790 04 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z93" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8770 01 "Счет учета денежных средств клиентов по договорам исламского страхования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z94" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет сумм денежных средств клиентов по договорам исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z95" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета проводится сумма денежных средств клиентов по договорам исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z96" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета проводится списание сумм денежных средств клиентов по договорам исламского страхования при их использовании по назначению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z97" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8780 01 "Расходы в виде компонента убытка обязательств по денежным потокам по договорам исламского страхования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z98" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет расходов по формированию компоненту убытка обязательств по денежным потокам по договорам исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z99" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражаются расходы по компоненту убытка по денежным потокам по договорам исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z100" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается списание понесенных расходов на балансовый счет № 5610.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z101" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8780 02 "Страховые расходы в виде компонента убытка для исламских страховых организаций"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z102" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет расходов по компоненту убытка для исламских страховых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z103" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражаются расходы по компоненту убытка для исламских страховых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z104" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается списание понесенных расходов на балансовый счет № 5610.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z105" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8780 03 "Страховые расходы в виде рисковой поправки на нефинансовый риск для исламских страховых организаций"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z106" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет расходов по формированию рисковой поправки на нефинансовый риск при использовании подхода распределения премий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z107" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражаются расходы по формированию рисковой поправки на нефинансовый риск при использовании подхода распределения премий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z108" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается списание понесенных расходов на балансовый счет № 5610.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z109" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8780 04 "Аквизиционные расходы для исламских страховых организаций"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z110" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет аквизиционных расходов исламских страховых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z111" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражаются аквизиционные расходы исламских страховых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z112" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается списание понесенных расходов на балансовый счет № 5610.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z113" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8780 05 "Расходы, связанные со страховой деятельностью по договорам исламского страхования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z114" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет сумм расходов, связанных со страховой деятельностью по договорам исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z115" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета проводится сумма расходов, связанных со страховой деятельностью по договорам исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z116" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета проводится списание сумм понесенных расходов, связанных со страховой деятельностью по договорам исламского страхования, на балансовый счет № 5610.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z117" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8780 06 "Страховые расходы по выплате"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z118" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет расходов в виде страховых выплат при наступлении страхового случая по группам договоров исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z119" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражаются расходы в виде страховых выплат при наступлении страхового случая по группам договоров исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z120" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается списание понесенных расходов на балансовый счет № 5610.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z121" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8780 07 "Финансовые расходы по исламскому страхованию"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z122" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет расходов, отражающих влияние временной стоимости денег и влияние финансового риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z123" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается формирование/создание расходов, связанных с влиянием временной стоимости денег и влияние финансового риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z124" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание доходов на балансовый счет № 5610.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z125" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8790 04 "Комиссионные расходы за управления исламским страховым фондом"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z126" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет сумм комиссионных расходов за управления исламским страховым фондом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z127" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета проводится сумма комиссионных расходов за управления исламским страховым фондом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z128" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета проводится списание сумм понесенных расходов на балансовый счет № 5610.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z129" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после описания счета 8830 дополнить номерами, названиями и описаниями счетов 8840 01, 8840 02, 8840 03, 8840 04, 8840 05, 8840 06, 8840 07, 8840 08, 8850 01, 8850 02, 8850 03, 8850 04, 8850 05, 8850 06, 8860 01, 8860 02, 8860 03, 8870 01, 8870 02, 8870 03, 8870 04 и 8870 05 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z130" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "8840 01 "Обязательства по денежным потокам по договорам исламского страхования"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z131" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Назначение: учет обязательств по денежным потокам по группам договоров исламского страхования, оцениваемых на основании подхода распределения премий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z132" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По кредиту счета отражаются обязательства по денежным потокам по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...858 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z123" w:id="114"/>
-[...15 lines deleted...]
-      По кредиту счета отражается формирование/создание расходов, связанных с влиянием временной стоимости денег и влияние финансового риска.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание/уменьшение обязательств по денежным потокам по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z124" w:id="115"/>
-[...15 lines deleted...]
-      По дебету счета отражается списание доходов на балансовый счет № 5610.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8840 02 "Рисковая поправка на нефинансовый риск для исламских страховых организаций"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z125" w:id="116"/>
-[...15 lines deleted...]
-      8790 04 "Комиссионные расходы за управления исламским страховым фондом"</w:t>
+    <w:bookmarkStart w:name="z135" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет рисковой поправки на нефинансовый риск для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z126" w:id="117"/>
-[...15 lines deleted...]
-      Назначение: учет сумм комиссионных расходов за управления исламским страховым фондом.</w:t>
+    <w:bookmarkStart w:name="z136" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается рисковая поправка на нефинансовый риск для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z127" w:id="118"/>
-[...15 lines deleted...]
-      По дебету счета проводится сумма комиссионных расходов за управления исламским страховым фондом.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается уменьшение и (или) списание рисковой поправки на нефинансовый риск для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z128" w:id="119"/>
-[...15 lines deleted...]
-      По кредиту счета проводится списание сумм понесенных расходов на балансовый счет № 5610.";</w:t>
+    <w:bookmarkStart w:name="z138" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8840 03 "Компонент убытка (по обязательствам по денежным потокам по договорам исламского страхования)"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z129" w:id="120"/>
-[...15 lines deleted...]
-      после описания счета 8830 дополнить номерами, названиями и описаниями счетов 8840 01, 8840 02, 8840 03, 8840 04, 8840 05, 8840 06, 8840 07, 8840 08, 8850 01, 8850 02, 8850 03, 8850 04, 8850 05, 8850 06, 8860 01, 8860 02, 8860 03, 8870 01, 8870 02, 8870 03, 8870 04 и 8870 05 следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z139" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет компонента убытка по обязательствам по денежным потокам по группам договоров исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z130" w:id="121"/>
-[...15 lines deleted...]
-      "8840 01 "Обязательства по денежным потокам по договорам исламского страхования"</w:t>
+    <w:bookmarkStart w:name="z140" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается компонент убытка по обязательствам по денежным потокам по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z131" w:id="122"/>
-[...15 lines deleted...]
-      Назначение: учет обязательств по денежным потокам по группам договоров исламского страхования, оцениваемых на основании подхода распределения премий.</w:t>
+    <w:bookmarkStart w:name="z141" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается уменьшение компонента убытка по обязательствам по денежным потокам по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z132" w:id="123"/>
-[...15 lines deleted...]
-      По кредиту счета отражаются обязательства по денежным потокам по договорам исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8840 04 "Компонент убытка (по рисковой поправке на нефинансовый риск для исламских страховых организаций)"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z133" w:id="124"/>
-[...15 lines deleted...]
-      По дебету счета отражается списание/уменьшение обязательств по денежным потокам по договорам исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z143" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет компонента убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z134" w:id="125"/>
-[...15 lines deleted...]
-      8840 02 "Рисковая поправка на нефинансовый риск для исламских страховых организаций"</w:t>
+    <w:bookmarkStart w:name="z144" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается компонент убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z135" w:id="126"/>
-[...15 lines deleted...]
-      Назначение: учет рисковой поправки на нефинансовый риск для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z145" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается уменьшение компонента убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z136" w:id="127"/>
-[...15 lines deleted...]
-      По кредиту счета отражается рисковая поправка на нефинансовый риск для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z146" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8840 05 "Обязательства по аквизиционным денежным потокам, относящимся к группе договоров исламского страхования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z137" w:id="128"/>
-[...15 lines deleted...]
-      По дебету счета отражается уменьшение и (или) списание рисковой поправки на нефинансовый риск для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z147" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет обязательств по аквизиционным денежным потокам относящимся к признанной группе договоров исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z138" w:id="129"/>
-[...15 lines deleted...]
-      8840 03 "Компонент убытка (по обязательствам по денежным потокам по договорам исламского страхования)"</w:t>
+    <w:bookmarkStart w:name="z148" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражаются обязательства по аквизиционным денежным потокам по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z139" w:id="130"/>
-[...15 lines deleted...]
-      Назначение: учет компонента убытка по обязательствам по денежным потокам по группам договоров исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z149" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание/уменьшение обязательств по аквизиционным денежным потокам по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z140" w:id="131"/>
-[...15 lines deleted...]
-      По кредиту счета отражается компонент убытка по обязательствам по денежным потокам по договорам исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z150" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8840 06 "Обязательства по прочим денежным потокам, относящимся к группе договоров исламского страхования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z141" w:id="132"/>
-[...15 lines deleted...]
-      По дебету счета отражается уменьшение компонента убытка по обязательствам по денежным потокам по договорам исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z151" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет обязательств в отношении прочих денежных потоков, относящихся к признанной группе договоров исламского страхования, но не являющихся аквизиционными денежными потоками.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z142" w:id="133"/>
-[...15 lines deleted...]
-      8840 04 "Компонент убытка (по рисковой поправке на нефинансовый риск для исламских страховых организаций)"</w:t>
+    <w:bookmarkStart w:name="z152" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражаются обязательства по прочим денежным потокам относящиеся к группе договоров исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z143" w:id="134"/>
-[...15 lines deleted...]
-      Назначение: учет компонента убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций</w:t>
+    <w:bookmarkStart w:name="z153" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание/уменьшение обязательств по прочим денежным потокам по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z144" w:id="135"/>
-[...15 lines deleted...]
-      По кредиту счета отражается компонент убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций</w:t>
+    <w:bookmarkStart w:name="z154" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8840 07 "Обязательства по возникшим убыткам для исламских страховых организаций"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z145" w:id="136"/>
-[...15 lines deleted...]
-      По дебету счета отражается уменьшение компонента убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций</w:t>
+    <w:bookmarkStart w:name="z155" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет обязательств по возникшим страховым убыткам для исламских страховых организаций., включающего денежные потоки по выполнению договоров применительно к услугам прошлых периодов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z146" w:id="137"/>
-[...15 lines deleted...]
-      8840 05 "Обязательства по аквизиционным денежным потокам, относящимся к группе договоров исламского страхования"</w:t>
+    <w:bookmarkStart w:name="z156" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражаются обязательства по возникшим страховым убыткам для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z147" w:id="138"/>
-[...15 lines deleted...]
-      Назначение: учет обязательств по аквизиционным денежным потокам относящимся к признанной группе договоров исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z157" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание/уменьшение обязательств по возникшим страховым убыткам для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z148" w:id="139"/>
-[...15 lines deleted...]
-      По кредиту счета отражаются обязательства по аквизиционным денежным потокам по договорам исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z158" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8840 08 "Страховые премии по договорам исламского страхования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z149" w:id="140"/>
-[...15 lines deleted...]
-      По дебету счета отражается списание/уменьшение обязательств по аквизиционным денежным потокам по договорам исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z159" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет оценочной суммы будущих денежных потоков по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z150" w:id="141"/>
-[...15 lines deleted...]
-      8840 06 "Обязательства по прочим денежным потокам, относящимся к группе договоров исламского страхования"</w:t>
+    <w:bookmarkStart w:name="z160" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается оценочная сумма будущих денежных потоков по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z151" w:id="142"/>
-[...15 lines deleted...]
-      Назначение: учет обязательств в отношении прочих денежных потоков, относящихся к признанной группе договоров исламского страхования, но не являющихся аквизиционными денежными потоками.</w:t>
+    <w:bookmarkStart w:name="z161" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается списание и (или) уменьшение оценочной суммы будущих денежных потоков по договорам исламского страхования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z152" w:id="143"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z162" w:id="153"/>
+    <w:bookmarkStart w:name="z162" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8850 01 "Наилучшая оценка ожидаемых денежных потоков для исламских страховых организаций" </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z163" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет наилучшей оценки ожидаемых денежных потоков по группам договоров исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z164" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается наилучшая оценка ожидаемых денежных потоков по группам договоров исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z165" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание и (или) уменьшение наилучшей оценки ожидаемых денежных потоков при изменении расчетных оценок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z166" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8850 02 "Маржа по договорам исламского страхования" (пассивный).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z167" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет маржи за предусмотренные договором услуги по группам договоров исламского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z168" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается маржа за предусмотренные договором услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z169" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание маржи за предусмотренные договором услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z170" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8850 03 "Рисковая поправка на нефинансовый риск для исламских страховых организаций"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z171" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет рисковой поправки на нефинансовый риск для исламских страховых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z172" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается рисковая поправка на нефинансовый риск для исламских страховых организаций.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z163" w:id="154"/>
-[...15 lines deleted...]
-      Назначение: учет наилучшей оценки ожидаемых денежных потоков по группам договоров исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z173" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается уменьшение и (или) списание рисковой поправки на нефинансовый риск для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z164" w:id="155"/>
-[...15 lines deleted...]
-      По кредиту счета отражается наилучшая оценка ожидаемых денежных потоков по группам договоров исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z174" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8850 04 "Компонент убытка (по наилучшей оценке ожидаемых денежных потоков) для исламских страховых организаций"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z165" w:id="156"/>
-[...15 lines deleted...]
-      По дебету счета отражается списание и (или) уменьшение наилучшей оценки ожидаемых денежных потоков при изменении расчетных оценок.</w:t>
+    <w:bookmarkStart w:name="z175" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет компонента убытка по наилучшей оценке ожидаемых денежных потоков для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z166" w:id="157"/>
-[...15 lines deleted...]
-      8850 02 "Маржа по договорам исламского страхования" (пассивный).</w:t>
+    <w:bookmarkStart w:name="z176" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается компонент убытка по наилучшей оценке ожидаемых денежных потоков для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z167" w:id="158"/>
-[...15 lines deleted...]
-      Назначение: учет маржи за предусмотренные договором услуги по группам договоров исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z177" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается уменьшение компонента убытка по наилучшей оценке ожидаемых денежных потоков для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z168" w:id="159"/>
-[...15 lines deleted...]
-      По кредиту счета отражается маржа за предусмотренные договором услуги.</w:t>
+    <w:bookmarkStart w:name="z178" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8850 05 "Компонент убытка (по рисковой поправке на нефинансовый риск) для исламских страховых организаций"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z169" w:id="160"/>
-[...15 lines deleted...]
-      По дебету счета отражается списание маржи за предусмотренные договором услуги.</w:t>
+    <w:bookmarkStart w:name="z179" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет компонента убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z170" w:id="161"/>
-[...15 lines deleted...]
-      8850 03 "Рисковая поправка на нефинансовый риск для исламских страховых организаций"</w:t>
+    <w:bookmarkStart w:name="z180" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается компонент убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z171" w:id="162"/>
-[...15 lines deleted...]
-      Назначение: учет рисковой поправки на нефинансовый риск для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z181" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается уменьшение компонента убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z172" w:id="163"/>
-[...15 lines deleted...]
-      По кредиту счета отражается рисковая поправка на нефинансовый риск для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z182" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8850 06 "Страховые премии по договорам исламского страхования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z173" w:id="164"/>
-[...15 lines deleted...]
-      По дебету счета отражается уменьшение и (или) списание рисковой поправки на нефинансовый риск для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z183" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет оценочной суммы будущих денежных потоков по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z174" w:id="165"/>
-[...15 lines deleted...]
-      8850 04 "Компонент убытка (по наилучшей оценке ожидаемых денежных потоков) для исламских страховых организаций"</w:t>
+    <w:bookmarkStart w:name="z184" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается оценочная сумма будущих денежных потоков по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z175" w:id="166"/>
-[...15 lines deleted...]
-      Назначение: учет компонента убытка по наилучшей оценке ожидаемых денежных потоков для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z185" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается списание и (или) уменьшение оценочной суммы будущих денежных потоков по договорам исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z176" w:id="167"/>
-[...15 lines deleted...]
-      По кредиту счета отражается компонент убытка по наилучшей оценке ожидаемых денежных потоков для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z186" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8860 01 "Резерв на переоценку займов, учитываемых по справедливой стоимости через прочий совокупный доход для исламских страховых организаций"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z177" w:id="168"/>
-[...15 lines deleted...]
-      По дебету счета отражается уменьшение компонента убытка по наилучшей оценке ожидаемых денежных потоков для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z187" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет сумм резервов переоценки стоимости займов, учитываемых по справедливой стоимости через прочий совокупный доход для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z178" w:id="169"/>
-[...15 lines deleted...]
-      8850 05 "Компонент убытка (по рисковой поправке на нефинансовый риск) для исламских страховых организаций"</w:t>
+    <w:bookmarkStart w:name="z188" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета проводится сумма положительной переоценки стоимости займов, учитываемых по справедливой стоимости через прочий совокупный доход, а также суммы накопленной переоценки по ним, выбывшим или переведенным в другую категорию финансовых активов в корреспонденции с соответствующими балансовыми счетами для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z179" w:id="170"/>
-[...15 lines deleted...]
-      Назначение: учет компонента убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z189" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета проводится сумма отрицательной переоценки стоимости займов, учитываемых по справедливой стоимости через прочий совокупный доход, а также суммы накопленной переоценки по ним, выбывшим или переведенным в другую категорию финансовых активов в корреспонденции с соответствующими балансовыми счетами для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z180" w:id="171"/>
-[...15 lines deleted...]
-      По кредиту счета отражается компонент убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций</w:t>
+    <w:bookmarkStart w:name="z190" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8860 02 "Оценочные резервы (провизии) под ожидаемые и имеющиеся кредитные убытки по ценным бумагам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z181" w:id="172"/>
-[...15 lines deleted...]
-      По дебету счета отражается уменьшение компонента убытка по рисковой поправке на нефинансовый риск для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z191" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет сумм резервов (провизий) на покрытие убытков по финансовым активам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z182" w:id="173"/>
-[...15 lines deleted...]
-      8850 06 "Страховые премии по договорам исламского страхования"</w:t>
+    <w:bookmarkStart w:name="z192" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета проводятся суммы создаваемых резервов (провизий) на покрытие убытков по финансовым активам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z183" w:id="174"/>
-[...15 lines deleted...]
-      Назначение: учет оценочной суммы будущих денежных потоков по договорам исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z193" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета проводится списание сумм созданных резервов (провизий) на покрытие убытков по финансовым активам, учитываемым по справедливой стоимости через прочий совокупный доход, при их аннулировании или списании требования по финансовому активу с баланса для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z184" w:id="175"/>
-[...15 lines deleted...]
-      По дебету счета отражается оценочная сумма будущих денежных потоков по договорам исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z194" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8860 03 "Оценочные резервы (провизии) под ожидаемые и имеющиеся кредитные убытки по займам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z185" w:id="176"/>
-[...15 lines deleted...]
-      По кредиту счета отражается списание и (или) уменьшение оценочной суммы будущих денежных потоков по договорам исламского страхования.</w:t>
+    <w:bookmarkStart w:name="z195" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет сумм резервов (провизий) на покрытие убытков по займам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z186" w:id="177"/>
-[...15 lines deleted...]
-      8860 01 "Резерв на переоценку займов, учитываемых по справедливой стоимости через прочий совокупный доход для исламских страховых организаций"</w:t>
+    <w:bookmarkStart w:name="z196" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета проводятся суммы создаваемых резервов (провизий) на покрытие убытков по займам, учитываемым по справедливой стоимости через прочий совокупный доход, при их аннулировании или списании требования по финансовому активу с баланса для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z187" w:id="178"/>
-[...15 lines deleted...]
-      Назначение: учет сумм резервов переоценки стоимости займов, учитываемых по справедливой стоимости через прочий совокупный доход для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z197" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета проводится списание сумм созданных резервов (провизий) на покрытие убытков по займам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z188" w:id="179"/>
-[...15 lines deleted...]
-      По кредиту счета проводится сумма положительной переоценки стоимости займов, учитываемых по справедливой стоимости через прочий совокупный доход, а также суммы накопленной переоценки по ним, выбывшим или переведенным в другую категорию финансовых активов в корреспонденции с соответствующими балансовыми счетами для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z198" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8870 01 "Доходы от восстановления (аннулирования) резервов (провизий) по обесценению аквизиционных денежных потоков для исламских страховых организаций"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z189" w:id="180"/>
-[...15 lines deleted...]
-      По дебету счета проводится сумма отрицательной переоценки стоимости займов, учитываемых по справедливой стоимости через прочий совокупный доход, а также суммы накопленной переоценки по ним, выбывшим или переведенным в другую категорию финансовых активов в корреспонденции с соответствующими балансовыми счетами для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z199" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет сумм восстановления (аннулирования) резервов (провизий), созданных по обесценению аквизиционных денежных потоков для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z190" w:id="181"/>
-[...15 lines deleted...]
-      8860 02 "Оценочные резервы (провизии) под ожидаемые и имеющиеся кредитные убытки по ценным бумагам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций"</w:t>
+    <w:bookmarkStart w:name="z200" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета проводится сумма доходов от восстановления (аннулирования) резервов (провизий), созданных по обесценению аквизиционных денежных потоков для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z191" w:id="182"/>
-[...15 lines deleted...]
-      Назначение: учет сумм резервов (провизий) на покрытие убытков по финансовым активам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z201" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета проводится списание сумм доходов на балансовый счет № 5610.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z192" w:id="183"/>
-[...15 lines deleted...]
-      По кредиту счета проводятся суммы создаваемых резервов (провизий) на покрытие убытков по финансовым активам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z202" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8870 02 "Корректировка расходов по компоненту убытка для исламских страховых организаций"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z193" w:id="184"/>
-[...15 lines deleted...]
-      По дебету счета проводится списание сумм созданных резервов (провизий) на покрытие убытков по финансовым активам, учитываемым по справедливой стоимости через прочий совокупный доход, при их аннулировании или списании требования по финансовому активу с баланса для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z203" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет сумм корректировок расходов по компоненту убытков при уменьшении расходов для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z194" w:id="185"/>
-[...15 lines deleted...]
-      8860 03 "Оценочные резервы (провизии) под ожидаемые и имеющиеся кредитные убытки по займам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций"</w:t>
+    <w:bookmarkStart w:name="z204" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражается корректировка расходов по компоненту убытков для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z195" w:id="186"/>
-[...15 lines deleted...]
-      Назначение: учет сумм резервов (провизий) на покрытие убытков по займам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z205" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание корректировки на балансовый счет № 5610.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z196" w:id="187"/>
-[...15 lines deleted...]
-      По кредиту счета проводятся суммы создаваемых резервов (провизий) на покрытие убытков по займам, учитываемым по справедливой стоимости через прочий совокупный доход, при их аннулировании или списании требования по финансовому активу с баланса для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z206" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8870 03 "Доход от уменьшения рисковой поправки на нефинансовый риск для исламских страховых организаций"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z197" w:id="188"/>
-[...15 lines deleted...]
-      По дебету счета проводится списание сумм созданных резервов (провизий) на покрытие убытков по займам, учитываемым по справедливой стоимости через прочий совокупный доход для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z207" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет доходов по уменьшению рисковой поправки на нефинансовый риск для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z198" w:id="189"/>
-[...15 lines deleted...]
-      8870 01 "Доходы от восстановления (аннулирования) резервов (провизий) по обесценению аквизиционных денежных потоков для исламских страховых организаций"</w:t>
+    <w:bookmarkStart w:name="z208" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражаются доходы, связанные с уменьшением рисковой поправки на нефинансовый риск для исламских страховых организаций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z199" w:id="190"/>
-[...15 lines deleted...]
-      Назначение: учет сумм восстановления (аннулирования) резервов (провизий), созданных по обесценению аквизиционных денежных потоков для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z209" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание доходов на балансовый счет № 5610.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z200" w:id="191"/>
-[...15 lines deleted...]
-      По кредиту счета проводится сумма доходов от восстановления (аннулирования) резервов (провизий), созданных по обесценению аквизиционных денежных потоков для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z210" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8870 04 "Доход от амортизации маржи по договорам исламского страхования"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z201" w:id="192"/>
-[...15 lines deleted...]
-      По дебету счета проводится списание сумм доходов на балансовый счет № 5610.</w:t>
+    <w:bookmarkStart w:name="z211" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет доходов по амортизации маржи за предусмотренные договором услуги по группам договоров исламского страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z202" w:id="193"/>
-[...15 lines deleted...]
-      8870 02 "Корректировка расходов по компоненту убытка для исламских страховых организаций"</w:t>
+    <w:bookmarkStart w:name="z212" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражаются доходы, связанные с амортизацией маржи за предусмотренные услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z203" w:id="194"/>
-[...15 lines deleted...]
-      Назначение: учет сумм корректировок расходов по компоненту убытков при уменьшении расходов для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z213" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание доходов на балансовый счет № 5610.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z204" w:id="195"/>
-[...15 lines deleted...]
-      По кредиту счета отражается корректировка расходов по компоненту убытков для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z214" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8870 05 "Страховая выручка (доход от исламского страхования)"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z205" w:id="196"/>
-[...15 lines deleted...]
-      По дебету счета отражается списание корректировки на балансовый счет № 5610.</w:t>
+    <w:bookmarkStart w:name="z215" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Назначение: учет доходов по страхованию в связи с уменьшением обязательств по оставшейся части страхового покрытия вследствие оказания услуг в течение периода.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z206" w:id="197"/>
-[...15 lines deleted...]
-      8870 03 "Доход от уменьшения рисковой поправки на нефинансовый риск для исламских страховых организаций"</w:t>
+    <w:bookmarkStart w:name="z216" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По кредиту счета отражаются доходы в связи с уменьшением обязательств по оставшейся части страхового покрытия вследствие оказания услуг в течение периода.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z207" w:id="198"/>
-[...15 lines deleted...]
-      Назначение: учет доходов по уменьшению рисковой поправки на нефинансовый риск для исламских страховых организаций.</w:t>
+    <w:bookmarkStart w:name="z217" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По дебету счета отражается списание доходов на балансовый счет № 5610.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z208" w:id="199"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="208"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14813,68 +9935,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 мая 2015 года № 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z220" w:id="209"/>
+    <w:bookmarkStart w:name="z220" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инструкция по ведению бухгалтерского учета операций по страхованию и перестрахованию исламскими страховыми (перестраховочными) организациями и филиалами исламских страховых (перестраховочных) организаций-нерезидентов Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение исключено постановлением Правления Национального Банка РК от 24.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>