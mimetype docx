--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="625bd09" w14:textId="625bd09">
+    <w:p w14:paraId="f88fc3c" w14:textId="f88fc3c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,413 +93,445 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Министра финансов Республики Казахстан от 8 февраля 2018 года № 144 "Об утверждении Правил получения, учета, хранения, выдачи учетно-контрольных марок и представления обязательства, отчета производителя и (или) импортера о целевом использовании учетно-контрольных марок при производстве и (или) импорте в Республику Казахстан алкогольной продукции, а также порядок учета и размер обеспечения такого обязательства"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Заместителя Премьер-Министра - Министра финансов Республики Казахстан от 11 августа 2023 года № 854. Зарегистрирован в Министерстве юстиции Республики Казахстан 14 августа 2023 года № 33272</w:t>
+        <w:t>Приказ Заместителя Премьер-Министра - Министра финансов Республики Казахстан от 11 августа 2023 года № 854. Зарегистрирован в Министерстве юстиции Республики Казахстан 14 августа 2023 года № 33272.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...18 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра финансов РК от 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 682</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> получения, учета, хранения, выдачи учетно-контрольных марок и представления обязательства, отчета производителя и (или) импортера о целевом использовании учетно-контрольных марок при производстве и (или) импорте в Республику Казахстан алкогольной продукции, утвержденных указанным приказом:</w:t>
+        <w:t>
+      ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 8 февраля 2018 года № 144 "Об утверждении Правил получения, учета, хранения, выдачи учетно-контрольных марок и представления обязательства, отчета производителя и (или) импортера о целевом использовании учетно-контрольных марок при производстве и (или) импорте в Республику Казахстан алкогольной продукции, а также порядок учета и размер обеспечения такого обязательства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16437) следующие изменения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...35 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      заголовок </w:t>
-[...38 lines deleted...]
-      "Глава 2. Порядок оказания государственной услуги "Выдача учетно-контрольных марок на алкогольную продукцию (за исключением вина наливом и пивоваренной продукции)"";</w:t>
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получения, учета, хранения, выдачи учетно-контрольных марок и представления обязательства, отчета производителя и (или) импортера о целевом использовании учетно-контрольных марок при производстве и (или) импорте в Республику Казахстан алкогольной продукции, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      абзац первый </w:t>
-[...9 lines deleted...]
-        <w:t>пункта 7</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "7. Услугополучатели посредством информационной системы "Контроль, учет и выдача учетно-контрольных марок и другой печатной продукции Республиканского государственного предприятия "Банкнотная фабрика Национального Банка Республики Казахстан" (далее – информационная система) не позднее, чем за 30 (тридцать) календарных дней до наступления нового календарного года или не позднее, чем за 30 (тридцать) календарных дней до начала второго полугодия текущего года, в котором осуществляется получение УКМ, представляют услугодателю и в орган государственных доходов:";</w:t>
+      "6. Перечень основных требований к оказанию государственной услуги "Выдача учетно-контрольных марок на алкогольную продукцию (за исключением вина наливом и пивоваренной продукции)" изложен согласно приложению 2 к настоящим Правилам.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заголовок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главы 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Глава 2. Порядок оказания государственной услуги "Выдача учетно-контрольных марок на алкогольную продукцию (за исключением вина наливом и пивоваренной продукции)"";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      абзац первый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "7. Услугополучатели посредством информационной системы "Контроль, учет и выдача учетно-контрольных марок и другой печатной продукции Республиканского государственного предприятия "Банкнотная фабрика Национального Банка Республики Казахстан" (далее – информационная система) не позднее, чем за 30 (тридцать) календарных дней до наступления нового календарного года или не позднее, чем за 30 (тридцать) календарных дней до начала второго полугодия текущего года, в котором осуществляется получение УКМ, представляют услугодателю и в орган государственных доходов:";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -512,70 +544,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        "11. Представленные услугополучателями заявки на производство и заявки на импорт не переносятся на следующий календарный год.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -588,568 +620,502 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>абзац третий</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части первой пункта 22 изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "неполной уплате суммы налогов и других обязательных платежей в бюджет, социальных платежей, при выявлении нарушений в налоговой отчетности, по которым направлено уведомление предусмотренное </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 10)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 114 Налогового Кодекса, а также неисполненных уведомлений, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктами 5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 114 Налогового кодекса.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      часть вторую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выдача УКМ услугополучателям для маркировки алкогольной продукции, импортируемой на территорию Республики Казахстан, производится услугодателем в течение 60 (шестидесяти) календарных дней с даты подтверждения органом государственных доходов заявления на получение УКМ, с нанесенным штрих-кодом на УКМ и осуществленными привязками диапазонов номеров УКМ к заявлению на получение УКМ.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "неполной уплате суммы налогов и других обязательных платежей в бюджет, социальных платежей, при выявлении нарушений в налоговой отчетности, по которым направлено уведомление предусмотренное </w:t>
-[...99 lines deleted...]
-        <w:t xml:space="preserve"> пункта 2 статьи 114 Налогового кодекса.";</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "35. УКМ подлежат возврату в орган государственных доходов, если маркировка алкогольной продукции УКМ произведена с нарушением Правил маркировки (перемаркировки) алкогольной продукции, за исключением вина наливом (виноматериал) и пивоваренной продукции, учетно-контрольными марками, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 8 февраля 2018 года № 143 "Об утверждении Правил маркировки (перемаркировки) алкогольной продукции, за исключением вина наливом (виноматериал) и пивоваренной продукции, учетно-контрольными марками, а также формы, содержание и элементы защиты учетно-контрольных марок" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16444). При этом денежные средства, уплаченные за УКМ, не возвращаются.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      часть вторую </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложение 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанным Правилам изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="5"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Выдача УКМ услугополучателям для маркировки алкогольной продукции, импортируемой на территорию Республики Казахстан, производится услугодателем в течение 60 (шестидесяти) календарных дней с даты подтверждения органом государственных доходов заявления на получение УКМ, с нанесенным штрих-кодом на УКМ и осуществленными привязками диапазонов номеров УКМ к заявлению на получение УКМ.";</w:t>
+      2. Комитету государственных доходов Министерства финансов Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 8 февраля 2018 года № 143 "Об утверждении Правил маркировки (перемаркировки) алкогольной продукции, за исключением вина наливом (виноматериал) и пивоваренной продукции, учетно-контрольными марками, а также формы, содержание и элементы защиты учетно-контрольных марок" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16444). При этом денежные средства, уплаченные за УКМ, не возвращаются.";</w:t>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства финансов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства финансов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="6"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Комитету государственных доходов Министерства финансов Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...97 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1165,76 +1131,93 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Заместитель Премьер-Министра -</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Заместитель Премьер-Министра -</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Министр финансов</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1274,354 +1257,298 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Жамаубаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      "СОГЛАСОВАН"</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>"СОГЛАСОВАН"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Национальный Банк</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      "СОГЛАСОВАН"</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>"СОГЛАСОВАН"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Министерство цифрового развития,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инноваций и аэрокосмической промышленности</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1712,86 +1639,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 11 августа 2023 года № 854</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -2338,70 +2229,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z32" w:id="11"/>
+          <w:bookmarkStart w:name="z32" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 С момента сдачи пакета документов услугополучателем услугодателю: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="11"/>
+          <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2838,70 +2729,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя и объекта информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z34" w:id="12"/>
+          <w:bookmarkStart w:name="z34" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодатели – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно Трудовому кодексу Республики Казахстан и Закона Республики Казахстан "О праздниках в Республике Казахстан" с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="12"/>
+          <w:bookmarkEnd w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2999,70 +2890,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="13"/>
+          <w:bookmarkStart w:name="z36" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) не позднее, чем за 30 (тридцать) календарных дней до наступления нового календарного года или не позднее, чем за 30 (тридцать) календарных дней до начала второго полугодия посредством информационной системы:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="13"/>
+          <w:bookmarkEnd w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3413,70 +3304,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="14"/>
+          <w:bookmarkStart w:name="z43" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адрес места оказания государственной услуги размещен на интернет-ресурсе услугодателя – www.pbf.kz. Услугополучатель получает государственную услугу в электронной форме через информационную систему при условии наличия электронной цифровой подписи.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="14"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством Единого контакт-центра 1414, 8800080777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3524,55 +3415,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>