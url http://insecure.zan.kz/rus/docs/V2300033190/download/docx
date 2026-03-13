--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bc1765b" w14:textId="bc1765b">
+    <w:p w14:paraId="e68f655" w14:textId="e68f655">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Инструкции по применению минимальных ставок авторского вознаграждения за некоторые виды использования произведений</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра юстиции Республики Казахстан от 28 июля 2023 года № 541. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 июля 2023 года № 33190</w:t>
+        <w:t>Приказ Министра юстиции Республики Казахстан от 28 июля 2023 года № 541. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 июля 2023 года № 33190.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -908,54 +908,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) воспроизведение аудиовизуальных произведений в личных целях без согласия автора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Минимальные ставки авторского вознаграждения, утвержденные Приказом, применяются, если иное не определено договором между пользователем и автором, его правопреемником либо организацией, управляющей имущественными правами на коллективной основе.</w:t>
+      4. Минимальные ставки авторского вознаграждения, утвержденные Приказом, применяются, если иное не определено договором между пользователем и автором, его правопреемником либо организацией по коллективному управлению правами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Авторское вознаграждение за публичное исполнение произведений начисляется в процентах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1052,662 +1114,674 @@
         <w:t>
       6. Авторское вознаграждение за публичное сообщение произведений начисляется в размерах, установленных в процентах от общей суммы дохода. При этом под общим доходом, с которого должно начисляться авторское вознаграждение, понимается доход, состоящий из поступлений за размещение рекламы, спонсорских поступлений на создание передач, поступлений в виде спонсорского либо иного финансирования, поступлений в виде абонентской платы, платы за получение доступа к произведениям, если таковые имеются и так далее.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Авторское вознаграждение за воспроизведение и (или) распространение экземпляров звукозаписи, содержащих произведения, как охраняемые, так и неохраняемые авторским правом, начисляется только за произведения, охраняемые авторским правом. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...15 lines deleted...]
-      8. Авторское вознаграждение за воспроизведение аудиовизуальных произведений в личных целях без согласия автора, подлежащее уплате лицами, изготавливающими и импортирующими оборудование и материальные носители, используемые для такого воспроизведения, начисляется в процентах:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Исключен приказом Министра юстиции РК от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Применение ставок авторского вознаграждения за использование произведений путем публичного исполнения, публичного сообщения, за воспроизведение и (или) распространение произведений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Ставки авторского вознаграждения, установленные за использование пьес для детей, в том числе пьес в кукольном исполнении, применяются к указанным пьесам независимо от места их исполнения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Пьесы, написанные по мотивам собственных произведений, приравниваются к оригинальным, если инсценировка была сделана без соавторов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Пьесы для детей, написанные по мотивам народных сказок, приравниваются к оригинальным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Если произведение было создано автором на двух или нескольких языках без оговорки о том, какой текст является оригинальным, а какой переводным, оно признается оригинальным на каждом из этих языков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Авторское вознаграждение за публичное исполнение программ, состоящих из произведений, охраняемых и неохраняемых авторским правом (в том числе музыки, сопровождающей драматические произведения), начисляется по полной ставке.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
-[...15 lines deleted...]
-      11. Пьесы для детей, написанные по мотивам народных сказок, приравниваются к оригинальным.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Авторское вознаграждение за публичное исполнение произведений, созданных соавторами как одно неразрывное целое, начисляется только тем соавторам (их правопреемникам), авторское право которых охраняется. При этом размер начисляемого вознаграждения определяется в соответствии с распределением вознаграждения между соавторами пропорционально установленной ставке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
-[...15 lines deleted...]
-      12. Если произведение было создано автором на двух или нескольких языках без оговорки о том, какой текст является оригинальным, а какой переводным, оно признается оригинальным на каждом из этих языков.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. За концерты, целиком состоящие из произведений, перешедших в общественное достояние, авторское вознаграждение не начисляется.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
-[...15 lines deleted...]
-      13. Авторское вознаграждение за публичное исполнение программ, состоящих из произведений, охраняемых и неохраняемых авторским правом (в том числе музыки, сопровождающей драматические произведения), начисляется по полной ставке.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Авторское вознаграждение за концертные, эстрадные, цирковые или танцевальные программы начисляется независимо от того, исполняются ли произведения в исполнении артистов или звучат в звуковой записи, а также независимо от получения или неполучения пользователем дохода от продажи билетов на такие программы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      14. Авторское вознаграждение за публичное исполнение произведений, созданных соавторами как одно неразрывное целое, начисляется только тем соавторам (их правопреемникам), авторское право которых охраняется. При этом размер начисляемого вознаграждения определяется в соответствии с распределением вознаграждения между соавторами пропорционально установленной ставке.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Если спектакль включает несколько одноактных произведений, вознаграждение начисляется за каждое произведение в отдельности по установленной для него ставке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Если одноактное произведение исполняется в концертной программе, вознаграждение за это произведение начисляется по установленной для него ставке и, кроме того, начисляется ставка, предусмотренная за концертную программу. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если спектакль включает два многоактных произведения, вознаграждение за каждое произведение начисляется исходя из 1/2 ставки, предусмотренной для соответствующих многоактных произведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если многоактное произведение исполняется с концертной программой, то вознаграждение за многоактное произведение начисляется исходя из 1/2 ставки, предусмотренной для соответствующих произведений, и дополнительно начисляется ставка, предусмотренная за соответствующую концертную программу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При публичном исполнении произведений малых форм установленная для переводчика сумма гонорара распределяется поровну между авторами перевода.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...15 lines deleted...]
-      Если спектакль включает два многоактных произведения, вознаграждение за каждое произведение начисляется исходя из 1/2 ставки, предусмотренной для соответствующих многоактных произведений.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. За перевод пьесы-инсценировки, охраняемой авторским правом, авторское вознаграждение начисляется по ставкам, установленным для переводов оригинальных произведений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
-[...15 lines deleted...]
-      Если многоактное произведение исполняется с концертной программой, то вознаграждение за многоактное произведение начисляется исходя из 1/2 ставки, предусмотренной для соответствующих произведений, и дополнительно начисляется ставка, предусмотренная за соответствующую концертную программу.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Ставки авторского вознаграждения за исполнение музыкально-драматических произведений применяются также в случаях, когда произведение ставится в концертном исполнении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
-[...15 lines deleted...]
-      18. При публичном исполнении произведений малых форм установленная для переводчика сумма гонорара распределяется поровну между авторами перевода.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Варианты либретто и новые подтекстовки оперетт, музыкальных комедий и мюзиклов с музыкой иностранных композиторов приравниваются к переводам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
-[...15 lines deleted...]
-      19. За перевод пьесы-инсценировки, охраняемой авторским правом, авторское вознаграждение начисляется по ставкам, установленным для переводов оригинальных произведений.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Вознаграждение за музыку к драматическим произведениям начисляется в размере 1 процента за каждый акт, независимо от количества музыкальных номеров, а также от того, звучит ли музыка в исполнении артистов или в звуковой записи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
-[...15 lines deleted...]
-      20. Ставки авторского вознаграждения за исполнение музыкально-драматических произведений применяются также в случаях, когда произведение ставится в концертном исполнении.</w:t>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Если в концертной программе наряду с эстрадными произведениями исполняется хотя бы одно крупное симфоническое произведение, либо камерное произведение, либо многоактные произведения для народных инструментов, либо хореографический концерт, авторское вознаграждение за такую концертную программу начисляется в размере 7 процентов от суммы валового сбора от продажи билетов (как за концерт из симфонических, вокально-симфонических и камерных произведений).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Если в программу новогоднего елочного представления включается драматическое или музыкально-драматическое произведение, авторское вознаграждение за такое произведение начисляется по ставкам, установленным для драматических и музыкально-драматических произведений. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. За программу, состоящую из концерта и танцев, при единой входной плате авторское вознаграждение начисляется как за эстрадный концерт в размере 4 процентов от суммы валового сбора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Авторское вознаграждение по ставке, установленной пунктом 24 Минимальных ставок авторского вознаграждения за использование произведений путем публичного исполнения, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, подлежит оплате за исполнение музыкальных произведений с текстом или без текста в качестве сопровождения спортивных соревнований, показательных выступлений спортсменов, игровых аттракционов, показа мод, проведение выставок, ярмарок, фестивалей, конкурсов и других мероприятий, исполняемых на массовых аренах (стадионах, дворцах спорта, ипподромах и тому подобное) при платном входе. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если на массовой арене исполняются эстрадные, цирковые представления и концерты, драматические или музыкально-драматические произведения, авторское вознаграждение за них начисляется по ставкам, установленным для концертов, драматических и музыкально-драматических произведений, а также цирковых представлений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Авторское вознаграждение за публичное исполнение произведений на площадках без взимания отдельной платы за вход на эту площадку (фойе театров до и после спектакля или в антрактах, фойе кинотеатров, кафе, рестораны, открытые площадки в парках, садах и стадионах и так далее) начисляется в месячных расчетных показателях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>