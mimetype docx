--- v0 (2025-11-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a788382" w14:textId="a788382">
+    <w:p w14:paraId="5d8f833" w14:textId="5d8f833">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1174,310 +1174,596 @@
         <w:t>
       2) экспертная комиссия – группа в составе не менее двух экспертов, созданная с целью проведения научной экспертизы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) научная антикоррупционная экспертиза – исследование проектов нормативных правовых актов в целях выявления в них коррупциогенных норм с вынесением заключения научной антикоррупционной экспертизы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) исключен совместным приказом Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) исключен совместным приказом Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уполномоченная организация – организация, определяемая Правительством Республики Казахстан, на которую возложена координация проведения научной правовой и научной антикоррупционной экспертизы, а также проведение научной лингвистической экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным совместным приказом Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Научная экспертиза проектов нормативных правовых актов проводится в целях, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункте 2</w:t>
-[...33 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+        <w:t>Законе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О правовых актах".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Научная экспертиза международного договора или проекта международного договора проводится в целях, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункте 3</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> статьи 4 Закона "О международных договорах Республики Казахстан".</w:t>
+        <w:t>Законе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О международных договорах Республики Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. По проектам нормативных правовых актов, разработанным в порядке законодательной инициативы Правительства Республики Казахстан (далее – Правительство) и вносимым на рассмотрение Мажилиса Парламента Республики Казахстан (далее – Мажилис Парламента), проводятся научная правовая, научная лингвистическая, научная экономическая, антикоррупционная и другие экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По проектам нормативных правовых актов, вносимым на рассмотрение Парламента Республики Казахстан (далее – Парламент), проведение научной экспертизы в зависимости от регулируемых ими общественных отношений обязательно, за исключением случаев внесения проектов законодательных актов в порядке законодательной инициативы Президента Республики Казахстан (далее – Президент), когда научная экспертиза может не проводиться.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На окончательный текст международного договора проводится научная экспертиза (правовая, лингвистическая и другая) в зависимости от правоотношений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...15 lines deleted...]
-      4. По проектам нормативных правовых актов, разработанным в порядке законодательной инициативы Правительства Республики Казахстан (далее – Правительство) и вносимым на рассмотрение Мажилиса Парламента Республики Казахстан (далее – Мажилис Парламента), проводятся научная правовая, научная лингвистическая, научная экономическая, антикоррупционная и другие экспертизы.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Организация проведения научной экспертизы возлагается на:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      По проектам нормативных правовых актов, вносимым на рассмотрение Парламента Республики Казахстан (далее – Парламент), проведение научной экспертизы в зависимости от регулируемых ими общественных отношений обязательно, за исключением случаев внесения проектов законодательных актов в порядке законодательной инициативы Президента Республики Казахстан (далее – Президент), когда научная экспертиза может не проводиться.</w:t>
+    <w:bookmarkStart w:name="z554" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министерство юстиции Республики Казахстан (далее – Министерство юстиции) – по научной правовой и научной лингвистической экспертизам проектов законов, международных договоров или проектов международных договоров, а также по научной антикоррупционной экспертизе проектов нормативных правовых актов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...15 lines deleted...]
-      На окончательный текст международного договора проводится научная экспертиза (правовая, лингвистическая и другая) в зависимости от правоотношений.</w:t>
+    <w:bookmarkStart w:name="z555" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министерство национальной экономики Республики Казахстан (далее – Министерство национальной экономики) – по научной экономической экспертизе проектов законов, за исключением международных договоров или проектов международных договоров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...58 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1496,790 +1782,980 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Научная экспертиза проектов нормативных правовых актов проводится научными учреждениями, уполномоченной организацией, экспертами, привлекаемыми из числа ученых и специалистов, в зависимости от содержания рассматриваемого проекта. Проведение экспертизы может быть поручено одному или нескольким экспертам (экспертной комиссии). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В качестве научных организаций, экспертов могут привлекаться специалисты из других государств и международных организаций. Проект нормативного правового акта может быть направлен для научной экспертизы в иностранные и международные организации. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Исключен совместным приказом Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Условия проведения научной правовой экспертизы определяются действующим законодательством, настоящими Правилами, а также договором на проведение научной правовой экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Научная организация, уполномоченная организация, эксперт в соответствии с законодательством Республики Казахстан о государственных закупках:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) получают всю необходимую информацию, материалы для проведения научной экспертизы, в том числе и по вопросам, возникающим в ходе проведения научной экспертной работы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> статьи 4 Закона "О международных договорах Республики Казахстан" посредством деятельности по координации и созданию условий для осуществления экспертами научной правовой экспертизы.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по согласованию с уполномоченным органом дают заключения не только по поставленным перед ними вопросам, но и иным, вытекающим из проектов нормативных правовых актов вопросам, в пределах их компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
-[...15 lines deleted...]
-      8. Условия проведения научной правовой экспертизы определяются действующим законодательством, настоящими Правилами, а также договором на проведение научной правовой экспертизы.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) могут использовать статистические данные разработчиков (органов-разработчиков) (в случае, если статистические данные уполномоченного государственного органа по статистике и разработчика не совпадают, это должно быть отражено в экспертном заключении);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
-[...15 lines deleted...]
-      9. Научная организация, уполномоченная организация, эксперт в соответствии с законодательством Республики Казахстан о государственных закупках:</w:t>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) при осуществлении научной экспертизы могут привлекать к ее исполнению третьих лиц, если иное не предусмотрено договором;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
-[...15 lines deleted...]
-      1) получают всю необходимую информацию, материалы для проведения научной экспертизы, в том числе и по вопросам, возникающим в ходе проведения научной экспертной работы;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дают мотивированное, научно обоснованное, объективное и полное заключение по вопросам, вытекающим из проектов нормативных правовых актов, а также поставленным перед ними уполномоченным органом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
-[...15 lines deleted...]
-      2) по согласованию с уполномоченным органом дают заключения не только по поставленным перед ними вопросам, но и иным, вытекающим из проектов нормативных правовых актов вопросам, в пределах их компетенции;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) своими силами, за свой счет и в сроки, установленные уполномоченным органом, устраняют допущенные по своей вине недостатки в ходе проведения научной экспертизы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
-[...15 lines deleted...]
-      3) могут использовать статистические данные разработчиков (органов-разработчиков) (в случае, если статистические данные уполномоченного государственного органа по статистике и разработчика не совпадают, это должно быть отражено в экспертном заключении);</w:t>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обеспечивают конфиденциальность сведений, касающихся предмета проведения научной экспертизы, хода ее исполнения и научных результатов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
-[...15 lines deleted...]
-      4) при осуществлении научной экспертизы могут привлекать к ее исполнению третьих лиц, если иное не предусмотрено договором;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) получают вознаграждение за выполненную работу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
-[...15 lines deleted...]
-      5) дают мотивированное, научно обоснованное, объективное и полное заключение по вопросам, вытекающим из проектов нормативных правовых актов, а также поставленным перед ними уполномоченным органом;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) исполняют иные обязанности, установленные договором.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
-[...15 lines deleted...]
-      6) своими силами, за свой счет и в сроки, установленные уполномоченным органом, устраняют допущенные по своей вине недостатки в ходе проведения научной экспертизы;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. По проектам нормативных правовых актов, международных договоров или проектам международных договоров могут проводиться самостоятельная и комиссионная научные экспертизы, а при необходимости – повторная и (или) дополнительная научная экспертиза.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом повторная научная лингвистическая экспертиза по проектам законов проводится в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Повторная научная экспертиза по проектам законов, а также по проектам временных постановлений Правительства, имеющих силу Закона, разработанным в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 17-1 Закона "О правовых актах", не проводится.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Повторная научная экспертиза проводится при внесении концептуальных изменений и дополнений в проект нормативного правового акта и/или в случаях, когда заключение научной экспертизы по результатам первоначальной научной экспертизы необоснованно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дополнительная научная экспертиза проводится в случае, если в проект международного договора вносятся концептуальные изменения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Решение о проведении научной экспертизы проекта закона может быть принято:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z53" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) на основании поручения Президента, Руководителя Администрации Президента Республики Казахстан (далее – Администрация Президента), Премьер-Министра Республики Казахстан (далее – Премьер-Министр), Руководителя Аппарата Правительства Республики Казахстан (далее – Аппарат Правительства);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) органом-разработчиком, если регламентом данного органа или иными нормативными правовыми актами этим лицам и структурным подразделениям такое право предоставлено.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о проведении научной экспертизы по международному договору или проекту международного договора может быть принято:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
-[...15 lines deleted...]
-      11. Повторная научная экспертиза проводится в случаях, когда заключение научной экспертизы по результатам первоначальной научной экспертизы необоснованно.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) на основании поручения Президента, Руководителя Администрации Президента, Премьер-Министра, Руководителя Аппарата Правительства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
-[...15 lines deleted...]
-      Дополнительная научная экспертиза проводится в случае, если в проект международного договора вносятся концептуальные изменения. </w:t>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) по инициативе депутатов Парламента;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
-[...15 lines deleted...]
-      12. Решение о проведении научной экспертизы проекта закона может быть принято:</w:t>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) по инициативе центрального государственного органа, представляющего предложение о заключении международного договора, а также по предложениям других центральных государственных органов, осуществляющих согласование международного договора или проекта международного договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
-[...15 lines deleted...]
-      1) на основании поручения Президента, Руководителя Администрации Президента Республики Казахстан (далее – Администрация Президента), Премьер-Министра Республики Казахстан (далее – Премьер-Министр), Руководителя Аппарата Правительства Республики Казахстан (далее – Аппарат Правительства);</w:t>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о проведении повторной научной экспертизы по международному договору или проекту международного договора может быть принято:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
-[...15 lines deleted...]
-      2) уполномоченным органом;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) на основании поручения Президента, Руководителя Администрации Президента, Премьер-Министра, Руководителя Аппарата Правительства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
-[...15 lines deleted...]
-      3) органом-разработчиком, если регламентом данного органа или иными нормативными правовыми актами этим лицам и структурным подразделениям такое право предоставлено.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) по инициативе депутатов Парламента.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
-[...15 lines deleted...]
-      Решение о проведении научной экспертизы по международному договору или проекту международного договора может быть принято:</w:t>
+    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Направление проектов законов на научную экспертизу осуществляется разработчиком (органом-разработчиком) посредством их размещения на интернет-портале открытых нормативных правовых актов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
-[...15 lines deleted...]
-      4) на основании поручения Президента, Руководителя Администрации Президента, Премьер-Министра, Руководителя Аппарата Правительства;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, проекты законов, разрабатываемые в порядке законодательной инициативы депутатов Парламента, направляются по их решению на проведение научной экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
-[...15 lines deleted...]
-      5) по инициативе депутатов Парламента;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Направление на проведение научной экспертизы международного договора или проекта международного договора возлагается на орган-разработчик.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
-[...138 lines deleted...]
-    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2298,1717 +2774,1855 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z556" w:id="57"/>
+    <w:bookmarkStart w:name="z556" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13-1. Для проведения научной правовой, научной экономической, научной антикоррупционной экспертиз по проектам нормативных правовых актов разработчик размещает проект нормативного правового акта на интернет-портале открытых нормативных правовых актов и прилагает следующие сопутствующие к нему материалы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z557" w:id="58"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z557" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пояснительную записку к проекту нормативного правового акта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z558" w:id="59"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z558" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сравнительную таблицу к проекту нормативного правового акта при внесении изменений и (или) дополнений в действующие нормативные правовые акты с соответствующим обоснованием вносимых изменений и (или) дополнений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z559" w:id="60"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z559" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) пресс-релиз. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z560" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом по проектам законов также размещаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z561" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) консультативный документ регуляторной политики, одобренный Межведомственной комиссией по вопросам законопроектной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z562" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) паспорт по оценке социально-экономических последствий действия принимаемого проекта закона, подписанный курирующим заместителем руководителя органа-разработчика (или лицом, исполняющим его обязанности) (далее – паспорт) по форме согласно приложению 1 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z563" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) финансовые расчеты для Республиканской бюджетной комиссии по проектам законов, предусматривающим сокращение государственных доходов или увеличение государственных расходов (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z564" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проекты подзаконных актов, принимаемых в реализацию предлагаемого на рассмотрение проекта закона (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z565" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) статистическая информация по изучаемой проблеме (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z566" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) иные материалы с целью представления полных и достоверных данных для проведения научной экспертизы (при наличии).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z560" w:id="61"/>
-[...15 lines deleted...]
-      При этом по проектам законов также размещаются:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 13-1 в соответствии с совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z568" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-2. Проекты законов, разрабатываемые в порядке законодательной инициативы депутатов Парламента, направляются на проведение научных экспертиз посредством электронного документооборота в электронном виде с приложением следующих материалов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z561" w:id="62"/>
-[...15 lines deleted...]
-      1) консультативный документ регуляторной политики, одобренный Межведомственной комиссией по вопросам законопроектной деятельности;</w:t>
+    <w:bookmarkStart w:name="z569" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сопроводительное письмо на официальном бланке разработчика;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z562" w:id="63"/>
-[...15 lines deleted...]
-      2) паспорт по оценке социально-экономических последствий действия принимаемого проекта закона, подписанный курирующим заместителем руководителя органа-разработчика (или лицом, исполняющим его обязанности) (далее – паспорт) по форме согласно приложению 1 к настоящим Правилам;</w:t>
+    <w:bookmarkStart w:name="z570" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пояснительная записка к проекту закона (на казахском и русском языках);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z563" w:id="64"/>
-[...15 lines deleted...]
-      3) финансовые расчеты для Республиканской бюджетной комиссии по проектам законов, предусматривающим сокращение государственных доходов или увеличение государственных расходов (при наличии);</w:t>
+    <w:bookmarkStart w:name="z571" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сравнительная таблица к проекту закона при внесении изменений и (или) дополнений в действующие нормативные правовые акты с соответствующим обоснованием вносимых изменений и (или) дополнений (на казахском и русском языках);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z564" w:id="65"/>
-[...15 lines deleted...]
-      4) проекты подзаконных актов, принимаемых в реализацию предлагаемого на рассмотрение проекта закона (при наличии);</w:t>
+    <w:bookmarkStart w:name="z572" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) паспорт по оценке социально-экономических последствий действия принимаемого проекта закона (на казахском и русском языках), подписанного депутатом/депутатами Парламента, инициировавшим(ими) разработку проекта закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z565" w:id="66"/>
-[...15 lines deleted...]
-      5) статистическая информация по изучаемой проблеме (при наличии);</w:t>
+    <w:bookmarkStart w:name="z573" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) финансовые расчеты для Республиканской бюджетной комиссии по проектам законов, предусматривающим сокращение государственных доходов или увеличение государственных расходов (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z566" w:id="67"/>
-[...15 lines deleted...]
-      6) иные материалы с целью представления полных и достоверных данных для проведения научной экспертизы (при наличии).</w:t>
+    <w:bookmarkStart w:name="z574" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) статистическая информация по изучаемой проблеме (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z575" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) иные материалы с целью представления полных и достоверных данных для проведения научной экспертизы (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 13-1 в соответствии с совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 13-2 в соответствии с совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1056</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z568" w:id="68"/>
-[...35 lines deleted...]
-      1) сопроводительное письмо на официальном бланке разработчика;</w:t>
+    <w:bookmarkStart w:name="z577" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-3. По запросу уполномоченной организации, научной организации, эксперта разработчиком в течение 2 (двух) рабочих дней предоставляются иные материалы, касающиеся вопросов, затронутых в проекте нормативного правового акта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z570" w:id="70"/>
-[...15 lines deleted...]
-      2) пояснительная записка к проекту закона (на казахском и русском языках);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 13-3 в соответствии с совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025); в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Соответствие текста проекта нормативного правового акта, международного договора или проекта международного договора, представленного на проведение научной экспертизы, на каждой стадии его разработки и согласования обеспечивается разработчиком (органом-разработчиком).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z571" w:id="71"/>
-[...15 lines deleted...]
-      3) сравнительная таблица к проекту закона при внесении изменений и (или) дополнений в действующие нормативные правовые акты с соответствующим обоснованием вносимых изменений и (или) дополнений (на казахском и русском языках);</w:t>
+    <w:bookmarkStart w:name="z67" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Заключение научной экспертизы должно содержать научно обоснованные, полные, объективные и мотивированные выводы по предмету научной экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z572" w:id="72"/>
-[...15 lines deleted...]
-      4) паспорт по оценке социально-экономических последствий действия принимаемого проекта закона (на казахском и русском языках), подписанного депутатом/депутатами Парламента, инициировавшим(ими) разработку проекта закона;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В случае если у Министерства юстиции, разработчика (органа-разработчика) или лиц, инициировавших проведение научной экспертизы, возникают вопросы в отношении выводов заключения научной экспертизы, они могут обратиться к эксперту, научной организации, уполномоченной организации за соответствующими пояснениями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z573" w:id="73"/>
-[...15 lines deleted...]
-      5) финансовые расчеты для Республиканской бюджетной комиссии по проектам законов, предусматривающим сокращение государственных доходов или увеличение государственных расходов (при наличии);</w:t>
+    <w:bookmarkStart w:name="z69" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В случае представления для научной экспертизы нескольких проектов нормативных правовых актов, международных договоров или проектов международных договоров, уполномоченной организацией, научной организацией или экспертом проводится научная экспертиза и составляется заключение по каждому проекту нормативного правового акта, международному договору или проекту международного договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z574" w:id="74"/>
-[...15 lines deleted...]
-      6) статистическая информация по изучаемой проблеме (при наличии);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Заключение научной экспертизы подготавливается на официальном бланке организации, проводившей научную экспертизу, с указанием фамилии, имени, отчества (при наличии) эксперта и его квалификации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z575" w:id="75"/>
-[...15 lines deleted...]
-      7) иные материалы с целью представления полных и достоверных данных для проведения научной экспертизы (при наличии).</w:t>
+    <w:bookmarkStart w:name="z71" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Заключение научной экспертизы подписывается первым руководителем уполномоченной организации либо лицом, исполняющим его обязанности, и экспертами, проводившими научную экспертизу, а по научной экономической экспертизе - руководителем научной организации либо лицом, исполняющим его обязанности, и экспертами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 13-2 в соответствии с совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Заключение научной экспертизы носит рекомендательный характер, за исключением заключения научной лингвистической экспертизы по проектам законов, инициированных Правительством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1056</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z577" w:id="76"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z73" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. В случае согласия с замечаниями и (или) предложениями заключения научной экспертизы к проекту нормативного правового акта разработчик (орган-разработчик) принимает решение о доработке проекта нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z579" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия с заключением научной экспертизы разработчик проекта нормативного правового акта в течение 10 (десять) рабочих дней после получения заключения научной экспертизы должен разместить на интернет-портале открытых нормативных правовых актов мотивированное и аргументированное обоснование причин несогласия с соответствующим заключением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z580" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если заключение научной экспертизы содержит замечания и (или) предложения, не относящиеся к компетенции разработчика (органа-разработчика), то разработчик (орган-разработчик) направляет их одновременно с проектом нормативного правового акта, международного договора или проекта международного договора государственным органам, в компетенцию которых входит рассмотрение вопросов, затрагиваемых в заключении научной экспертизы, для проработки и формирования соответствующей позиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z581" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При внесении правового акта о ратификации и (или) подписании международного договора или проекта международного договора и заключения научной экспертизы по нему на рассмотрение Правительства либо Министерства юстиции орган-разработчик должен предоставить аргументированные обоснования причин непринятия рекомендаций, содержащихся в заключении научной экспертизы по международному договору или проекту международного договора. Копию соответствующих обоснований орган-разработчик одновременно предоставляет уполномоченной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 13-3 в соответствии с совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1056</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="77"/>
-[...157 lines deleted...]
-      18. Заключение научной экспертизы подготавливается на официальном бланке организации, проводившей научную экспертизу, с указанием фамилии, имени, отчества (при наличии) эксперта и его квалификации.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22. Научная экспертиза проводится в срок, не превышающий 15 (пятнадцать) рабочих дней со дня представления научной организации или уполномоченной организации проекта закона, международного договора или проекта международного договора, и в срок, не превышающий 10 (десять) рабочих дней со дня представления уполномоченной организации проекта подзаконного правового акта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z71" w:id="82"/>
-[...263 lines deleted...]
-    <w:bookmarkStart w:name="z583" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Научная лингвистическая экспертиза проводится в течение 10 (десять) рабочих дней со дня представления уполномоченной организации проекта закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z584" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом сроки проведения научной правовой, научной экономической, научной антикоррупционной экспертиз исчисляются с момента размещения проекта нормативного правового акта на интернет-портале открытых нормативных правовых актов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z585" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Организация и проведение научной экспертизы по проектам законов, а также проектам временных постановлений Правительства, имеющим силу Закона, разработанным в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 17-1 Закона "О правовых актах", осуществляются в течение срока, не превышающего 3 (три) рабочих дня со дня опубликования на интернет-портале открытых нормативных правовых актов, а по научной лингвистической экспертизе – со дня представления уполномоченной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z586" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация и проведение научной правовой экспертизы международного договора или проекта международного договора о займах осуществляются в течение срока, не превышающего 10 (десять) календарных дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z587" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По окончании срока проведения научной экспертизы международного договора или проекта международного договора разработчику (органу-разработчику) направляется заключение научной экспертизы, подготовленное в соответствии с настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z588" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключения научных экспертиз по проектам нормативных правовых актов, за исключением заключения научной лингвистической экспертизы, размещаются на интернет-портале открытых нормативных правовых актов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z589" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом заключение лингвистической экспертизы проектов законов направляется разработчику (органу-разработчику) посредством электронного документооборота в электронном виде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 22 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Исключен совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1056</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...54 lines deleted...]
-    <w:bookmarkStart w:name="z84" w:id="96"/>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Порядок проведения иных видов научных экспертиз международных договоров или проектов международных договоров (за исключением научной правовой и научной лингвистической экспертиз) определяются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z85" w:id="97"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z85" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок проведения научной правовой экспертизы проектов законов, а также отбора научных правовых экспертов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z86" w:id="98"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z86" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Разработчиками проектов законов являются депутаты Парламента, Администрация Президента, Правительство, иные государственные органы, организации и граждане по согласованию с ними в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона "О правовых актах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z87" w:id="99"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z87" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Эксперты, осуществляющие научную правовую экспертизу по проектам законов, делятся на две группы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z88" w:id="100"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z88" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования к эксперту первой группы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z89" w:id="101"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z89" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) высшее юридическое образование, ученая степень либо степень доктора философии (PhD), доктора по профилю по группе специальностей "Право";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z90" w:id="102"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z90" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) общий стаж работы по юридической специальности не менее пяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z91" w:id="103"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z91" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования к эксперту второй группы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z92" w:id="104"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z92" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) высшее юридическое образование/академическая степень по группе специальностей "Право";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z93" w:id="105"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z93" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) общий стаж работы по юридической специальности не менее десяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z94" w:id="106"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z94" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Эксперты первой и второй групп обладают правами и обязанностями в соответствии с законодательством и привлекаются к проведению научной правовой экспертизы на равноправной основе. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z95" w:id="107"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z95" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Научная правовая экспертиза проектов законов проводится экспертом, состоящим в реестре научных правовых экспертов (далее – реестр экспертов), или экспертной комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z96" w:id="108"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z96" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Информация о требованиях к эксперту и порядке включения в реестр экспертов публикуется на официальном интернет-ресурсе уполномоченной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z97" w:id="109"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z97" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Решение о включении или об отказе, о включении либо исключении кандидата в эксперты (далее – кандидат) или эксперта принимается уполномоченной организацией на основании заключения комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z98" w:id="110"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z98" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Состав комиссии утверждается приказом уполномоченной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z99" w:id="111"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z99" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Комиссия рассматривает документы кандидатов на предмет соответствия или несоответствия кандидата требованиям, предъявляемым к эксперту, наличия либо отсутствия оснований расторжения договора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z100" w:id="112"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z100" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Решение о приостановлении деятельности эксперта принимается уполномоченной организацией. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z101" w:id="113"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z101" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На основании заключения комиссии с экспертом заключается либо расторгается договор на проведение научной правовой экспертизы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z102" w:id="114"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z102" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Основанием для отказа во включении кандидата в реестр экспертов является непредставление полного перечня документов, подтверждающих соответствие требованиям, предъявляемым к эксперту </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4023,131 +4637,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z103" w:id="115"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z103" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Научная правовая экспертиза проектов законов проводится на следующих стадиях разработки проекта закона:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z104" w:id="116"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z104" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при размещении на интернет-портале открытых нормативных правовых актов для публичного обсуждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z105" w:id="117"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z105" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в случае внесения концептуальных изменений в проект закона, в результате его доработки по замечаниям Администрации Президента или Аппарата Правительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z106" w:id="118"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z106" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указанные требования не распространяются на проекты законов, инициированные депутатами Парламента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4436,90 +5050,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="119"/>
+    <w:bookmarkStart w:name="z119" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Началом проведения научной правовой экспертизы считается момент уведомления экспертом или последним членом экспертной комиссии уполномоченную организацию о принятии проекта закона и прилагаемых к нему материалов к рассмотрению. При наличии обстоятельств, исключающих участие эксперта в проведении научной правовой экспертизы, в срок не позднее 2 (два) рабочих дней с момента направления эксперту материалов для проведения научной правовой экспертизы эксперт уведомляет уполномоченную организацию об отказе от проведения научной правовой экспертизы и его причинах. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z120" w:id="120"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z120" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. В случае несвоевременного уведомления или не уведомления экспертом о принятии или невозможности принятия проекта закона к рассмотрению, об отказе от проведения научной правовой экспертизы, уполномоченная организация направляет проект закона и прилагаемые к нему материалы другому эксперту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4548,130 +5162,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="121"/>
+    <w:bookmarkStart w:name="z122" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Эксперт, экспертная комиссия в течение 10 (десять) рабочих дней дает заключение научной правовой экспертизы на казахском и русском языках в соответствии с настоящими Правилами. Аутентичность текстов заключения научной правовой экспертизы на казахском и русском языках обеспечивается экспертом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z123" w:id="122"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z123" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае несогласия одного из экспертов с выводами, изложенными в едином заключении, он может изложить особое мнение и приложить его к единому заключению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z124" w:id="123"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z124" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. В течение 5 (пять) рабочих дней уполномоченная организация производит проверку заключения эксперта или экспертной комиссии в соответствии с требованиями, установленными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, с последующим его размещением на интернет-портале открытых нормативных правовых актов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4690,90 +5304,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025). </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="124"/>
+    <w:bookmarkStart w:name="z125" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Повторная научная правовая экспертиза проекта закона проводится в сроки, не превышающие 5 (пять) рабочих дней с момента начала проведения научной правовой экспертизы проекта закона, определяемого </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4802,370 +5416,370 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="125"/>
+    <w:bookmarkStart w:name="z127" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Заключение научной правовой экспертизы проекта закона должно содержать:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z128" w:id="126"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z128" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) общие положения, которые включают фамилию, имя, отчество (при его наличии), ученую степень (при наличии), ученое звание (при наличии) эксперта, членов экспертной комиссии, наименование разработчика, наименование уполномоченной организации, предмет и цели научной правовой экспертизы, наименование проекта закона, его назначение, отрасли науки, по которым проведена научная правовая экспертиза, и структуру проекта закона, а также прилагаемые к нему материалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z129" w:id="127"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z129" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) описание проблемных вопросов, на решение которых направлен проект закона, в том числе оценку научной обоснованности и своевременности принятия проекта закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z130" w:id="128"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z130" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) описание всех известных и эффективных способов, механизмов, подходов к разрешению проблемных вопросов, на решение которых направлено принятие закона, в том числе применявшихся на разных исторических этапах, зарубежной практике, а также описание смежных сфер правоотношений и влияния на них в виде последствий от принятия закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z131" w:id="129"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z131" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) анализ предлагаемых проектом закона способов, механизмов, подходов к разрешению поставленных проблемных вопросов, возможных последствий от принятия тех или иных способов разрешения проблемных ситуаций:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z132" w:id="130"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z132" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       проверка на соответствие проекта закона </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституции</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан (далее – Конституция), нормативным правовым актам вышестоящих уровней, международным обязательствам Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z133" w:id="131"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z133" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оценка правовых, социальных, экономических и иных последствий принятия проекта закона, в том числе в части возможных рисков социальной напряженности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z134" w:id="132"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z134" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определение наличия причин и условий, способствующих совершению уголовных и административных правонарушений в связи с принятием проекта закона, а также оценка его влияния на предупреждение их совершения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z135" w:id="133"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z135" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определение наличия причин и условий, способствующих ущемлению права на гендерное равенство в связи с принятием проекта закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z136" w:id="134"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z136" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определение перечня нормативных правовых актов, подлежащих уточнению при условии принятия проекта закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z137" w:id="135"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z137" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выработка научно обоснованных предложений по улучшению законодательной базы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z138" w:id="136"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z138" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявление возможных противоречий принципам соответствующей отрасли права;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z139" w:id="137"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z139" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выявление явного или скрытого ведомственного или группового интереса, обеспечиваемого проектом закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z140" w:id="138"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z140" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получение ответов на иные вопросы, вытекающие из проекта закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z141" w:id="139"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z141" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Заключение научной правовой экспертизы оформляется на официальном бланке и подписывается руководителем уполномоченной организации или лицом, исполняющим его обязанности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5184,90 +5798,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="140"/>
+    <w:bookmarkStart w:name="z142" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Заключение научной правовой экспертизы проекта закона публикуется на интернет-портале открытых нормативных правовых актов на казахском и русском языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z143" w:id="141"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z143" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Публикация материалов, имеющих пометки "Для служебного пользования", "Без опубликования в печати", "Не для печати", не производится.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5286,449 +5900,449 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="142"/>
+    <w:bookmarkStart w:name="z144" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Споры, вытекающие из договора на проведение научной правовой экспертизы, обжалование действий и решений уполномоченной организации подлежат обязательному досудебному урегулированию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z145" w:id="143"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z145" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При уполномоченной организации образовывается Претензионный совет по досудебному рассмотрению возражений заявителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z146" w:id="144"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z146" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В своей деятельности Претензионный совет руководствуется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, законодательными актами Республики Казахстан, настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z147" w:id="145"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z147" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок проведения научной правовой экспертизы международных договоров или проектов международных договоров, а также отбора научных правовых экспертов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z148" w:id="146"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z148" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Обязательная научная правовая экспертиза проводится по подлежащим ратификации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z149" w:id="147"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z149" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) международным договорам, участницей которых намеревается стать Республика Казахстан – до принятия решения об их ратификации или присоединении к ним путем ратификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z150" w:id="148"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z150" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проектам международных договоров – до их подписания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z151" w:id="149"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z151" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48.Органом-разработчиком международных договоров является центральный государственный орган, представляющий предложение о заключении международных договоров. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z152" w:id="150"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z152" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Органы-разработчики направляют на научную правовую экспертизу международный договор или проект международного договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z153" w:id="151"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z153" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Научная правовая экспертиза международных договоров, а также проектов международных договоров осуществляется после проведения юридической экспертизы Министерством юстиции. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z154" w:id="152"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z154" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. Научная правовая экспертиза международных договоров или проектов международных договоров осуществляется экспертом или экспертной комиссией, состоящих в реестре экспертов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z155" w:id="153"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z155" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ее состав включаются эксперты, которые должны соответствовать следующим требованиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z156" w:id="154"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z156" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) высшее юридическое образование;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z157" w:id="155"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z157" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ученая степень, степень доктора философии (PhD), доктора по профилю по специальности "Международное право" или по группе специальностей "Право" (специальность "Международное право" является приоритетной);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z158" w:id="156"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z158" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) общий стаж по юридической специальности не менее трех лет. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z159" w:id="157"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z159" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К проведению научной правовой экспертизы также привлекается эксперт, имеющий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z160" w:id="158"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z160" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) высшее юридическое образование и академическую степень магистра по специальности "Международное право" или по группе специальностей "Право" (специальность "Международное право" является приоритетной) и опыт работы не менее трех лет по юридической специальности; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z161" w:id="159"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z161" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) высшее юридическое образование или академическую степень бакалавра по специальности "Международное право" или по группе специальностей "Право" (специальность "Международное право" является приоритетной) и опыт работы не менее десяти лет по юридической специальности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z162" w:id="160"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z162" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Информация о требованиях к эксперту и порядке включения в реестр экспертов публикуется на официальном интернет-ресурсе уполномоченной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z163" w:id="161"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z163" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. Решение о включении либо отказа о включении кандидата в реестр экспертов либо исключения эксперта из реестра экспертов регулируется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5743,1526 +6357,1526 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z164" w:id="162"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z164" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. Уполномоченная организация проверяет полноту представленного органом-разработчиком международного договора или проекта международного договора и прилагаемых материалов в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z165" w:id="163"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z165" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. В случае представления уполномоченной организации неполного перечня материалов научной правовой экспертизы, орган-разработчик в течение 3 (трех) рабочих дней вправе направить недостающие материалы в рабочем порядке в случае наличия соответствующего поручения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z166" w:id="164"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z166" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом в случае непредставления органом-разработчиком полного перечня материалов научной правовой экспертизы в течение указанного срока уполномоченная организация возвращает их без рассмотрения и уведомляет орган-разработчик.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z167" w:id="165"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z167" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. По запросу уполномоченной организации органом-разработчиком в течение 5 (пять) рабочих дней представляются иные материалы, касающиеся вопросов, затронутых в международном договоре или проекте международного договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z168" w:id="166"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z168" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. В случае принятия международного договора или проекта международного договора и прилагаемых материалов уполномоченная организация определяет количество экспертов, необходимых для проведения научной правовой экспертизы, которым в электронном виде направляется международный договор или проект международного договора, а также прилагаемые материалы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z169" w:id="167"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z169" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Эксперт изучает международный договор или проект международного договора и прилагаемые материалы и в случае отсутствия обстоятельств, исключающих участие эксперта в проведении научной правовой экспертизы, принять их к рассмотрению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z170" w:id="168"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z170" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. При наличии обстоятельств, исключающих участие эксперта в проведении научной правовой экспертизы, эксперт отказывается от ее проведения, уведомив уполномоченную организацию в срок не позднее 2 (два) рабочих дней, а по международным договорам или проектам международных договоров о займах – в срок не позднее 1 (один) календарного дня, с момента направления ему материалов для проведения научной правовой экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z171" w:id="169"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z171" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Началом проведения научной правовой экспертизы считается момент уведомления экспертом или последним членом экспертной комиссии уполномоченной организации о принятии международного договора или проекта международного договора и прилагаемых к нему материалов к рассмотрению. При наличии обстоятельств, исключающих участие эксперта в проведении научной правовой экспертизы, в срок не позднее 2 (два) рабочих дней, а по международным договорам или проектам международных договоров о займах – в срок не позднее 1 (один) календарного дня, с момента направления эксперту материалов для проведения научной правовой экспертизы эксперт уведомляет уполномоченную организацию о причинах отказа от проведения научной правовой экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z172" w:id="170"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z172" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае несвоевременного уведомления или не уведомления экспертом о принятии или невозможности принятия международного договора или проекта международного договора к рассмотрению, об отказе от проведения научной правовой экспертизы, уполномоченная организация вправе направить международный договор или проект международного договора и прилагаемые материалы другому эксперту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z173" w:id="171"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z173" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. В случае необходимости срок, установленный для проведения научной правовой экспертизы, может быть продлен до 5 (пять) рабочих дней по согласованию с разработчиком (органом-разработчиком) с незамедлительным уведомлением уполномоченной организации, Министерства юстиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z174" w:id="172"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z174" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Эксперт, экспертная комиссия в течение 10 (десять) рабочих дней дает заключение научной правовой экспертизы, а по международным договорам или проектам международных договоров о займах – в течение 6 (шесть) календарных дней на казахском и русском языках и направляет его уполномоченной организации для ознакомления и согласования. Аутентичность текстов заключения научной правовой экспертизы на казахском и русском языках обеспечивается экспертом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z175" w:id="173"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z175" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае несогласия одного из экспертов с выводами, изложенными в едином заключении, он может изложить особое мнение и приложить его к единому заключению. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z176" w:id="174"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z176" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. В течение 5 (пять) рабочих дней, а по международным договорам или проектам международных договоров о займах в течение 4 (четыре) календарных дней уполномоченная организация производит проверку заключения экспертной комиссии в соответствии с требованиями, установленными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, с последующим направлением его органу-разработчику.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z177" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Повторная или дополнительная научная правовая экспертиза должна проводиться в сроки, не превышающие 5 (пять) рабочих дней со дня представления эксперту международного договора или проекта международного договора и материалов к нему.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z178" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Для проведения научной правовой экспертизы по международному договору или проекту международного договора орган-разработчик представляет уполномоченной организации следующие материалы на бумажном носителе и посредством электронного документооборота в электронном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z179" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сопроводительное письмо на официальном бланке органа-разработчика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z180" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) международный договор или проект международного договора на казахском и русском языках либо заверенный Министерством иностранных дел текст международного договора или проекта международного договора на языках подписания с приложением перевода на казахский и русский языки, заверенного должностным лицом органа-разработчика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z181" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копию заключения юридической экспертизы Министерства юстиции, за исключением международных договоров или проектов международных договоров о займах. Направление эксперту копии заключения юридической экспертизы Министерства юстиции не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z182" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Заключение научной правовой экспертизы международного договора или проекта международного договора должно содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z183" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) фамилию, имя, отчество (при его наличии), ученую/академическую степень (при наличии) и ученое звание (при наличии) экспертов, проводивших научную правовую экспертизу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z184" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отрасли науки, по которым проведена научная правовая экспертиза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z185" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименование уполномоченной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z186" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наименование международного договора или проекта международного договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z187" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) использованные при проведении научной правовой экспертизы международные договоры и документы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z188" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предмет и цели научной правовой экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z189" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обоснованные рекомендации и предложения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z190" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) ответы на вопросы, поставленные разработчиком (органом-разработчиком);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z177" w:id="175"/>
-[...15 lines deleted...]
-      62. Повторная или дополнительная научная правовая экспертиза должна проводиться в сроки, не превышающие 5 (пять) рабочих дней со дня представления эксперту международного договора или проекта международного договора и материалов к нему.</w:t>
+    <w:bookmarkStart w:name="z191" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) иные вопросы, связанные с проведением научной правовой экспертизы международного договора или проекта международного договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z178" w:id="176"/>
-[...279 lines deleted...]
-    <w:bookmarkStart w:name="z192" w:id="190"/>
+    <w:bookmarkStart w:name="z192" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Заключение научной правовой экспертизы оформляется на официальном бланке и подписывается руководителем уполномоченной организации или лицом, его замещающим. Подпись руководителя уполномоченной организации или лица, исполняющего его обязанности, подтверждает направление заключения уполномоченной организацией. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z193" w:id="191"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z193" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       66. Споры, вытекающие из договора на проведение научной правовой экспертизы международного договора или проекта международного договора, а также об обжаловании отказа во включении в реестр экспертов, подлежат обязательному досудебному урегулированию в порядке, определяемом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z194" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок проведения научной лингвистической экспертизы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z195" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Обязательная научная лингвистическая экспертиза проводится:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z196" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по проектам законов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z197" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по международным договорам, участницей которых намеревается стать Республика Казахстан, а также по проектам международных договоров, подлежащих ратификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z198" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По проектам законов, разработанным в порядке законодательной инициативы Президента, научная лингвистическая экспертиза может не проводиться.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z199" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Научная лингвистическая экспертиза проводится на следующих стадиях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z200" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по проектам законов после согласования с Администрацией Президента, Аппаратом Правительства до их внесения на рассмотрение Парламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z201" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по международным договорам – до их ратификации или присоединения к ним путем ратификации, а по проектам международных договоров – до их подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z202" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. По международным договорам или проектам международных договоров может проводиться повторная, дополнительная научные лингвистические экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z203" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Повторная научная лингвистическая экспертиза проводится в случае внесения изменений и дополнений в проект международного договора по замечаниям Аппарата Правительства и Администрации Президента.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z204" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дополнительная научная лингвистическая экспертиза проводится в случае, если в проект международного договора вносятся концептуальные изменения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 68 с изменением, внесенным совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Проекты законов, а также материалы к ним на научную лингвистическую экспертизу направляются разработчиком (органом-разработчиком) уполномоченной организации посредством электронного документооборота.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z207" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Международные договоры или проекты международных договоров, а также материалы к ним на научную лингвистическую экспертизу направляются разработчиком (органом-разработчиком) уполномоченной организации посредством электронного документооборота и на бумажных носителях. При этом электронные варианты должны быть идентичны бумажным носителям и внесены день в день.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 69 с изменением, внесенным совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z208" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Для проведения научной лингвистической экспертизы проекта закона орган-разработчик посредством электронного документооборота направляет в уполномоченную организацию:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z194" w:id="192"/>
+    <w:bookmarkStart w:name="z591" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сопроводительное письмо на официальном бланке органа-разработчика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z592" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проект закона на казахском и русском языках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z593" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копию листа согласования (в формате pdf).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...63 lines deleted...]
-      2) по международным договорам, участницей которых намеревается стать Республика Казахстан, а также по проектам международных договоров, подлежащих ратификации.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 70 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z212" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Для проведения первоначальной научной лингвистической экспертизы международного договора или проекта международного договора орган-разработчик представляет уполномоченной организации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z198" w:id="196"/>
-[...475 lines deleted...]
-    <w:bookmarkStart w:name="z213" w:id="210"/>
+    <w:bookmarkStart w:name="z213" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) сопроводительное письмо на официальном бланке органа-разработчика; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z214" w:id="211"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z214" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) международный договор или проект международного договора на казахском и русском языках, либо заверенный Министерством иностранных дел текст международного договора или проекта международного договора на языках подписания с приложением перевода на казахский и русский языки, заверенного должностным лицом органа-разработчика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z215" w:id="212"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z215" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копию заключения юридической экспертизы Министерства юстиции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z216" w:id="213"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z216" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Для проведения научной лингвистической экспертизы проектов законов, инициированных депутатами Парламента, посредством электронного документооборота Министерству юстиции и (или) уполномоченной организации направляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z217" w:id="214"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z217" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сопроводительное письмо на официальном бланке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z218" w:id="215"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z218" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проект закона на казахском и русском языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z219" w:id="216"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z219" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Министерство юстиции после получения проектов законов, инициированных депутатами Парламента, направляет их в уполномоченную организацию для проведения научной лингвистической экспертизы посредством электронного документооборота.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z220" w:id="217"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z220" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом срок проведения научной лингвистической экспертизы исчисляется с момента поступления проекта закона в уполномоченную организацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z221" w:id="218"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z221" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       74. Для проведения повторной, дополнительной научной лингвистической экспертизы международного договора или проекта международного договора орган-разработчик представляет: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z222" w:id="219"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z222" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сопроводительное письмо на официальном бланке органа-разработчика с указанием необходимости проведения повторной научной лингвистической экспертизы после проработки в структурных подразделениях Аппарата Правительства и Администрации Президента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z223" w:id="220"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z223" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) международный договор или проект международного договора на казахском и русском языках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z224" w:id="221"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z224" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копию материалов по международному договору или проекту международного договора после его проработки в структурных подразделениях Аппарата Правительства и Администрации Президента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z225" w:id="222"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z225" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. По запросу уполномоченной организации органом-разработчиком могут предоставляться иные материалы, касающиеся вопросов, затронутых в международном договоре или проекте международного договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z226" w:id="223"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z226" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76. В случае представления уполномоченной организации неполного перечня материалов для научной лингвистической экспертизы перечисленных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7317,211 +7931,211 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, орган-разработчик в течение 3 (трех) рабочих дней вправе направить недостающие материалы в рабочем порядке в случае наличия соответствующего поручения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z227" w:id="224"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z227" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом в случае непредставления органом-разработчиком полного перечня материалов научной лингвистической экспертизы в течение указанного срока уполномоченная организация отказывает в проведении научной лингвистической экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z228" w:id="225"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z228" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Условия проведения научной лингвистической экспертизы определяются гражданско-правовым договором, заключенным между Министерством юстиции и уполномоченной организацией (далее – договор).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z229" w:id="226"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z229" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Научная лингвистическая экспертиза включает следующие этапы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z230" w:id="227"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z230" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) принятие уполномоченной организацией материалов проекта закона посредством электронного документооборота, международного договора или проекта международного договора на бумажных носителях и в электронном виде посредством электронного документооборота; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z231" w:id="228"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z231" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проведение научной лингвистической экспертизы проекта закона, международного договора или проекта международного договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z232" w:id="229"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z232" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) подготовка заключения научной лингвистической экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z233" w:id="230"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z233" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) направление заключения научной лингвистической экспертизы разработчику (органу-разработчику) посредством электронного документооборота;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z234" w:id="231"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z234" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) выдача заключения научной лингвистической экспертизы и материалов к нему.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7540,3558 +8154,4384 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z235" w:id="232"/>
+    <w:bookmarkStart w:name="z235" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Ответственность за соответствие текстов проектов законов, международных договоров или проектов международных договоров на казахском и русском языках несет разработчик (орган-разработчик).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z236" w:id="233"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z236" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Научная лингвистическая экспертиза должна проводиться в сроки, не превышающие 15 (пятнадцать) рабочих дней со дня представления уполномоченной организации проекта закона, международного договора или проекта международного договора и материалов к ним.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z237" w:id="234"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z237" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Научная лингвистическая экспертиза по проектам законов, а также проектам временных постановлений Правительства, имеющих силу Закона, разработанным в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 17-1 Закона "О правовых актах", должна проводиться в сроки, не превышающие 3 (три) календарных дня со дня представления уполномоченной организации проекта закона и материалов к ним.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z238" w:id="235"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z238" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом по проектам международных договоров о займах первоначальная научная лингвистическая экспертиза должна проводиться в сроки, не превышающие 10 (десять) календарных дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z239" w:id="236"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z239" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Срок проведения повторной, дополнительной научной лингвистической экспертизы международного договора или проекта международного договора не должен превышать 5 (пять) рабочих дней со следующего рабочего дня их представления разработчиком (органом-разработчиком).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z240" w:id="237"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z240" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Эксперт научной лингвистической экспертизы должен иметь высшее филологическое и (или) юридическое образование, или опыт работы в сферах права и (или) международного права, и (или) филологии, и (или) переводческого дела (юрист, переводчик) и (или) ученую степень в сферах филологии и (или) юриспруденции, и (или) международного права.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z241" w:id="238"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z241" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. По результатам проведенной научной лингвистической экспертизы проекта закона, международного договора или проекта международного договора составляется заключение научной лингвистической экспертизы, которое должно содержать мотивированные, научно обоснованные, объективные и полные выводы уполномоченной организации по предмету научной лингвистической экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z242" w:id="239"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z242" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если у разработчика (органа-разработчика) проекта возникают вопросы в отношении заключения научной лингвистической экспертизы, он может обратиться к уполномоченной организации за соответствующими пояснениями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z243" w:id="240"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z243" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. В заключении научной лингвистической экспертизы проекта закона, международного договора или проекта международного договора должны быть указаны следующие данные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z244" w:id="241"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z244" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) основание научной лингвистической экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z245" w:id="242"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z245" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) цель проведения научной лингвистической экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z246" w:id="243"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z246" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) методические основания проведения научной лингвистической экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z247" w:id="244"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z247" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) результаты проведения научной лингвистической экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z248" w:id="245"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z248" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) вывод.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z249" w:id="246"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z249" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Заключение научной лингвистической экспертизы проекта закона, международного договора или проекта международного договора подготавливается на казахском и русском языках на официальном бланке уполномоченной организации, подписывается ее руководителем либо лицом, его замещающим, и экспертами, проводившими научную лингвистическую экспертизу, и заверяется печатью уполномоченной организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z250" w:id="247"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z250" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       86. Заключение научной лингвистической экспертизы по международным договорам или проектам международных договоров носит рекомендательный характер, а по проектам законов, инициированных Правительством, носит обязательный характер. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 86 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z252" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Порядок проведения научной экономической экспертизы проектов законов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z253" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Научная экономическая экспертиза проводится на следующих стадиях разработки проекта закона:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z254" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) при размещении проекта закона на интернет-портале открытых нормативных правовых актов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z255" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в случае внесения концептуальных изменений в проект закона, в результате его доработки по замечаниям Администрации Президента или Аппарата Правительства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 87 с изменением, внесенным совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Для проведения научной экономической экспертизы государственный орган-разработчик размещает проект закона и указанные в пункте 13-1 настоящих Правил материалы на интернет-портале открытых нормативных правовых актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z257" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эксперт должен иметь высшее образование и ученую степень, обладать специальными знаниями, опытом в области научной экономической экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 88 с изменением, внесенным совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">89. Исключен совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">90. Исключен совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">91. Исключен совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">92. Исключен совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z270" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Условия проведения научной экономической экспертизы определяются гражданско-правовым договором, заключенным Министерством национальной экономики с научной организацией или экспертом в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z271" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Повторная научная экономическая экспертиза проводится в сроки, не превышающие 5 (пять) рабочих дней со дня представления научной организации или эксперту проекта закона и материалов к нему.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z272" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. В заключении научной экономической экспертизы проекта закона необходимо указать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z273" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) общие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z274" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработчика;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z275" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организацию и (или) лицо, привлеченное организацией, проводившее научную экспертизу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z276" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      общую характеристику проекта закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z277" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование проекта закона;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z278" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      назначение проекта закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">      Сноска. Пункт 86 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      структуру проекта закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z280" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      новизну проекта закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z281" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) описание проблемных вопросов, на решение которых направлен проект закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z282" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) описание всех известных и эффективных способов, механизмов, подходов к разрешению проблемных вопросов, на решение которых направлено принятие проекта закона, в том числе применявшихся на разных исторических этапах, международной практике;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z283" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) анализ предлагаемых проектом закона способов, механизмов, подходов к разрешению поставленных проблемных вопросов, возможных последствий от принятия тех или иных способов разрешения проблемных ситуаций, в том числе оценку влияния положений проекта на макроэкономическую эффективность, социальное развитие, развитие предпринимательства, экономическую безопасность отрасли и (или) страны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z284" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) общий вывод.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z285" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Финансирование проведения научной экспертизы осуществляется за счет средств, предусмотренных в республиканском бюджете, в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">97. Исключен совместным приказом Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z287" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Порядок проведения научной антикоррупционной экспертизы проектов нормативных правовых актов, а также отбора научных экспертов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 6 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z288" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Научная антикоррупционная экспертиза проектов нормативных правовых актов проводится с целью:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z289" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выявления в проекте нормативного правового акта норм, способствующих совершению коррупционных правонарушений (далее – коррупциогенные нормы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z290" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разработки рекомендаций, направленных на устранение выявленных коррупциогенных норм.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z291" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Научная антикоррупционная экспертиза проводится по проектам законодательных актов, вносимых на рассмотрение Парламента, за исключением случаев внесения проектов законодательных актов в порядке законодательной инициативы Президента, когда научная антикоррупционная экспертиза может не проводиться, и проектам иных нормативных правовых актов, за исключением указанных в пункте 100 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z292" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>100. Требование о проведении научной антикоррупционной экспертизы не распространяется на проекты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых указов Президента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов Председателя Совета Безопасности Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных постановлений Парламента и его палат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных постановлений Конституционного Суда Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных постановлений Верховного Суда Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых постановлений Центральной избирательной комиссии Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      постановлений Правительства, предусматривающих внесение проектов законодательных актов на рассмотрение Мажилиса Парламента и проектов указов Президента на рассмотрение Президента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых решений маслихатов, нормативных правовых постановлений акиматов, нормативных правовых решений акимов и нормативных правовых постановлений ревизионных комиссий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов по признанию утратившими силу нормативных правовых актов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов, предусматривающих принятие решений об установлении (отмене) карантинной зоны с введением карантинного режима на соответствующей территории, установлении (снятии) карантина и (или) ограничительных мероприятий в случаях, предусмотренных законодательством Республики Казахстан в области ветеринарии, а также объявление чрезвычайной ситуации природного и техногенного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов об образовании, упразднении и преобразовании административно-территориальных единиц, установлении и изменении их границ и подчиненности, их наименовании и переименовании, а также уточнении и изменении транскрипции их наименований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов об утверждении государственного списка памятников истории и культуры республиканского и местного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов об утверждении бюджетов всех уровней, Единой бюджетной классификации и Таблицы распределения поступлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов о гарантированном трансферте из Национального фонда Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов об объемах трансфертов общего характера между республиканским и областными бюджетами, бюджетами городов республиканского значения, столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов об утверждении предельных тарифов, цен, предусмотренных законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов об утверждении квалификационных требований к административным государственным должностям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов, содержащих государственные секреты и иную охраняемую законом тайну, а также имеющих пометки "Для служебного пользования", "Без опубликования в печати", "Не для печати";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов, регулирующих порядок взаимодействия уполномоченных органов с другими государственными органами и не распространяющиеся на третьих лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормативных правовых актов, не содержащих дополнительных норм права, разработанных на основании типовых и схожих нормативных правовых актов или направленных на буквальное приведение в соответствие с вышестоящим нормативным правовым актом (основные понятия, юридическая техника и прочее).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 100 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z318" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Организация проведения научной антикоррупционной экспертизы проектов нормативных правовых актов возлагается на организатора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z319" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Финансирование проведения научной антикоррупционной экспертизы осуществляется за счет республиканского бюджета в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оплата заключений по проектам нормативных правовых актов, направленных на научную антикоррупционную экспертизу после 20 декабря текущего года обеспечивается за счет средств республиканского бюджета, выделяемых в следующем году.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 102 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z320" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Субъекты, осуществляющие научную антикоррупционную экспертизу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z321" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Научная антикоррупционная экспертиза проводится экспертами, включенными в реестр экспертов, формируемый организатором.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z322" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Координация проведения научной антикоррупционной экспертизы возлагается на уполномоченную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 104 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z323" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Уполномоченная организация на конкурсной основе привлекает экспертов для проведения научной антикоррупционной экспертизы, направляет их кандидатуры организатору для включения в реестр экспертов, а также обеспечивает взаимодействие разработчиков проектов нормативных правовых актов и экспертов в ходе проведения научной антикоррупционной экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Порядок проведения конкурсного отбора экспертов утверждается организатором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 105 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z325" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Эксперт должен соответствовать следующим требованиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие высшего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) опыт работы не менее 5 (пять) лет в той отрасли деятельности, по которой предполагает выступить в качестве эксперта, либо не менее 3 (три) лет в случае наличия ученой степени кандидата наук, доктора наук, доктора PhD или доктора по профилю в той отрасли деятельности, по которой предполагает выступить в качестве эксперта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отсутствие непогашенной или неснятой судимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отсутствие административного взыскания за совершение административного коррупционного правонарушения в течение последних 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) отсутствие увольнения за дисциплинарный проступок, дискредитирующий государственную службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) отсутствие судимости за коррупционное преступление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 106 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z332" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8. Порядок исключения экспертов из реестра</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Глава 8 исключена совместным приказом Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z341" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 9. Порядок и сроки проведения научной антикоррупционной экспертизы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z342" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      109. Условия проведения научной антикоррупционной экспертизы проектов нормативных правовых актов определяются гражданско-правовым договором, заключенным между организатором и уполномоченной организацией, в соответствии с законодательством Республики Казахстан о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 109 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z343" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      110. Права и обязанности эксперта, осуществляющего научную антикоррупционную экспертизу, условия оплаты услуг эксперта, основания для расторжения договорных отношений определяются договором на проведение научной антикоррупционной экспертизы, заключенным между уполномоченной организацией и экспертом, в соответствии с законодательством Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам (далее – Типовой договор).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченная организация вправе расторгнуть с экспертом договор на проведение научной антикоррупционной экспертизы по основаниям, предусмотренным данным договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 110 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z345" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Не допускается вмешательство в деятельность эксперта при проведении научной антикоррупционной экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z346" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      112. При проведении научной антикоррупционной экспертизы могут применяться подходы с элементами цифровых решений, основанные на использовании больших объемов информации и алгоритмов для обработки и анализа данных, позволяющие проводить более точный анализ данных и выявлять скрытые коррупционные связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z347" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      113. Научная антикоррупционная экспертиза проекта нормативного правового акта проводится в период публичного обсуждения проекта нормативного правового акта на интернет-портале открытых нормативных правовых актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 113 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1056</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z252" w:id="248"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">114. Исключен совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z351" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      115. По проектам нормативных правовых актов может проводиться повторная научная антикоррупционная экспертиза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Повторная научная антикоррупционная экспертиза проводится в случае внесения концептуальных изменений и дополнений в проект нормативного правового акта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по замечаниям и предложениям Администрации Президента и (или) Аппарата Правительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подлежащего государственной регистрации в органах юстиции, по замечаниям и предложениям органов юстиции.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...66 lines deleted...]
-    <w:bookmarkEnd w:id="251"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 115 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z354" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      116. Повторная научная антикоррупционная экспертиза проводится в срок, не превышающий 5 рабочих дней со дня размещения на интернет-портале открытых нормативных правовых актов проекта нормативного правового акта и материалов к нему.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z355" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Повторная научная антикоррупционная экспертиза проводится экспертом или группой экспертов, проводивших первоначальную научную антикоррупционную экспертизу проекта нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 87 с изменением, внесенным совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 116 с изменением, внесенным совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1056</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="253"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">117. Исключен совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">118. Исключен совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">119. Исключен совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1056</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z365" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      120. Уполномоченная организация определяет эксперта или группу экспертов для проведения научной антикоррупционной экспертизы данного проекта нормативного правового акта. При этом, уполномоченная организация не привлекает к проведению научной антикоррупционной экспертизы проекта нормативного правового акта эксперта, принимавшего непосредственное участие в подготовке данного проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 88 с изменением, внесенным совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 120 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z366" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      121. Проект нормативного правового акта и прилагаемые к нему материалы направляются уполномоченной организацией эксперту или группе экспертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эксперт в срок, установленный уполномоченной организацией, направляет в уполномоченную организацию уведомление о принятии в работу представленного проекта нормативного правового акта либо о самоотводе с указанием причин своего отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 121 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z368" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Эксперт, давший согласие на проведение научной антикоррупционной экспертизы, не позднее срока, установленного уполномоченной организацией, подготавливает заключение научной антикоррупционной экспертизы проекта нормативного правового акта и направляет его в уполномоченную организацию для согласования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 122 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z369" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      123. Уполномоченная организация осуществляет проверку заключения в части орфографической, пунктуационной и стилистической грамотности, и при необходимости решает вопрос о доработке экспертом или группой экспертов подготовленного заключения научной антикоррупционной экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия эксперта или группы экспертов с замечаниями и предложениями уполномоченной организации, уполномоченная организация вправе направить проект нормативного правового акта для проведения научной антикоррупционной экспертизы другому эксперту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эксперт или группа экспертов несут ответственность за обоснованность подготовленных ими рекомендаций по устранению коррупциогенных норм проекта нормативного правового акта, содержащихся в заключении научной антикоррупционной экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если уполномоченная организация не соглашается с рекомендациями эксперта или группы экспертов, он вправе выразить особое мнение по соответствующему проекту нормативного правового акта и приложить его к заключению эксперта или группы экспертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 123 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z373" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      124. Заключение научной антикоррупционной экспертизы должно содержать мотивированные, научно обоснованные, полные и объективные выводы по предмету научной антикоррупционной экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z374" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несогласия одного из экспертов с выводами, изложенными в заключении научной антикоррупционной экспертизы группы экспертов, соответствующий эксперт вправе изложить особое мнение и приложить его к заключению группы экспертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z375" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предложения и замечания каждого эксперта в итоговом заключении экспертизы обозначаются с указанием фамилии, имени и отчества (при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z376" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      125. Заключение научной антикоррупционной экспертизы содержит следующие разделы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z377" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) общие положения, которые включают данные эксперта, разработчика, предмет и цели научной антикоррупционной экспертизы, наименование проекта нормативного правового акта, его назначение и структура.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z378" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) описание проблемных вопросов, на решение которых направлен проект нормативного правового акта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z379" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) описание выявленных коррупциогенных норм;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z380" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оценка последствий принятия нормы проекта нормативного правового акта в части возможности совершения коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z381" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предложения по устранению выявленных коррупциогенных норм, в том числе рекомендаций в форме норм права, препятствующих совершению коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z382" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      126. Выводы научной антикоррупционной экспертизы носят рекомендательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z383" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      127. Заключение научной антикоррупционной экспертизы на казахском и русском языках с указанием данных эксперта или группы экспертов, подготовивших его, размещается на интернет-портале открытых нормативных правовых актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 127 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1056</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1046 lines deleted...]
-      нормативных правовых актов, содержащих государственные секреты и иную охраняемую законом тайну, а также имеющих пометки "Для служебного пользования", "Без опубликования в печати", "Не для печати";</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z384" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      128. Разработчик рассматривает заключение научной антикоррупционной экспертизы и принимает одно из следующих действий:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z613" w:id="294"/>
-[...15 lines deleted...]
-      нормативных правовых актов, регулирующих порядок взаимодействия уполномоченных органов с другими государственными органами и не распространяющиеся на третьих лиц;</w:t>
+    <w:bookmarkStart w:name="z617" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в случае согласия с рекомендациями заключения научной антикоррупционной экспертизы, вносит соответствующие изменения и (или) дополнения в проект нормативного правового акта. При этом, не позднее 5 рабочих дней со дня получения заключения, размещает соответствующую информацию на интернет-портале открытых нормативных правовых актов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z614" w:id="295"/>
-[...1733 lines deleted...]
-    <w:bookmarkStart w:name="z618" w:id="353"/>
+    <w:bookmarkStart w:name="z618" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в случае, если заключение научной антикоррупционной экспертизы содержит рекомендации, не относящиеся к компетенции разработчика, то разработчик в течение 2 (двух) рабочих дней с момента поступления заключения направляет их с проектом нормативного правового акта государственным органам, в компетенцию которых входит рассмотрение вопросов, затрагиваемых в экспертном заключении, для проработки и предоставления соответствующей информации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z619" w:id="354"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z619" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В течение 5 (пять) рабочих дней со дня получения заключения научной антикоррупционной экспертизы и проекта нормативного правового акта от разработчика, государственные органы, в компетенцию которых входит рассмотрение вопросов, затрагиваемых в экспертном заключении, обязаны рассмотреть данные рекомендации и представить соответствующую информацию разработчику. Разработчик не позднее 2 (двух) рабочих дней с даты получения информации от государственных органов, размещает ее на интернет-портале открытых нормативных правовых актов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z620" w:id="355"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z620" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в случае несогласия с рекомендациями, разработчик не позднее 5 (пять) рабочих дней со дня получения заключения научной антикоррупционной экспертизы, размещает на интернет-портале открытых нормативных правовых актов позицию государственных органов с указанием обоснованных причин несогласия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkEnd w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11110,2316 +12550,3916 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z391" w:id="356"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z391" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      129. Уполномоченная организация проводит анализ размещенных позиций разработчиков с аргументированными обоснованиями причин непринятия рекомендаций и ежеквартально в срок до 10 числа месяца, следующего за отчетным кварталом, направляет итоги проведенного анализа организатору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 129 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 129 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z392" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      130. При внесении проекта нормативного правового акта на рассмотрение Правительства, органов юстиции разработчик прикладывает к проекту нормативного правового акта заключение научной антикоррупционной экспертизы и позицию с аргументированными обоснованиями причин несогласия с рекомендациями экспертного заключения, размещенного на интернет-портале открытых нормативных правовых актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 130 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1056</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="357"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z393" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      131. Эксперт или группа экспертов, подготовившие заключение научной антикоррупционной экспертизы проекта нормативного правового акта, сопровождают данный проект на всех стадиях до его принятия, независимо от согласия или несогласия разработчика с рекомендациями экспертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z394" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эксперт на любой стадии разработки и принятия проекта нормативного правового акта обосновывает согласующему государственному органу или органу принятия нормативного правового акта результаты проведенной по нему научной антикоррупционной экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z395" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При необходимости разработчик проводит консультационную встречу с экспертом или группой экспертов, подготовивших заключение научной антикоррупционной экспертизы к проекту нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z396" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 10. Конкурсный отбор экспертов для проведения научной антикоррупционной экспертизы проектов нормативных правовых актов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z397" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Конкурсный отбор экспертов для проведения научной антикоррупционной экспертизы проектов нормативных правовых актов (далее – конкурсный отбор) организуется и проводится уполномоченной организацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 130 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
-[...19 lines deleted...]
-        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 132 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z393" w:id="358"/>
-[...97 lines deleted...]
-    <w:bookmarkStart w:name="z398" w:id="363"/>
+    <w:bookmarkStart w:name="z398" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       133. К участию в конкурсном отборе допускаются лица, соответствующие критериям, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z399" w:id="364"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z399" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134. Кандидатуры экспертов, прошедших конкурсный отбор, направляются организатору для включения в реестр экспертов по проведению научной антикоррупционной экспертизы проектов нормативных правовых актов (далее – реестр экспертов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z401" w:id="366"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z400" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      135. Решением руководителя уполномоченной организации либо лицом, исполняющим его обязанности, формируется конкурсная комиссия для проведения конкурсного отбора, определяется секретарь конкурсной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 135 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z401" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136. Конкурсная комиссия является коллегиальным органом, который рассматривает документы, поданные участниками конкурсного отбора, проводит тестирование и собеседование с кандидатами для включения в реестр экспертов, и осуществляет отбор экспертов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z402" w:id="367"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z402" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137. Членами конкурсной комиссии являются председатель и другие члены конкурсной комиссии. Члены конкурсной комиссии участвуют в работе конкурсной комиссии без права замены.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z403" w:id="368"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z403" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Общее количество членов конкурсной комиссии составляет нечетное число, но не менее пяти человек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z404" w:id="369"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z404" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138. Состав конкурсной комиссии формируется из числа представителей координатора, организатора и общественных объединений (неправительственных организаций).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z406" w:id="371"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z405" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      139. Секретарем конкурсной комиссии является сотрудник уполномоченной организации, который осуществляет организационное обеспечение работы конкурсной комиссии и не принимает участие в голосовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 139 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z406" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140. В состав конкурсной комиссии не может входить лицо, участвующее в конкурсном отборе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z408" w:id="373"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z407" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141. Уполномоченная организация принимает исчерпывающие меры по предотвращению конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 141 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z408" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142. Конкурсный отбор включает в себя ряд последовательных этапов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z410" w:id="375"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) публикация объявления о проведении конкурсного отбора на интернет-ресурсе уполномоченной организации и организатора;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) прием документов от лиц, изъявивших желание принять участие в конкурсном отборе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z411" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) рассмотрение конкурсной комиссией документов участников конкурсного отбора на соответствие критериям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z412" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проведение тестирования кандидатов для включения в реестр экспертов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z413" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) письменный экзамен в виде подготовки заключения научной антикоррупционной экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) собеседование с кандидатами для включения в реестр экспертов.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 142 с изменением, внесенным совместным приказом Министра юстиции РК от 25.12.2024 </w:t>
-[...19 lines deleted...]
-        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 142 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z415" w:id="380"/>
+    <w:bookmarkStart w:name="z415" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143. Участниками конкурсного отбора являются лица, подавшие необходимые документы до указанной в объявлении даты окончания приема документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z416" w:id="381"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z416" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       144. Кандидатами для включения в реестр экспертов (далее – кандидаты) являются участники конкурсного отбора, соответствующие критериям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, и допущенные к последующим этапам конкурсного отбора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z417" w:id="382"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z417" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145. Кандидаты допускаются к последующим этапам конкурсного отбора (проведение тестирования, собеседование) при условии прохождения предыдущих этапов конкурсного отбора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z418" w:id="383"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z418" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146. Объявление о проведении конкурсного отбора включает следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z420" w:id="385"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наименование уполномоченной организации, проводящего конкурсный отбор, с указанием его местонахождения, почтового адреса, номеров телефонов, адреса электронной почты;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) основные критерии к участникам конкурсного отбора в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z421" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) срок приема документов, который исчисляется со следующего рабочего дня после последней публикации объявления о проведении конкурсного отбора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z422" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) перечень необходимых документов, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z425" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 146 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z423" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      147. Лица, изъявившие желание участвовать в конкурсном отборе, подают в структурное подразделение уполномоченной организации, ответственное за прием документов, следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление на имя первого руководителя уполномоченной организации или лица, исполняющего его обязанности, в произвольной форме, с указанием номеров телефонов и адреса электронной почты;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копию документа, удостоверяющего личность (оригинал для сверки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z426" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копию документа, подтверждающего трудовую деятельность (нотариально засвидетельствованную в случае непредставления оригиналов для сверки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z427" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) копии документов об образовании, а также документы, подтверждающие прохождение процедуры нострификации или признание в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об образовании" (для дипломов, выданных зарубежными образовательными учреждениями) (нотариально засвидетельствованные в случае непредставления оригиналов для сверки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z428" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) копию документа, подтверждающего ученую степень при наличии (нотариально засвидетельствованную в случае непредставления оригиналов для сверки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z429" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 147 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z429" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       148. Участники конкурсного отбора представляют документы, перечисленные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> настоящих Правил, нарочно, по почте или в электронном виде на адрес электронной почты координатора, указанный в объявлении, в течение 5 (пять) рабочих дней со следующего рабочего дня после последней публикации объявления о проведении конкурсного отбора.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z430" w:id="395"/>
+        <w:t xml:space="preserve"> настоящих Правил, в электронном виде на адрес электронной почты уполномоченной организации, указанный в объявлении, в течение 5 (пять) рабочих дней со следующего рабочего дня после последней публикации объявления о проведении конкурсного отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 148 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z430" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149. Рассмотрение документов участников конкурсного отбора осуществляет конкурсная комиссия после окончания приема документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z431" w:id="396"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z431" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       150. Конкурсная комиссия рассматривает представленные документы на соответствие критериям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z432" w:id="397"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z432" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151. Конкурсная комиссия в течение 2 (два) рабочих дней после окончания срока приема документов принимает решение о допуске участников конкурсного отбора к последующим этапам конкурсного отбора либо мотивированно отказывает в допуске.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z433" w:id="398"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z433" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Основанием отказа в допуске является несоответствие кандидата критериям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z436" w:id="401"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z434" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      152. Представление неполного пакета документов либо недостоверных сведений является основанием для отказа в их рассмотрении уполномоченной организацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 152 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z435" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      153. Секретарь конкурсной комиссии составляет графики прохождения тестирования, собеседования, письменного экзамена, а также списки кандидатов, допущенных к тестированию, собеседованию, письменному экзамену, которые размещаются на интернет-ресурсе уполномоченной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 153 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z436" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       154. Секретарь конкурсной комиссии уведомляет кандидатов, допущенных к тестированию, о дате проведения тестирования в течение 2 (два) рабочих дней после принятия решения конкурсной комиссией, указанного в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 153</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, и не позднее 1 (один) рабочего дня до проведения тестирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z437" w:id="402"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z437" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление кандидатов осуществляется по телефону и (или) посредством направления информации на электронные адреса и мобильные телефоны кандидатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z438" w:id="403"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z438" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       155. Кандидаты, подавшие документы для участия в конкурсном отборе по электронной почте, представляют для сверки оригиналы либо нотариально заверенные копии документов, перечисленных в подпунктах 2), 3), 4) и 5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, не позднее, чем за один час до начала тестирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z439" w:id="404"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z439" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При непредставлении оригиналов либо нотариально заверенных копий документов, перечисленных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, в установленный срок, кандидат не допускается к тестированию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z444" w:id="409"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z440" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      156. Кандидат проходит тестирование на знание законодательства Республики Казахстан в той отрасли (отраслях) деятельности, по которой предполагает осуществлять научную антикоррупционную экспертизу проектов нормативных правовых актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 156 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z441" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      157. Вопросы для тестирования утверждаются приказом руководителя уполномоченной организации или лица, исполняющего его обязанности, и не подлежат разглашению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 157 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z442" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      158. Тестирование кандидатов проводится в письменной или электронной форме в течении 90 (девяносто) минут и состоит из 50 (пятьдесят) вопросов. Значение прохождения тестирования для кандидатов составляет не менее 40 (сорок) правильных ответов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 158 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z444" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       159. Письменный экзамен с кандидатами, успешно прошедшими тестирование, проводится в течение 3 (трех) рабочих дней со следующего рабочего дня после подведения итогов тестирования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z445" w:id="410"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z445" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Целью письменного экзамена является оценка практических навыков эксперта по проведению научной антикоррупционной экспертизы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z446" w:id="411"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z446" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Секретарь конкурсной комиссии направляет на электронные адреса кандидатов, допущенных к письменному экзамену, проект нормативного правового акта с заданием о проведение научной антикоррупционной экспертизы. Проект нормативного правового акта направляется не позднее 1 (один) рабочего дня со дня принятия решения конкурсной комиссией о допуске участников конкурсного отбора к письменному экзамену.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z447" w:id="412"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z447" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На подготовку заключения научной антикоррупционной экспертизы предоставляется два рабочих дня. В случае несвоевременного предоставления заключения научной антикоррупционной экспертизы кандидат не допускается к последующим этапам конкурсного отбора. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z448" w:id="413"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z448" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Конкурсная комиссия в течение 2 (два) рабочих дней оценивает заключения кандидатов. Оценка представленных заключений кандидатов проводится по пятибалльной шкале и вносится в листы собеседования с кандидатами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z449" w:id="414"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z449" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоги письменного экзамена подводятся на следующий рабочий день с даты завершения оценки конкурсной комиссией заключений кандидатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z450" w:id="415"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z450" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160. Собеседование с кандидатами, успешно прошедшими письменный экзамен, проводится в течение 5 (пять) рабочих дней согласно утвержденного графика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z451" w:id="416"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z451" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Целью собеседования является оценка профессиональных, деловых и личностных качеств кандидатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z452" w:id="417"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z452" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161. Секретарь конкурсной комиссии уведомляет кандидатов, допущенных к собеседованию, о дате проведения собеседования в течение 2 (двух) рабочих дней после проведения тестирования и не позднее 1 (одного) рабочего дня до проведения собеседования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z453" w:id="418"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z453" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление кандидатов осуществляется по телефону и (или) посредством направления информации на электронные адреса и мобильные телефоны кандидатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z455" w:id="420"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z454" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      162. Кандидаты, допущенные к собеседованию, проходят его в месте, определенном уполномоченной организацией, в том числе посредством видеоконференцсвязи, в соответствии с графиком, размещаемым на интернет-ресурсе уполномоченной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 162 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z455" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163. Перед началом собеседования секретарь конкурсной комиссии знакомит кандидатов с порядком проведения предстоящей процедуры собеседования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z456" w:id="421"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z456" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164. В процессе собеседования кандидату задаются профильные вопросы, а также ситуационные задачи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z457" w:id="422"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z457" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165. Оценка ответов кандидатов проводится по пятибалльной шкале и вносится в листы собеседования с кандидатами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z458" w:id="423"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z458" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       166. Собеседование проводится индивидуально с каждым кандидатом и может фиксироваться с помощью технических средств записи, о чем предупреждается кандидат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z459" w:id="424"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z459" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167. Конкурсная комиссия оценивает кандидатов на основании представленных документов, результатов тестирования, письменного экзамена и качества ответов и осуществляет отбор из их числа кандидатур для включения в реестр экспертов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z460" w:id="425"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z460" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ход собеседования с кандидатами оформляется в виде протокола и подписывается председателем, членами и секретарем конкурсной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z461" w:id="426"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z461" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168. Решение конкурсной комиссии принимается в отсутствие кандидата путем открытого голосования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z462" w:id="427"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z462" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия принимает одно из решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z463" w:id="428"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z463" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о включении в реестр экспертов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z464" w:id="429"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z464" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) об отказе включения в реестр экспертов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z465" w:id="430"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z465" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       169. Решение конкурсной комиссии считается правомочным, если на заседании присутствует не менее двух третей от ее состава.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z466" w:id="431"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z466" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170. Кандидат получает положительное заключение конкурсной комиссии в случае, если за него проголосовало большинство присутствующих из состава конкурсной комиссии. В случае равенства голосов решающим является голос председателя конкурсной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z468" w:id="433"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z467" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      171. Список кандидатур экспертов, рекомендованных для включения в реестр экспертов, размещается на интернет-ресурсе уполномоченной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 171 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z468" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172. Решение конкурсной комиссии может быть обжаловано в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z622" w:id="435"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z469" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>173. Реестр действует постоянно, в который вносятся изменения и дополнения по мере необходимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Переутверждение Реестра экспертов по проведению научной антикоррупционной экспертизы проектов нормативных правовых актов, не предусматривающих включение в него дополнительных экспертов, осуществляется без повторного проведения конкурсных процедур.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 173 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
-[...19 lines deleted...]
-        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 173 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z470" w:id="436"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkStart w:name="z706" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 11. Порядок исключения экспертов из реестра</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      174. Включение в Реестр экспертов или исключение из него, осуществляется организатором по представлению Координатора. </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z472" w:id="438"/>
+      Сноска. Правила дополнены главой 11 в соответствии с совместным приказом Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z470" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      174. Уполномоченная организация предоставляет организатору предложение по исключению эксперта из реестра с приложением подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 174 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z472" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      175. Координатор ежеквартально до 10 (десять) числа следующего за отчетным периодом предоставляет Организатору сведения об экспертах, подлежащих исключению из реестра по основаниям, предусмотренным </w:t>
+      175. Уполномоченная организация ежеквартально до 10 (десять) числа следующего за отчетным периодом предоставляет Организатору сведения об экспертах, подлежащих исключению из реестра по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типового договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z474" w:id="440"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, уполномоченная организация документально подтверждает факт нарушения со стороны эксперта, который служит основанием для исключения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 175 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z474" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      176. Исключение из реестра экспертов осуществляется на основании </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> настоящих Правил и </w:t>
+      176. Исключение экспертов из реестра экспертов осуществляется организатором на основании пункта 177 настоящих Правил и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типового договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 176 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z707" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      177. Уполномоченная организация направляет организатору предложение об исключении эксперта из реестра экспертов с приложением обоснования (материалов), в случае:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) расторжения с экспертом договора на проведение научной антикоррупционной экспертизы в одностороннем порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отказа эксперта в проведении научной антикоррупционной экспертизы проектов нормативных правовых актов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) смерти эксперта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) письменного уведомления, инициированного самим экспертом, об исключении его из реестра экспертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 177 в соответствии с совместным приказом Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13498,88 +16538,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и проведения научной экспертизы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>а также отбора научных экспертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z476" w:id="441"/>
+    <w:bookmarkStart w:name="z476" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Паспорт по оценке социально-экономических последствий действия принимаемых проектов законов Республики Казахстан для представления на научную экономическую экспертизу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z477" w:id="442"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z477" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *Подробное руководство к заполнению разделов паспорта представлено в методических рекомендациях по оценке социально-экономических последствий действия принимаемых проектов законов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkEnd w:id="367"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14301,70 +17341,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z478" w:id="443"/>
+          <w:bookmarkStart w:name="z478" w:id="368"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3 Цель и задачи проекта закона</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="443"/>
+          <w:bookmarkEnd w:id="368"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(желаемый результат от введения проекта закона)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:tbl>
@@ -15037,70 +18077,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z479" w:id="444"/>
+          <w:bookmarkStart w:name="z479" w:id="369"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4 Соответствие целей проекта закона стратегическим целям государства</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="444"/>
+          <w:bookmarkEnd w:id="369"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(отразить согласованность цели предлагаемого регулирования с целями ежегодных посланий Президента РК, Стратегии "Казахстан-2050", стратегических и программных документов с указанием конкретных положений документов и их названия)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:tbl>
@@ -15421,70 +18461,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z480" w:id="445"/>
+          <w:bookmarkStart w:name="z480" w:id="370"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.6 Описание всех вариантов решения проблемы, рассмотренных на этапе разработки проекта закона, и обоснование выбранного варианта</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="445"/>
+          <w:bookmarkEnd w:id="370"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(описание механизмов, преимуществ, недостатков, рисков реализации различных вариантов решения проблемы, а также обоснование выбора предлагаемого способа решения проблемы с описанием причины исключения других вариантов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15541,70 +18581,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z481" w:id="446"/>
+          <w:bookmarkStart w:name="z481" w:id="371"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Население</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="446"/>
+          <w:bookmarkEnd w:id="371"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3075"/>
               <w:gridCol w:w="3075"/>
@@ -17597,70 +20637,70 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z484" w:id="447"/>
+          <w:bookmarkStart w:name="z484" w:id="372"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Средства достижения цели и задач проекта закона(отражаются средства достижения и предполагаемая сумма в рамках утвержденной бюджетной программы, дополнительного финансирования сверх утвержденных сумм или средства, выделенные из других источников. При этом указываются источники финансирования: республиканский, местные бюджеты, Национальный фонд и иные источники, а также потери бюджета в случаях отмены или понижения ставок налогов и других обязательных платежей в бюджет, введения налоговых льгот, вычетов и др.)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="447"/>
+          <w:bookmarkEnd w:id="372"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblCellSpacing w:w="0" w:type="auto"/>
               <w:tblInd w:w="115" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                 <w:insideH w:val="none"/>
                 <w:insideV w:val="none"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2460"/>
               <w:gridCol w:w="2460"/>
@@ -18646,64 +21686,64 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(дополнительные материалы для иллюстрации результатов анализа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z485" w:id="448"/>
+      <w:bookmarkStart w:name="z485" w:id="373"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ф.И.О. (при наличии) _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkEnd w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись курирующего заместителя руководителя государственного органа-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18788,1879 +21828,1791 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 2 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам организации</w:t>
+              <w:t>организации и проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и проведения научной экспертизы,</w:t>
+              <w:t>научной экспертизы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>а также отбора научных экспертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z487" w:id="449"/>
+    <w:bookmarkStart w:name="z487" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Типовой договор на проведение научной антикоррупционной экспертизы, заключаемый между координатором и экспертом</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="449"/>
+        <w:t xml:space="preserve"> Типовой договор на проведение научной антикоррупционной экспертизы,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>заключаемый между уполномоченной организации и экспертом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции совместного приказа Министра юстиции РК от 25.12.2024 </w:t>
-[...19 lines deleted...]
-        <w:t>, и.о. Министра национальной экономики РК от 26.12.2024 № 113 и Председателя Агентства РК по противодействию коррупции (Антикоррупционной службы) от 27.12.2024 № 277 (вводится в действие с 01.01.2025).</w:t>
+      Сноска. Приложение 2 – в редакции совместного приказа Министра юстиции РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра - Министра национальной экономики РК от 31.12.2025 № 138 (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z623" w:id="450"/>
+          <w:bookmarkStart w:name="z708" w:id="375"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№____</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="450"/>
+          <w:bookmarkEnd w:id="375"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "__" _____ 20__ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z626" w:id="451"/>
-[...239 lines deleted...]
-    <w:bookmarkStart w:name="z638" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z711" w:id="376"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РГП на ПХВ "Институт законодательства и правовой информации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан" Министерства юстиции Республики Казахстан,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>именуемое в дальнейшем Институт,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в лице _____________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действующего на основании ___________________________________ _________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с одной стороны, и _____________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) (документ, удостоверяющий личность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ _____________, выданный ____________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>именуемый(ая) в дальнейшем Эксперт, с другой стороны, далее совместно именуемые</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стороны, заключили настоящий Договор о нижеследующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z712" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Предмет договора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z642" w:id="467"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z713" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Эксперт обязуется по заданию Института оказывать услуги по проведению научной антикоррупционной экспертизы проектов нормативных правовых актов с выдачей заключений (далее – Услуги) согласно условиям настоящего Договора, а Институт обязуется своевременно принимать и оплачивать результат Услуги по каждому проекту нормативного правового акта на условиях настоящего Договора при условии надлежащего исполнения Экспертом своих обязательств по настоящему Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z714" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Институт дает задание Эксперту путем направления (вручения) уведомления о необходимости проведения научной антикоррупционной экспертизы проекта нормативного правового акта (далее – уведомление) с приложением данного проекта и других документов, предоставленных разработчиком.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z715" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Услуга по каждому проекту нормативного правового акта оказывается не позднее срока, установленного в уведомлении Института по соответствующему проекту нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z716" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Права и обязанности Сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z643" w:id="468"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z717" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Эксперт обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z644" w:id="469"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z718" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лично провести научную антикоррупционную экспертизу проектов нормативных правовых актов, обеспечить достоверность, объективность, квалифицированность оказываемых Услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z645" w:id="470"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z719" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оказывать Услуги, предусмотренные настоящим Договором, надлежащего качества и в полном объеме, в соответствии с требованиями законодательства Республики Казахстан, в сроки и на условиях, установленных настоящим Договором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
-    <w:bookmarkStart w:name="z646" w:id="471"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z720" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течении 1 (одного) рабочего дня следующего со дня получения проекта нормативного правового акта, направить ему уведомление о принятии в работу представленного проекта нормативного правового акта либо о самоотводе с указанием причин своего отказа, в том числе непосредственного участия в подготовке данного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="471"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z652" w:id="477"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z721" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечить конфиденциальность содержания и сохранность документации и сведений Института, ставших известными ему в связи с оказанием Услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z722" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) информировать Институт, по его требованию, о ходе оказания Услуг; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z723" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечить сохранность имущества и документов, переданных ему Институтом для надлежащего исполнения обязательств по настоящему Договору;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z724" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) в случае нарушения условий настоящего Договора возместить Институту все убытки, возникшие в результате ненадлежащего исполнения им своих обязательств в полном объеме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z725" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) по требованию Института предоставить отчет об оказанных Услугах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z726" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) после выдачи заключения научной антикоррупционной экспертизы проектов нормативных правовых актов обеспечить экспертное сопровождение проекта нормативного правового акта на всех стадиях до его принятия, независимо от согласия или несогласия разработчика с его рекомендациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="477"/>
-    <w:bookmarkStart w:name="z653" w:id="478"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z727" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществить выдачу заключения научной антикоррупционной экспертизы на казахском или русском языке нарочно, электронной почтой либо посредством информационной системы (при ее наличии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="478"/>
-    <w:bookmarkStart w:name="z654" w:id="479"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z728" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Эксперт имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="479"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z657" w:id="482"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z729" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) требовать от Института оплаты оказанных Услуг в соответствии с условиями настоящего Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z730" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать разъяснения от Института по возникшим вопросам и дополнительные сведения, необходимые для оказания Услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z731" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) досрочно оказать Услугу, при условии выполнения ее качественно и в полном объеме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="482"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z659" w:id="484"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z732" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Институт обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z733" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предоставлять Эксперту проекты нормативных правовых актов и прилагаемые к ним материалы, если Экспертом получено задание;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="484"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z661" w:id="486"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z734" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принять оказанные Экспертом Услуги по каждому проекту нормативного правового акта при условии устранения недостатков, выявленных Институтом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z735" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оплатить оказанные Экспертом Услуги в порядке, предусмотренном настоящим Договором;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="486"/>
-    <w:bookmarkStart w:name="z662" w:id="487"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z736" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не допускать проведение научной антикоррупционной экспертизы проекта нормативного правового акта Экспертом, принимавшим непосредственное участие в подготовке данного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="487"/>
-    <w:bookmarkStart w:name="z663" w:id="488"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z737" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Предоставить Эксперту не менее 2/3 срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="488"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z665" w:id="490"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z738" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Институт имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z739" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в любое время проверить ход и качество Услуг, оказываемых Экспертом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="490"/>
-    <w:bookmarkStart w:name="z666" w:id="491"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z740" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в случае обнаружения недостатков в части орфографической, пунктуационной и стилистической грамотности в результатах оказания Услуг, не принимать оказанные Услуги и направить в течение ____ рабочих дней со дня обнаружения недостатков уведомление Эксперту об устранении обнаруженных недостатков в оказанных Услугах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="491"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z668" w:id="493"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z741" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) в случае несогласия Эксперта с замечаниями Института, направить проект нормативного правового акта для проведения его научной антикоррупционной экспертизы другому Эксперту; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z742" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) давать Эксперту рекомендации для надлежащего исполнения обязательств по настоящему Договору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z669" w:id="494"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z743" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) контролировать процесс оказания Услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z670" w:id="495"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z744" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в одностороннем порядке расторгнуть настоящий Договор по основаниям, предусмотренным в пункте 22 настоящего Договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z672" w:id="497"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z745" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Стороны договорились, что право собственности на все созданные в ходе исполнения обязательств по настоящему Договору результаты интеллектуальной деятельности Эксперта по оказанным Услугам, будут принадлежать Институту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z746" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Условия оплаты услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z675" w:id="500"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z747" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Стоимость Услуг по каждому проекту нормативного правового акта определяется Институтом по согласованию с Министерством юстиции Республики Казахстан на основании Критерии оценки стоимости услуг по проведению научной антикоррупционной экспертизы проектов нормативных правовых актов, утвержденной Министерством юстиции Республики Казахстан (далее – Министерство юстиции).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z748" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В течение ___ рабочих дней после согласования Институтом заключения научной антикоррупционной экспертизы, подготовленного Экспертом, Стороны подписывают акт оказанных Услуг. Стороны вправе составить и подписать акт оказанных Услуг за один месяц. Услуги считаются оказанными после подписания Акта оказанных Услуг между Институтом и Министерством юстиции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z749" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае выявления дополнительных коррупционных рисков, не отраженных в заключении научной антикоррупционной экспертизы стоимость оказанной услуги эксперта, может быть пересмотрена в сторону снижения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z679" w:id="504"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z750" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Институт производит оплату Эксперту не позднее 5 (пяти) рабочих дней от даты перечисления денежных средств Министерством юстиции на расчетный счет Института.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z751" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Институт удерживает обязательные пенсионные взносы, подлежащие уплате в единый накопительный пенсионный фонд в пользу Эксперта, а также подоходный налог.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z752" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Иные расходы, понесенные Экспертом при оказании услуг, Институтом не возмещаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z753" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Ответственность сторон и порядок разрешения споров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z680" w:id="505"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z754" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В случае неисполнения или ненадлежащего исполнения Сторонами своих обязательств по настоящему Договору Стороны несут ответственность в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z681" w:id="506"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z755" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Стороны не несут ответственность за неисполнение условий настоящего Договора, если оно явилось результатом форс-мажорных обстоятельств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z682" w:id="507"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z756" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для целей настоящего Договора "форс-мажор" означает событие, неподвластное контролю Сторон, и имеющее непредвиденный характер. Такие события могут включать, но не исключительно: военные действия, природные или стихийные бедствия и другие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z684" w:id="509"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z757" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При возникновении форс-мажорных обстоятельств Эксперт незамедлительно направляет Институту письменное уведомление о таких обстоятельствах и их причинах. Если от Института не поступает иных письменных инструкций, Эксперт продолжает выполнять свои обязательства по настоящему Договору, насколько это целесообразно, и ведет поиск альтернативных способов выполнения настоящего Договора, не зависящих от форс-мажорных обстоятельств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z758" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Эксперт несет ответственность за обоснованность подготовленных им рекомендаций по устранению коррупциогенных норм проекта нормативного правового акта, содержащихся в заключении научной антикоррупционной экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z685" w:id="510"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z759" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Споры и разногласия, которые могут возникнуть при исполнении настоящего Договора, разрешаются путем переговоров между Сторонами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z686" w:id="511"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z760" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В случае невозможности разрешения разногласий путем переговоров, споры и разногласия подлежат рассмотрению в судебном порядке в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z687" w:id="512"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z761" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Срок действия договора и основания его прекращения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z688" w:id="513"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z762" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Настоящий Договор вступает в силу со дня его подписания Сторонами, и действует до "__" _______ 20__ года, а в части обязательств Сторон – до полного их исполнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z689" w:id="514"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z763" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Настоящий Договор может быть расторгнут по обоюдному согласию Сторон. Сторона, требующая расторжения настоящего Договора, должна уведомить о своих намерениях другую Сторону не позднее, чем за тридцать календарных дней до окончания срока действия Договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z690" w:id="515"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z764" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. При расторжении Договора по инициативе Эксперта, Эксперт не вправе требовать возмещения своих затрат, произведенных в процессе оказания Услуг, а также платы за оказанные Услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z692" w:id="517"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z765" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Институт вправе расторгнуть настоящий Договор в одностороннем порядке в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z766" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отказа Эксперта от оказания Услуги без уважительных причин более 2 (двух) раз в течение трех месяцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z697" w:id="522"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z767" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) просрочки оказания Услуги на срок более двух рабочих дней со дня истечения срока оказания Услуги, установленного в уведомлении Института, более трех раз;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z768" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) невозможности исполнения экспертом своих обязанностей вследствие его недостаточной квалификации, некомпетентности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z769" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) неоднократного установления случаев проведения научной антикоррупционной экспертизы с нарушением требований, указанных в Правилах организации и проведения научной экспертизы, а также отбора научных экспертов, а также предусмотренных настоящим Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z770" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Расторжение настоящего Договора в одностороннем порядке определяется в соответствии с гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z699" w:id="524"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z771" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. В случае досрочного расторжения настоящего Договора, Эксперт имеет право требовать оплату только за фактические затраты на день расторжения и возвращает Институту излишне оплаченные суммы в течение 10 (десяти) рабочих дней со дня расторжения настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z772" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z700" w:id="525"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z773" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Все дополнения и изменения к настоящему Договору составляются письменно, подписываются обеими Сторонами и являются неотъемлемой частью настоящего Договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z701" w:id="526"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z774" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Настоящий Договор составлен в двух экземплярах на казахском и русском языках, имеющих одинаковую юридическую силу, по одному экземпляру для каждой из Сторон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z702" w:id="527"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z775" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Адреса, реквизиты и подписи Сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-[...49 lines deleted...]
-              <w:t>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z776" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Институт _______________________ Эксперт _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...51 lines deleted...]
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>