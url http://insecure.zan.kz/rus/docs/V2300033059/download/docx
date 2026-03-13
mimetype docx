--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="35c50f9" w14:textId="35c50f9">
+    <w:p w14:paraId="4b76f99" w14:textId="4b76f99">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1026,740 +1026,1052 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок ведения Государственного реестра и Эталонного контрольного банка</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Копии нормативных правовых актов Президента Республики Казахстан, Председателя Совета Безопасности Республики Казахстан, Парламента Республики Казахстан и его палат, Конституционного Суда Республики Казахстан и Верховного Суда Республики Казахстан направляются государственными органами в ИЗПИ в бумажном и электронном виде в течение десяти календарных дней со дня подписания в одном экземпляре на казахском и русском языках, заверенные печатью государственного органа и удостоверенные электронной цифровой подписью лица, уполномоченного подписывать нормативные правовые акты, указанные в </w:t>
+      8. Нормативные правовые акты Президента Республики Казахстан, Председателя Совета Безопасности Республики Казахстан, Парламента Республики Казахстан и его палат, Правительства, Конституционного Суда Республики Казахстан и Верховного Суда Республики Казахстан направляются государственными органами в Эталонный контрольный банк в электронном виде в течение десяти календарных дней со дня подписания на казахском и русском языках, удостоверенные электронной цифровой подписью лица, уполномоченного подписывать нормативные правовые акты, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Нормативные правовые приказы министров Республики Казахстан и иных руководителей центральных государственных органов, руководителей ведомств центральных государственных органов, нормативные правовые постановления Центральной избирательной комиссии Республики Казахстан, Высшей аудиторской палаты Республики Казахстан, Национального Банка Республики Казахстан и иных центральных государственных органов, нормативные правовые решения маслихатов, нормативные правовые постановления акиматов, нормативные правовые решения акимов и нормативные правовые постановления ревизионных комиссий, прошедшие государственную регистрацию в Министерстве юстиции Республики Казахстан направляются в Эталонный контрольный банк посредством информационной системы согласования проектов нормативных правовых актов (далее – ИССП) в электронном виде, на казахском и русском языках, автоматически в течение одного дня с момента их внесения в Реестр государственной регистрации нормативных правовых актов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z144" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Нормативные правовые акты Правительства Республики Казахстан направляются в ИЗПИ только в форме электронных документов, удостоверенных электронной цифровой подписью лица, уполномоченного подписывать нормативные правовые акты, указанные в </w:t>
+      В случае отсутствия доступа к ИССП нормативные правовые акты, прошедшие государственную регистрацию в Министерстве юстиции Республики Казахстан, направляются государственными органами-разработчиками в Эталонный контрольный банк в электронном виде в течение десяти календарных дней со дня государственной регистрации на казахском и русском языках, удостоверенные электронной цифровой подписью лица, уполномоченного подписывать нормативные правовые акты, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z142" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В случае отсутствия доступа к ИССП нормативные правовые акты, прошедшие государственную регистрацию в Министерстве юстиции Республики Казахстан, направляются государственными органами-разработчиками в ИЗПИ в бумажном и электронном виде в течение десяти календарных дней со дня государственной регистрации в одном экземпляре на казахском и русском языках, заверенные печатью государственного органа и удостоверенные электронной цифровой подписью лица, уполномоченного подписывать нормативные правовые акты, указанные в </w:t>
+      10. Нормативные правовые акты, указанные в части первой пункта 9 настоящих Правил, не подлежащие государственной регистрации в Министерстве юстиции, направляются государственными органами в Эталонный контрольный банк в электронном виде в течение пяти рабочих дней со дня их подписания на казахском и русском языках, удостоверенные электронной цифровой подписью лица, уполномоченного подписывать нормативные правовые акты, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:p>
-[...101 lines deleted...]
-    <w:bookmarkStart w:name="z143" w:id="30"/>
+    <w:bookmarkStart w:name="z143" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Акты с пометками "Для служебного пользования", "Без опубликования в печати", "Не для печати" в течение десяти календарных дней со дня подписания на казахском и русском языках, удостоверенные электронной цифровой подписью лица, уполномоченного подписывать нормативные правовые акты, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статье 35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона, направляются государственными органами в ИЗПИ в электронном виде в виде реквизитов.</w:t>
+        <w:t xml:space="preserve"> Закона, направляются государственными органами в Эталонный контрольный банк в электронном виде в виде реквизитов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Министра юстиции РК от 30.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 294</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); с изменением, внесенным приказом Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Направление в Эталонный контрольный банк нормативных правовых актов в электронном виде, предусмотренных пунктом 8, частью второй пункта 9, а также пунктом 10 настоящих Правил, производится посредством системы электронного документооборота.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подписание электронной цифровой подписью совместных нормативных правовых актов обеспечивается уполномоченным органом, определенным ответственным за разработку нормативного правового акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Министра юстиции РК от 30.05.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменениями, внесенными приказами Министра юстиции РК от 30.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...35 lines deleted...]
-      Подписание электронной цифровой подписью совместных нормативных правовых актов обеспечивается уполномоченным органом, определенным ответственным за разработку нормативного правового акта.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Поступивший нормативный правовой акт регистрируется в Эталонном контрольном банке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным приказом Министра юстиции РК от 30.05.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 294</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 – в редакции приказа Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
-[...15 lines deleted...]
-      12. Регистрация поступившего нормативного правового акта в Эталонном контрольном банке осуществляется при его наличии в бумажном и электронном виде.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Поступившие в электронном виде нормативные правовые акты проходят процедуру проверки подлинности электронно-цифровой подписи, посредством которой они удостоверены, в порядке, установленном уполномоченным органом в сфере информатизации. Реквизиты и текст нормативного правового акта проверяются на принадлежность их к одному нормативному правовому акту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отрицательного результата проверки, нормативные правовые акты в электронном виде считаются неполученными, о чем отправителю направляется уведомление с указанием причин неполучения документа из информационной системы Эталонного контрольного банка в систему электронного документооборота.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Повторно нормативные правовые акты в электронном виде направляются государственными органами в Эталонный контрольный банк в течение двух рабочих дней со дня получения уведомления о неполучении документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 с изменением, внесенным приказом Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Регистрация поступивших нормативных правовых актов, указанных в части второй пункта 8, в частях первой и третьей </w:t>
-[...79 lines deleted...]
-      В случае отрицательного результата проверки, нормативные правовые акты в электронном виде считаются неполученными, о чем отправителю направляется уведомление с указанием причин неполучения документа из информационной системы Эталонного контрольного банка в систему электронного документооборота.</w:t>
+      14. Нормативные правовые акты, подлежащие внесению в Государственный реестр, включаются в него в течение пяти рабочих дней с момента их поступления в Эталонный контрольный банк, за исключением нормативных постановлений Конституционного Суда Республики Казахстан, срок для внесения в Эталонный контрольный банк по которым составляет не более трех рабочих дней со дня их поступления в Эталонный контрольный банк и им присваиваются регистрационные номера. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
-[...15 lines deleted...]
-      Повторно нормативные правовые акты в электронном виде направляются государственными органами в ИЗПИ в течение двух рабочих дней со дня получения уведомления о неполучении документа.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным приказом Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Внесение в Эталонный контрольный банк поступивших нормативных правовых актов осуществляется в течение пяти рабочих дней со дня их поступления в Эталонный контрольный банк, за исключением нормативных постановлений Конституционного Суда Республики Казахстан, срок для внесения в Эталонный контрольный банк по которым составляет не более трех рабочих дней со дня их поступления в Эталонный контрольный банк.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
-[...15 lines deleted...]
-      14. Нормативные правовые акты, подлежащие внесению в Государственный реестр, включаются в него в течение пяти рабочих дней с момента их поступления в ИЗПИ, за исключением нормативных постановлений Конституционного Суда Республики Казахстан, срок для внесения в Эталонный контрольный банк по которым составляет не более трех рабочих дней со дня их поступления в ИЗПИ и им присваиваются регистрационные номера. </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменением, внесенным приказом Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Нормативные правовые акты, включенные в Эталонный контрольный банк, поддерживаются в контрольном состоянии посредством внесения в них текущих изменений и дополнений, признания отдельных частей нормативных правовых актов утратившими силу либо приостановления их действия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
-[...15 lines deleted...]
-      15. Внесение в Эталонный контрольный банк поступивших нормативных правовых актов осуществляется в течение пяти рабочих дней со дня их поступления в ИЗПИ, за исключением нормативных постановлений Конституционного Суда Республики Казахстан, срок для внесения в Эталонный контрольный банк по которым составляет не более трех рабочих дней со дня их поступления в ИЗПИ.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При внесении изменений и дополнений в нормативные правовые акты, признании отдельных частей нормативных правовых актов утратившими силу либо приостановлении их действия в их текст вносятся отметки, точно отражающие формулировку вносимых норм, а также информацию о форме, дате принятия и номере акта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      16. Нормативные правовые акты, включенные в Эталонный контрольный банк, поддерживаются в контрольном состоянии посредством внесения в них текущих изменений и дополнений, признания отдельных частей нормативных правовых актов утратившими силу либо приостановления их действия.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. При признании нормативного правового акта утратившим силу либо приостановлении его действия на определенный срок производятся соответствующие записи в Государственном реестре и отметка в электронном тексте нормативного правового акта, внесенного в Эталонный контрольный банк, о признании его утратившим силу либо приостановлении его действия со ссылкой на соответствующий нормативный правовой акт.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
-[...15 lines deleted...]
-      При внесении изменений и дополнений в нормативные правовые акты, признании отдельных частей нормативных правовых актов утратившими силу либо приостановлении их действия в их текст вносятся отметки, точно отражающие формулировку вносимых норм, а также информацию о форме, дате принятия и номере акта.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 – в редакции приказа Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При формировании Эталонного контрольного банка сверка текстов нормативных правовых актов на казахском и русском языках не производится.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1838,287 +2150,287 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 11 июля 2023 года № 472</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инструкция по формированию Эталонного контрольного банка нормативных правовых актов Республики Казахстан, а также внесению в него сведений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящая Инструкция по формированию Эталонного контрольного банка нормативных правовых актов Республики Казахстан, а также внесению в него сведений (далее – Инструкция) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 271)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 14 Положения о Министерстве юстиции Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 28 октября 2004 года № 1120, и детализирует формирование Эталонного контрольного банка нормативных правовых актов Республики Казахстан, а также внесению в него сведений.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ведение Эталонного контрольного банка нормативных правовых актов Республики Казахстан (далее – Эталонный контрольный банк) осуществляет республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан (далее – ИЗПИ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для применения настоящей Инструкции используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
-[...15 lines deleted...]
-      2. Ведение Эталонного контрольного банка нормативных правовых актов Республики Казахстан (далее – Эталонный контрольный банк) осуществляет республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан (далее – ИЗПИ).</w:t>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) автоматизированная система управления - подсистема информационной системы Эталонного контрольного банка в электронном виде, предназначенная для организации автоматического рабочего места администратора и оператора;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
-[...15 lines deleted...]
-      3. Для применения настоящей Инструкции используются следующие понятия:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оператор, администратор автоматизированной системы управления – сотрудник ИЗПИ, осуществляющий функции по ведению Эталонного контрольного банка в электронном виде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
-[...15 lines deleted...]
-      1) автоматизированная система управления - подсистема информационной системы Эталонного контрольного банка в электронном виде, предназначенная для организации автоматического рабочего места администратора и оператора;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) информационная система - организационно-упорядоченная совокупность информационно-коммуникационных технологий, обслуживающего персонала и технической документации, реализующих определенные технологические действия посредством информационного взаимодействия и предназначенных для решения конкретных функциональных задач;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
-[...15 lines deleted...]
-      2) оператор, администратор автоматизированной системы управления – сотрудник ИЗПИ, осуществляющий функции по ведению Эталонного контрольного банка в электронном виде;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) удостоверяющий центр - юридическое лицо, удостоверяющее соответствие открытого ключа электронной цифровой подписи закрытому ключу электронной цифровой подписи, а также подтверждающее достоверность регистрационного свидетельства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
-[...15 lines deleted...]
-      3) информационная система - организационно-упорядоченная совокупность информационно-коммуникационных технологий, обслуживающего персонала и технической документации, реализующих определенные технологические действия посредством информационного взаимодействия и предназначенных для решения конкретных функциональных задач;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) электронная копия нормативного правового акта - документ в электронно-цифровой форме, идентичный подлинному документу и удостоверенный посредством электронной цифровой подписи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
-[...15 lines deleted...]
-      4) удостоверяющий центр - юридическое лицо, удостоверяющее соответствие открытого ключа электронной цифровой подписи закрытому ключу электронной цифровой подписи, а также подтверждающее достоверность регистрационного свидетельства;</w:t>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) цифровой код - система условных обозначений, сигналов, передающих информаци.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Включению в Эталонный контрольный банк подлежат нормативные правовые акты, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2153,765 +2465,801 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Подписание нормативных правовых актов должно осуществляться регистрационным свидетельством удостоверяющего центра, которое используется для электронной цифровой подписи (при проверке значения поля "Использование ключа" (KeyUsage) регистрационного свидетельства содержатся значения "Цифровая подпись" и "Неотрекаемость") в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> проверки подлинности электронной цифровой подписи, утвержденными приказом Министра по инвестициям и развитию Республики Казахстан от 9 декабря 2015 года № 1187 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 12864).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. На нормативные правовые акты, направляемые государственными органами, в системе электронного документооборота, а также в ИССП, заполняется карточка, включающая реквизиты нормативных правовых актов и справочно-информационные данные о нормативном правовом акте (далее – карточка).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В тексты нормативных правовых актов в формате DOCX реквизиты нормативных правовых актов и справочно-информационные данные о нормативном правовом акте, за исключением заголовка, не включаются.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Требования по составлению сведений карточки нормативного правового акта приведены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Формирование Эталонного контрольного банка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Наименование главы 2 – в редакции приказа Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Нормативные правовые акты, указанные в пунктах 8, 9, 10 Правил, подлежат учету и систематизации, включающих сбор и регистрацию нормативного правового акта в хронологическом порядке.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Формирование Эталонного контрольного банка в бумажном и электронном виде</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Исключен приказом Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Формирование Эталонного контрольного банка в электронном виде осуществляется посредством информационной системы (далее - система), состоящей из трех подсистем:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Правил, подлежат учету и систематизации, включающих сбор, регистрацию и расположение по форме нормативного правового акта в хронологическом порядке.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      автоматизированная система управления - предназначена для подготовки нормативных правовых актов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хранилище - выполняет задачи единого централизованного депозитария для хранения нормативных правовых актов Республики Казахстан в электронном виде и предоставляет средства для хранения информации о внесенных изменениях и дополнениях в них (далее - хранилище);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящей Инструкции. В запись о нормативном правовом акте вносится отметка о наличии электронной копии нормативного правового акта.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      веб-портал - предназначен для просмотра нормативных правовых актов Республики Казахстан в электронном виде в режиме 24 часа в сутки 7 дней в неделю, а также доступа к дополнительным функциональным возможностям (далее - веб-портал).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
-[...15 lines deleted...]
-      Учет и систематизация нормативных правовых актов производятся в полном объеме и своевременно.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Подсистема "веб-портал" информационной системы Эталонного контрольного банка является единой точкой входа в систему для всех заинтересованных лиц в среде Интернет, в том числе посредством современных мобильных устройств (смартфонов, планшетов и др.).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
-[...15 lines deleted...]
-      8. В ходе формирования Эталонного контрольного банка в электронном виде при необходимости оператор автоматизированной системы управления информационной системы Эталонного контрольного банка использует нормативный правовой акт в бумажном виде.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Во входящем нормативном правовом акте системой производится:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проверка легитимности электронной цифровой подписи путем отправки запроса в удостоверяющий центр на предмет действия электронной цифровой подписи (отозвано, действительно, просрочено);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
-[...15 lines deleted...]
-      9. Формирование Эталонного контрольного банка в электронном виде осуществляется посредством информационной системы (далее - система), состоящей из трех подсистем:</w:t>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      форматно-логический контроль на предмет целостности цифрового кода, читабельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае положительного результата проверки, нормативный правовой акт в электронном виде считается поступившим, о чем отправителю направляется отметка о доставке нормативного правового акта в Эталонный контрольный банк.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Также оператором автоматизированной системы управления информационной системы Эталонного контрольного банка в течение трех рабочих дней со дня поступления нормативного правового акта проверяются его реквизиты и текст на принадлежность их одному нормативному правовому акту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отрицательного результата проверки, нормативные правовые акты в электронном виде считаются неполученными, о чем отправителю направляется уведомление с указанием причин неполучения документа из информационной системы Эталонного контрольного банка в систему электронного документооборота.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z84" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нормативный правовой акт, не прошедший проверку на легитимность электронной цифровой подписи или форматно-логический контроль, подлежит сохранению в хранилище системы в разделе "Непринятые файлы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z85" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Повторно нормативные правовые акты в электронном виде направляются государственными органами в Эталонный контрольный банк в течение двух рабочих дней со дня получения уведомления о неполучении документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...238 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным приказом Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. На принятый нормативный правовой акт в автоматизированной системе управления информационной системы Эталонного контрольного банка заполняется регистрационная карточка, включающая реквизиты и справочно-информационные данные о нормативном правовом акте. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сведения о реквизитах нормативного правового акта указываются в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Справочно-информационные данные включают номер Государственного реестра, дату вступления в силу, изменения документа, регион действия, сведения об официальном опубликовании, сфере правоотношений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Поступившим нормативным правовым актам системой в автоматическом режиме присваивается и сохраняется в регистрационной карточке номер Государственного реестра.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3016,848 +3364,990 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>а также внесению в него сведений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования по составлению сведений карточки нормативного правового акта, заполняемой государственными органами в системе электронного документооборота и ИССП</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 с изменениями, внесенными приказом Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. В карточке нормативного правового акта подлежат отражению следующие учетные сведения о нормативном правовом акте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z93" w:id="84"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z93" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в реквизите 1 - заголовок нормативного правового акта на казахском языке (обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z94" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в реквизите 2 - заголовок нормативного правового акта на русском языке (обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z95" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в реквизите 3 - характер вопроса; выбирается из справочника "Характер вопроса" значение "нормативный правовой акт в Эталонный контрольный банк" (обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z96" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в реквизите 4 - форма акта; выбирается из справочника "Вид документа" в соответствии с подпунктом 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона (обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 5 - язык документа; выбирается из списка языков (обязательно для заполнения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 6 - государственный орган-разработчик; выбирается из справочника "Корреспонденты";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z99" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 7 - орган, принявший акт; выбирается из справочника "Корреспонденты" (возможно введение нескольких значений в случае, если это совместный нормативный правовой акт государственных органов (обязательно для заполнения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z100" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 8 - регистрационный номер нормативного правового акта; указывается номер принятия нормативного правового акта в государственном органе (в случае если совместный нормативный правовой акт, то указывается номер принятия нормативного правового акта в государственном органе, направившем нормативный правовой акт в Эталонный контрольный банк) (обязательно для заполнения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z101" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 9 - дата принятия; указывается дата принятия нормативного правового акта в государственном органе (в случае если совместный нормативный правовой акт, то указывается дата принятия нормативного правового акта в государственном органе, направившем нормативный правовой акт в Эталонный контрольный банк) (обязательно для заполнения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z102" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 10 - место принятия; выбирается из справочника "Регионы" (обязательно для заполнения);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z97" w:id="88"/>
-[...15 lines deleted...]
-      в реквизите 5 - язык документа; выбирается из списка языков (обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 11 - номер государственной регистрации; указывается номер государственной регистрации, присвоенный в органах юстиции Республики Казахстан (обязательно для заполнения для нормативных правовых актов центральных и местных государственных органов, прошедших государственную регистрацию в органах юстиции Республики Казахстан);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z98" w:id="89"/>
-[...15 lines deleted...]
-      в реквизите 6 - государственный орган-разработчик; выбирается из справочника "Корреспонденты";</w:t>
+    <w:bookmarkStart w:name="z104" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 12 - дата государственной регистрации; указывается дата государственной регистрации в органах юстиции Республики Казахстан (обязательно для заполнения для нормативных правовых актов центральных и местных государственных органов, прошедших государственную регистрацию в органах юстиции Республики Казахстан);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z99" w:id="90"/>
-[...15 lines deleted...]
-      в реквизите 7 - орган, принявший акт; выбирается из справочника "Корреспонденты" (возможно введение нескольких значений в случае, если это совместный нормативный правовой акт государственных органов (обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z105" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 13 - орган государственной регистрации; выбирается из справочника "Корреспонденты" (обязательно для заполнения для нормативных правовых актов центральных и местных государственных органов, прошедших государственную регистрацию в органах юстиции Республики Казахстан);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z100" w:id="91"/>
-[...15 lines deleted...]
-      в реквизите 8 - регистрационный номер нормативного правового акта; указывается номер принятия нормативного правового акта в государственном органе (в случае если совместный нормативный правовой акт, то указывается номер принятия нормативного правового акта в государственном органе, направившем нормативный правовой акт в Эталонный контрольный банк) (обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z106" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 14 - регион действия; выбирается из справочника "Регионы" (обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z101" w:id="92"/>
-[...15 lines deleted...]
-      в реквизите 9 - дата принятия; указывается дата принятия нормативного правового акта в государственном органе (в случае если совместный нормативный правовой акт, то указывается дата принятия нормативного правового акта в государственном органе, направившем нормативный правовой акт в Эталонный контрольный банк) (обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z107" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 15 - источник опубликования; при наличии выбирается из справочника "Источники опубликования" (не обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z102" w:id="93"/>
-[...15 lines deleted...]
-      в реквизите 10 - место принятия; выбирается из справочника "Регионы" (обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z108" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 15.1 - номер издания опубликования; при наличии указывается номер издания (не обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z103" w:id="94"/>
-[...15 lines deleted...]
-      в реквизите 11 - номер государственной регистрации; указывается номер государственной регистрации, присвоенный в органах юстиции Республики Казахстан (обязательно для заполнения для нормативных правовых актов центральных и местных государственных органов, прошедших государственную регистрацию в органах юстиции Республики Казахстан);</w:t>
+    <w:bookmarkStart w:name="z109" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 15.2 - дата опубликования; при наличии указывается дата опубликования издания (не обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z104" w:id="95"/>
-[...15 lines deleted...]
-      в реквизите 12 - дата государственной регистрации; указывается дата государственной регистрации в органах юстиции Республики Казахстан (обязательно для заполнения для нормативных правовых актов центральных и местных государственных органов, прошедших государственную регистрацию в органах юстиции Республики Казахстан);</w:t>
+    <w:bookmarkStart w:name="z110" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 16 - Ф.И.О руководителя(ей) государственного(ых) органа(ов), подписавшего(ых) нормативный правовой акт; указывается фамилия, имя, отчество (при наличии) уполномоченного(ых) лиц(а), подписавшего(ых) нормативный правовой акт (обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z105" w:id="96"/>
-[...15 lines deleted...]
-      в реквизите 13 - орган государственной регистрации; выбирается из справочника "Корреспонденты" (обязательно для заполнения для нормативных правовых актов центральных и местных государственных органов, прошедших государственную регистрацию в органах юстиции Республики Казахстан);</w:t>
+    <w:bookmarkStart w:name="z111" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 17 – прикрепление файлов; вложение файлов формата DOCX (обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z106" w:id="97"/>
-[...15 lines deleted...]
-      в реквизите 14 - регион действия; выбирается из справочника "Регионы" (обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z112" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 18 - листы/приложения; указывается количество листов нормативного правового акта (основного, производного) и листов приложения (если приложение отсутствует указывается цифра "0") (обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z107" w:id="98"/>
-[...15 lines deleted...]
-      в реквизите 15 - источник опубликования; при наличии выбирается из справочника "Источники опубликования" (не обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z113" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 19 - электронная цифровая подпись руководителя; подписание нормативного правового акта электронной цифровой подписью лица, уполномоченного подписывать нормативные правовые акты (обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z108" w:id="99"/>
-[...15 lines deleted...]
-      в реквизите 15.1 - номер издания опубликования; при наличии указывается номер издания (не обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z114" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 20 - электронная цифровая подпись канцелярии; подписание отправляемых данных электронной цифровой подписью сотрудника канцелярии (обязательно для заполнения);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z109" w:id="100"/>
-[...15 lines deleted...]
-      в реквизите 15.2 - дата опубликования; при наличии указывается дата опубликования издания (не обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z115" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в реквизите 21 - тип носителя; указывается тип носителя, принимающего значения: = 1 (подлинник электронного документа).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z110" w:id="101"/>
-[...15 lines deleted...]
-      в реквизите 16 - Ф.И.О руководителя(ей) государственного(ых) органа(ов), подписавшего(ых) нормативный правовой акт; указывается фамилия, имя, отчество (при наличии) уполномоченного(ых) лиц(а), подписавшего(ых) нормативный правовой акт (обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z116" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. К нормативному правовому акту в электронном виде предъявляются следующие требования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z111" w:id="102"/>
-[...15 lines deleted...]
-      в реквизите 17 – прикрепление файлов; вложение файлов формата DOCX (обязательно для заполнения);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) исключен приказом Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормативный правовой акт, включая каждое вложение (основной вид нормативного правового акта, производный вид нормативного правового акта, приложение(я) заверяются электронной цифровой подписью только Удостоверяющего центра государственных органов Республики Казахстан или Национального удостоверяющего центра Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z112" w:id="103"/>
-[...15 lines deleted...]
-      в реквизите 18 - листы/приложения; указывается количество листов нормативного правового акта (основного, производного) и листов приложения (если приложение отсутствует указывается цифра "0") (обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z119" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормативные правовые акты предоставляются на казахском и русском языках, общий размер которых не должен превышать 60 Мб. В случае превышения объема более 60 Мб нормативные правовые акты могут предоставляться в архивированном формате RAR, ZIP;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z113" w:id="104"/>
-[...15 lines deleted...]
-      в реквизите 19 - электронная цифровая подпись руководителя; подписание нормативного правового акта электронной цифровой подписью лица, уполномоченного подписывать нормативные правовые акты (обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z120" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в тексте нормативного правового акта объем одной фотографии не должен превышать более 200 Кб;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z114" w:id="105"/>
-[...15 lines deleted...]
-      в реквизите 20 - электронная цифровая подпись канцелярии; подписание отправляемых данных электронной цифровой подписью сотрудника канцелярии (обязательно для заполнения);</w:t>
+    <w:bookmarkStart w:name="z121" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) нормативные правовые акты (основной, производный(ые) и приложение (я) к нему) предоставляются в формате MicrosoftWord (расширение DOCX);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z115" w:id="106"/>
-[...15 lines deleted...]
-      в реквизите 21 - тип носителя; указывается тип носителя, принимающего значения: = 1 (подлинник электронного документа), = 3 (электронная копия бумажного документа) (обязательно для заполнения).</w:t>
+    <w:bookmarkStart w:name="z122" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) общее количество предоставляемых файлов на двух языках - не более шести. В случае превышения количества файлов допускается объединение их содержимого в один файл с соблюдением формирования электронной копии нормативного правового акта на одном языке в один электронный файл;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z116" w:id="107"/>
-[...15 lines deleted...]
-      2. К нормативному правовому акту в электронном виде предъявляются следующие требования:</w:t>
+    <w:bookmarkStart w:name="z123" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) соответствие порядка вложений файла:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z117" w:id="108"/>
-[...15 lines deleted...]
-      1) электронный документ должен полностью воспроизводить вид и информацию нормативного правового акта в бумажном виде (при наличии);</w:t>
+    <w:bookmarkStart w:name="z124" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      основной вид нормативного правового акта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z118" w:id="109"/>
-[...15 lines deleted...]
-      2) нормативный правовой акт, включая каждое вложение (основной вид нормативного правового акта, производный вид нормативного правового акта, приложение(я) заверяются электронной цифровой подписью только Удостоверяющего центра государственных органов Республики Казахстан или Национального удостоверяющего центра Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z125" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      производный (е) вид (ы) нормативного правового акта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z119" w:id="110"/>
-[...15 lines deleted...]
-      3) нормативные правовые акты предоставляются на казахском и русском языках, общий размер которых не должен превышать 60 Мб. В случае превышения объема более 60 Мб нормативные правовые акты могут предоставляться в архивированном формате RAR, ZIP;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приложения в порядке возрастания нумерации (1, 2, 3 и т.д.);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z120" w:id="111"/>
-[...15 lines deleted...]
-      4) в тексте нормативного правового акта объем одной фотографии не должен превышать более 200 Кб;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оформление нумерованных списков в электронных документах нормативного правового акта вручную, без использования автонумерации - встроенной функции MicrosoftWord;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z121" w:id="112"/>
-[...15 lines deleted...]
-      5) нормативные правовые акты (основной, производный(ые) и приложение (я) к нему) предоставляются в формате MicrosoftWord (расширение DOCX);</w:t>
+    <w:bookmarkStart w:name="z128" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) прикрепление файла с вложениями осуществляется поочередно, на каждом языке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z122" w:id="113"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Исключен приказом Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3961,587 +4451,89 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>а также внесению в него сведений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...63 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="121"/>
-[...469 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 исключено приказом Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4645,797 +4637,89 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>а также внесению в него сведений</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...63 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="122"/>
-[...679 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 исключено приказом Министра юстиции РК от 27.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5514,282 +4798,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "_" "____" "____" года № __</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z137" w:id="123"/>
+    <w:bookmarkStart w:name="z137" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министра юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z138" w:id="124"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z138" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан 22 сентября 2016 года № 786 "Об утверждении Инструкции по формированию Эталонного контрольного банка нормативных правовых актов Республики Казахстан, а также внесению в него сведений" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № № 14270).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z139" w:id="125"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z139" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 18 июня 2019 года № 330 "О внесении изменений в приказ Министра юстиции Республики Казахстан от 22 сентября 2016 года № 786 "Об утверждении Инструкции по формированию Эталонного контрольного банка нормативных правовых актов Республики Казахстан, а также внесению в него сведений" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 18886).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z140" w:id="126"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z140" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра юстиции Республики Казахстан от 17 октября 2019 года № 510 "О внесении изменений и дополнения в приказ Министра юстиции Республики Казахстан от 22 сентября 2016 года № 786 "Об утверждении Инструкции по формированию Эталонного контрольного банка нормативных правовых актов Республики Казахстан, а также внесению в него сведений" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № № 19486).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z141" w:id="127"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z141" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приказа Министра юстиции Республики Казахстан от 14 июня 2021 года № 500 "О внесении изменений в некоторые приказы Министра юстиции Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан за № 23026).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>