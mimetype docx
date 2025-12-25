--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="699c2b6" w14:textId="699c2b6">
+    <w:p w14:paraId="83c061e" w14:textId="83c061e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -388,173 +388,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр науки</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и высшего образования</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -562,158 +539,142 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Нурбек</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство финансов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p>
-[...21 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство национальной экономики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...17 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p>
-[...32 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6264,51 +6225,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>z cred</w:t>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6384,51 +6365,71 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>z cred</w:t>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
     <w:bookmarkStart w:name="z196" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -6444,91 +6445,131 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>z cred</w:t>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским направлением рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
     <w:bookmarkStart w:name="z198" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>z cred</w:t>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Nz /60,</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
     <w:bookmarkStart w:name="z199" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -6635,96 +6676,103 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z201" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5. Расчет объема подушевого нормативного финансирования и подушевой норматив финансирования для организаций высшего и (или) послевузовского образования по совместным образовательным программам, реализуемых в рамках стратегического партнерства с зарубежными организациями высшего и (или) послевузовского образования, а также расчет объема подушевого нормативного финансирования и подушевой норматив финансирования для филиалов зарубежных организаций высшего и (или) послевузовского образования, созданных по решению уполномоченного органа в области науки и высшего образования, за исключением пунктов 9, 10, 11, 12 и 13 настоящей методики, производится по следующим формулам:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Расчет объема подушевого нормативного финансирования и подушевой норматив финансирования для организаций высшего и (или) послевузовского образования по совместным образовательным программам, реализуемых в рамках стратегического партнерства с зарубежными организациями высшего и (или) послевузовского образования, а также расчет объема подушевого нормативного финансирования и подушевой норматив финансирования для филиалов зарубежных организаций высшего и (или) послевузовского образования, созданных по решению уполномоченного органа в области науки и высшего образования, за исключением пунктов 9, 10, 11, 12, 13, 14 и 15 настоящей методики, производится по следующим формулам:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z1025" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пф1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования организаций высшего и (или) послевузовского образования по совместным образовательным программам, реализуемых в рамках стратегического партнерства с зарубежными организациями высшего и (или) послевузовского образования, c получением диплома казахстанского образца, а также годовой объем подушевого нормативного финансирования для филиалов зарубежных организаций высшего и (или) послевузовского образования, созданных по решению уполномоченного органа в области науки и высшего образования, c получением диплома казахстанского образца, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z1026" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -6759,192 +6807,182 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>zb1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z1027" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z1028" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>zb1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год на бакалавриате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z1029" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>zb1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – ежегодный контингент обучающихся на бакалавриате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z1030" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>zb1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год на бакалавриате рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z1031" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -6959,2231 +6997,2194 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Т+X</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>+ A+ S,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z1032" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z1033" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т – годовой фонд оплаты труда АУП и ППС, задействованного в образовательном процессе, в расчете на одного обучающегося в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z1034" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       X</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – учебные расходы, предназначенные для приобретения учебно-методической литературы, организации академической мобильности лабораторных, практических, теоретических и индивидуальных занятий, обучающихся в рамках выполнения государственного общеобязательного стандарта высшего образования в расчете на одного обучающегося в год по техническим и сельскохозяйственным направлениям подготовки кадров – 19 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z1035" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МРП – месячный расчетный показатель, устанавливаемый ежегодно законом о республиканском бюджете. Для определения значений показателей, эквивалентных месячному расчетному показателю, за основу берется размер МРП, установленный на 1 января 2022 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z1036" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       A – норма амортизации учебных приборов и оборудования для технических и сельскохозяйственных направлений подготовки кадров составляет – 64 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z1037" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т – годовой фонд оплаты труда АУП и ППС, задействованного в образовательном процессе, на одного обучающегося в год рассчитывается исходя из нижеприведенного состава персонала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1147"/>
+        <w:gridCol w:w="1784"/>
+        <w:gridCol w:w="2167"/>
+        <w:gridCol w:w="3602"/>
+        <w:gridCol w:w="3600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1038" w:id="212"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Аббревиатура, применяемая по тексту</w:t>
+Аббревиатура, применяемая по тексту</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="212"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Персонал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество (штатных единиц)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер заработной платы на 1 работника в тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер заработной платы на 1 работника в МРП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1044" w:id="213"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>ППС</w:t>
+ППС</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="213"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Профессорско-преподавательский состав (ППС):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...68 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+ППС</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:vertAlign w:val="subscript"/>
               </w:rPr>
-              <w:t>ППСkz</w:t>
+              <w:t>kz</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="214"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отечественный ППС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 860 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 280,77 МРП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1056" w:id="215"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+ППС</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:vertAlign w:val="subscript"/>
               </w:rPr>
-              <w:t>ППСin</w:t>
+              <w:t>in</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="215"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иностранный ППС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 956 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1291,544 МРП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1062" w:id="216"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>АУП</w:t>
+АУП</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="216"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Административно-управленческий персонал:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...68 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+АУП</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:vertAlign w:val="subscript"/>
               </w:rPr>
-              <w:t>АУПkz</w:t>
+              <w:t>kz</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="217"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Отечественный менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 075 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 350,963 МРП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1074" w:id="218"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+АУП</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:vertAlign w:val="subscript"/>
               </w:rPr>
-              <w:t>АУПin</w:t>
+              <w:t>in</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="218"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иностранный менеджмент, международный менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1076" w:id="219"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="219"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+4 515 000</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 870 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1078" w:id="220"/>
-[...55 lines deleted...]
-          <w:bookmarkStart w:name="z1080" w:id="221"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1474,045 МРП</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1263,467 МРП</w:t>
+            </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="221"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1147" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1263,467 МРП</w:t>
-[...41 lines deleted...]
-</w:t>
+АУП</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:vertAlign w:val="subscript"/>
               </w:rPr>
-              <w:t>АУПin</w:t>
+              <w:t>in</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="222"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иностранный мидл-менеджмент</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 860 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 280,77 МРП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z1089" w:id="223"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+АУП</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
+                <w:vertAlign w:val="subscript"/>
               </w:rPr>
-              <w:t>АУПkz</w:t>
+              <w:t>kz</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="223"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Младший состав АУП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 430 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 140,385 МРП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1784" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 154,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1101" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т – годовой фонд оплаты труда АУП и ППС, задействованного в образовательном процессе на одного обучающегося в год, рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z1102" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       T = T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9191,58 +9192,53 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>+ T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -9269,1149 +9265,1436 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>+ Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппсkz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">ауп </w:t>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">ппс </w:t>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1103" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z1104" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда отечественного АУП и ППС, задействованного в образовательном процессе, на одного обучающегося в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z1105" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>- годовой фонд оплаты труда иностранного АУП и ППС, задействованного в образовательном процессе, на одного обучающегося в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z1106" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП рассчитывается для отечественного (kz) и иностранного (in) в отдельности по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z1107" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>kz (in)</w:t>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>kz (in)</w:t>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> *12*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>snokz (in)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> * mv</w:t>
+        <w:t>snokz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>kz (in)</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z1108" w:id="231"/>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - годовой фонд оплаты труда ППС рассчитывается для отечественного (kz) и иностранного (in) в отдельности по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z1109" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>kz (in)</w:t>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>kz (in)</w:t>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * 12*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>snokz(in)</w:t>
-[...9 lines deleted...]
-        <w:t>*mv</w:t>
+        <w:t>snokz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>(in)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>*m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>kz (in)</w:t>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * mp,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z1110" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z1111" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       W – фонд оплаты труда отечественного и иностранного ППС и АУП в месяц установлен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z1112" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для отечественного и зарубежного АУП и ППС на основании договора между организациями высшего и (или) послевузовского образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z1113" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет заработной платы произведен в национальной валюте в эквиваленте 430 тенге за 1 доллар США по курсу Национального Банка Республики Казахстан, установленному на 15 ноября 2021 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z1114" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12 – количество месяцев в году для перехода от расчета нормативных затрат в месяц к расчету нормативных затрат в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z1115" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       sno – коэффициент социального налога и социальных отчислений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1117" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для отечественного персонала sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1,0836;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2025 и последующие годы – 1,0968;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z1119" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для иностранного персонала sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1,095;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       mp – коэффициент дополнительных обязательных пенсионных взносов работодателя и отчислений в фонд обязательного медицинского страхования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z1120" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2023 год – 1,03;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z1121" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2024 год – 1,045</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z1122" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2025 год – 1,055;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z1123" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2026 год – 1,065;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z1124" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2027 год – 1,075;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z1125" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2028 и последующие годы – 1,08;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-[...180 lines deleted...]
-    <w:bookmarkStart w:name="z1135" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного преподавателя составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на одного иностранного преподавателя mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппсin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 0,02;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на одного отечественного преподавателя mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппсkz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 0,047;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника АУП составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на одного иностранного мидл-менеджмента mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>аупin1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 0,0033;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на одного иностранного топ-менеджмента mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>аупin2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 0,001;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на одного международного менеджмента mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>аупin3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 0,00067;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на одного отечественного менеджмента mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>аупkz1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 0,00067;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на одного младшего состава АУП mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>аупkz2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 0,031;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       S – коэффициент внедрения международных образовательных программ – 102,024 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z1136" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пф2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования организаций высшего и (или) послевузовского образования по образовательным программам, реализуемых в рамках стратегического партнерства с зарубежными организациями высшего и (или) послевузовского образования, с получением двойного диплома, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z1137" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -10446,152 +10729,144 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>* Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>zb2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z1138" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z1139" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>zb2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – ежегодный контингент обучающихся на бакалавриате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z1140" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>zb2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год на бакалавриате, определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z1141" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -10626,152 +10901,144 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z1142" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z1143" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – расходы за одного обучающегося по программе двойного диплома с зарубежными организациями высшего и (или) послевузовского образования стран Северной Америки из расчета 752,693 МРП в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z1144" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пф3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования организаций высшего и (или) послевузовского образования по образовательным программам, реализуемых в рамках филиалов зарубежных организаций высшего и (или) послевузовского образования, созданных по решению уполномоченного органа в области науки и высшего образования, с получением двойного диплома, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z1145" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -10806,152 +11073,144 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>zb3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z1146" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z1147" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>zb3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – ежегодный контингент обучающихся на бакалавриате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z1148" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>zb3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год на бакалавриате, определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z1149" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -10986,132 +11245,124 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - S + L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z1150" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z1151" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – расходы за одного обучающегося по программе двойного диплома с зарубежными организациями высшего и (или) послевузовского образования стран Европы из расчета 698,845 МРП в год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z1152" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выплата зарубежной организации высшего и (или) послевузовского образования осуществляется на основании договора, равными долями за весь период обучения (4 года).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z1153" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -11126,193 +11377,192 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> произведен в национальной валюте в эквиваленте 461,1 тенге за 1 доллар США по курсу Национального Банка Республики Казахстан, установленному на 27 декабря 2022 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра науки и высшего образования РК от 17.09.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 455</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа и.о. Министра науки и высшего образования РК от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 539</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования и распространяется на правоотношения, возникшие с 01.09.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="277"/>
+    <w:bookmarkStart w:name="z253" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Объем подушевого нормативного финансирования высшего и (или) послевузовского образования с учетом кредитной технологии обучения определяется в соответствии с подпунктами 12) и 13) пункта 4 Методики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z256" w:id="278"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z256" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Расчет объема подушевого нормативного финансирования и норматива подушевого финансирования для организаций высшего и (или) послевузовского образования, созданных на основании международных договоров на территории Республики Казахстан, действующих и ликвидируемых на основании законодательства Республики Казахстан производится по следующим формулам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z257" w:id="279"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z257" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пф</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования высшего и послевузовского образования (бакалавриат и магистратура) рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -11691,358 +11941,448 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = число обучающихся на начало года + 1/3 приема на обучение – 1/2 ожидаемого выпуска обучающихся – ожидаемый отсев обучающихся + ожидаемое прибытие обучающихся.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров объем подушевого нормативного финансирования определяется суммарно, исходя из подушевого норматива финансирования на одного обучающегося по направлениям подготовки кадров и уровням образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z258" w:id="280"/>
+    <w:bookmarkStart w:name="z258" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год в бакалавриате / магистратуре состоит из суммы норматива расходов, приходящихся на обучение в Республике Казахстан (далее – РК) и на обучение в Российской Федерации (далее – РФ), рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
         <w:t>b/m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год в бакалавриате / магистратуре состоит из суммы норматива расходов, приходящихся на обучение в Республике Казахстан (далее – РК) и на обучение в Российской Федерации (далее – РФ), рассчитывается по следующей формуле:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="280"/>
+        <w:t xml:space="preserve"> = N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>+ N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>rus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b/m</w:t>
-[...67 lines deleted...]
-      где:</w:t>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате / магистратуре в РК рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b/m kz</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате / магистратуре в РК рассчитывается по формуле:</w:t>
+        <w:t xml:space="preserve">b/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = F + K + Р + S + U + А;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b/m kz</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> = F + K + Р + S + U + А;</w:t>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>rus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате / магистратуре в РФ рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b/m rus</w:t>
-[...37 lines deleted...]
-        <w:t>b/m rus</w:t>
+        <w:t xml:space="preserve">b/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>rus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = O + Kс + М;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="281"/>
+    <w:bookmarkStart w:name="z259" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) F – общий годовой фонд оплаты труда персонала, включающий годовой фонд оплаты труда персонала образовательного процесса (АУП и ППС) и персонала образовательной среды (учебно-вспомогательный персонал (далее – УВП) и обслуживающий персонал (далее – ОП)), в расчете на одного обучающегося в год и рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       F = Т + Q,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13783,356 +14123,355 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = БДО * h * sno * mp * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z260" w:id="282"/>
+    <w:bookmarkStart w:name="z260" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) K – норма расходов, связанных с командированием ППС и АУП с целью организации и проведения образовательного процесса, из расчета на одного обучающегося в год принимается согласно следующему:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1109"/>
+        <w:gridCol w:w="5403"/>
+        <w:gridCol w:w="2894"/>
+        <w:gridCol w:w="2894"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1109" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аббревиатура, применяемая по тексту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид расхода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося в бакалавриате, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося в магистратуре, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1109" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на командировки ППС Казахстанского филиала Московского государственного университета имени М.В. Ломоносова (далее – КФ МГУ) в рамках учебного процесса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 36,57 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14142,123 +14481,123 @@
               <w:t xml:space="preserve">
 30,71 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на командировки АУП и ППС КФ МГУ, в то числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 10,62 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14268,123 +14607,123 @@
               <w:t xml:space="preserve">
 11,76 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 административные командировки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 7,73 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14394,123 +14733,123 @@
               <w:t xml:space="preserve">
 10,4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проведение профориентационной работы, участие в выставке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1,06 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14520,390 +14859,404 @@
               <w:t xml:space="preserve">
 1,36 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 учебные и производственные практики ППС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1,83 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на командировки приемной и экзаменационной комиссий КФ МГУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 7,55 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 15,82 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1109" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="5403" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 54,74 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2894" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14913,283 +15266,282 @@
               <w:t xml:space="preserve">
 58,29 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * для определения значения К за основу берется размер МРП, установленный на 1 января 2022 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="283"/>
+    <w:bookmarkStart w:name="z261" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Р – норма расходов, связанных с прохождением учебной практики обучающихся на территории РК, из расчета на одного обучающегося в год принимается согласно следующему:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="2227"/>
+        <w:gridCol w:w="5060"/>
+        <w:gridCol w:w="5013"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аббревиатура, применяемая по тексту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид расхода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2227" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Р</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Расходы на учебные и производственные практики студентов, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15199,87 +15551,87 @@
               <w:t xml:space="preserve">
 8,17 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Филология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15289,87 +15641,87 @@
               <w:t xml:space="preserve">
 1,62 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экология первый курс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15379,87 +15731,87 @@
               <w:t xml:space="preserve">
 4,62 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5060" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экология второй курс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15469,282 +15821,281 @@
               <w:t xml:space="preserve">
 1,93 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * для определения значения Р за основу берется размер МРП, установленный на 1 января 2022 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z262" w:id="284"/>
+    <w:bookmarkStart w:name="z262" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) S – норма расходов на текущее содержание и обслуживание учебных корпусов и общежития для обучающихся, из расчета на одного обучающегося в год принимается согласно следующему:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="1865"/>
+        <w:gridCol w:w="4531"/>
+        <w:gridCol w:w="5904"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аббревиатура, применяемая по тексту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид расхода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося в бакалавриате / магистратуре, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="1865" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 S</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов на текущее содержание и обслуживание учебных корпусов и общежития для обучающихся</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15754,282 +16105,281 @@
               <w:t>
 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * для определения значения S за основу берется размер МРП, установленный на 1 января 2022 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z263" w:id="285"/>
+    <w:bookmarkStart w:name="z263" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) U – норма расходов, связанных с приобретением учебно-методической литературы и научной литературы, из расчета на одного обучающегося в год принимается согласно следующему:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="2135"/>
+        <w:gridCol w:w="3786"/>
+        <w:gridCol w:w="6379"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аббревиатура, применяемая по тексту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид расхода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося в бакалавриате/ магистратуре, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 U</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов на приобретение учебно-методической, научной литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16039,282 +16389,281 @@
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * для определения значения U за основу берется размер МРП, установленный на 1 января 2022 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z264" w:id="286"/>
+    <w:bookmarkStart w:name="z264" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) А – норма расходов, связанных с приобретением основных средств и нематериальных активов на одного обучающегося в год принимается согласно следующему:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="2157"/>
+        <w:gridCol w:w="3313"/>
+        <w:gridCol w:w="6830"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аббревиатура, применяемая по тексту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид расхода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося в бакалавриате / магистратуре, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="2157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3313" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов на основных средств и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="6830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16324,355 +16673,354 @@
               <w:t xml:space="preserve">
 10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * для определения значения А за основу берется размер МРП, установленный на 1 января 2022 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z265" w:id="287"/>
+    <w:bookmarkStart w:name="z265" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) O – норма расходов, связанных с командированием и обучением обучающихся в КФ МГУ, из расчета на одного обучающегося в год принимается согласно следующему:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1624"/>
+        <w:gridCol w:w="2204"/>
+        <w:gridCol w:w="4236"/>
+        <w:gridCol w:w="4236"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аббревиатура, применяемая по тексту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид расхода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося в бакалавриате, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося в магистратуре, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 О</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов на обучение в КФ МГУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 284,74 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16682,355 +17030,354 @@
               <w:t>
 260</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * для определения значения О за основу берется размер МРП, установленный на 1 января 2022 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z266" w:id="288"/>
+    <w:bookmarkStart w:name="z266" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) M – норма расходов, связанных с медицинским страхованием обучающихся в КФ МГУ, из расчета на одного обучающегося в год принимается согласно следующему:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1704"/>
+        <w:gridCol w:w="1704"/>
+        <w:gridCol w:w="4446"/>
+        <w:gridCol w:w="4446"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аббревиатура, применяемая по тексту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид расхода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося в бакалавриате, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося в магистратуре, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 М</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов на медицинскую страховку</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 4,84 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17040,356 +17387,355 @@
               <w:t>
 7,43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * для определения значения М за основу берется размер МРП, установленный на 1 января 2022 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z267" w:id="289"/>
+    <w:bookmarkStart w:name="z267" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Кс – норма расходов, связанных с командированием обучающихся для обучения в КФ МГУ, из расчета на одного обучающегося в год принимается согласно следующему:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1512"/>
+        <w:gridCol w:w="2896"/>
+        <w:gridCol w:w="3946"/>
+        <w:gridCol w:w="3946"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1512" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аббревиатура, применяемая по тексту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вид расхода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося в бакалавриате, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на одного обучающегося в магистратуре, в МРП*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1512" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма командировочных расходов для обучающихся, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 89,18 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17399,123 +17745,123 @@
               <w:t>
 103,63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 транспортные расходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 20,87 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17525,123 +17871,123 @@
               <w:t>
 35,63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="2896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 проживание в общежитии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 68,31 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="3946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17651,70 +17997,70 @@
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * для определения значения Кс за основу берется размер МРП, установленный на 1 января 2022 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z268" w:id="290"/>
+    <w:bookmarkStart w:name="z268" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) объем подушевого нормативного финансирования высшего и (или) послевузовского образования с учетом кредитной технологии обучения (Vk) определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Vk = ∑ (Kr * N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -17801,70 +18147,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и (или) послевузовским образованием.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров объем подушевого нормативного финансирования с учетом кредитной технологии обучения определяется путем суммирования объемов подушевого нормативного финансирования с учетом кредитной технологии обучения по направлениям подготовки кадров и уровням образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z269" w:id="291"/>
+    <w:bookmarkStart w:name="z269" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) N cred – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и (или) послевузовским образованием рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkEnd w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -17977,91 +18323,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z314" w:id="292"/>
+    <w:bookmarkStart w:name="z314" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Расчет объема подушевого нормативного финансирования и норматива подушевого финансирования для организаций высшего и (или) послевузовского образования, созданных по решению уполномоченного органа в области науки и высшего образования на основании международных договоров на территории Республики Казахстан по программам зарубежных организаций высшего и послевузовского образования, производится по следующим формулам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z315" w:id="293"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z315" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Vпф – годовой объем подушевого нормативного финансирования высшего и послевузовского образования (бакалавриат и магистратура) рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z316" w:id="294"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z316" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -18136,232 +18482,232 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z317" w:id="295"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z317" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z318" w:id="296"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z318" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив подушевого финансирования на одного обучающегося в год в бакалавриате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z319" w:id="297"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z319" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив подушевого финансирования на одного обучающегося в год в магистратуре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z320" w:id="298"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z320" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – среднегодовой контингент обучающихся в бакалавриате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z321" w:id="299"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z321" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – среднегодовой контингент обучающихся в магистратуре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z322" w:id="300"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z322" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -18376,52 +18722,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, рассчитываются по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z323" w:id="301"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z323" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -18436,432 +18782,522 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = число обучающихся на начало года + 1/3 приема на обучение – 1/2 ожидаемого выпуска обучающихся – ожидаемый отсев обучающихся + ожидаемое прибытие обучающихся;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z324" w:id="302"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z324" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров объем подушевого нормативного финансирования определяется суммарно, исходя из подушевого норматива финансирования на одного обучающегося по направлениям подготовки кадров и уровням образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z325" w:id="303"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z325" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год в бакалавриате / магистратуре состоит из суммы норматива расходов, приходящихся на обучение в Республике Казахстан (далее – РК) и на обучение в Российской Федерации (далее – РФ), рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z326" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
         <w:t>b/m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год в бакалавриате / магистратуре состоит из суммы норматива расходов, приходящихся на обучение в Республике Казахстан (далее – РК) и на обучение в Российской Федерации (далее – РФ), рассчитывается по следующей формуле:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z326" w:id="304"/>
+        <w:t xml:space="preserve"> = N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>+ N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>mrus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z327" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z328" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b/m</w:t>
-[...19 lines deleted...]
-        <w:t>b/m</w:t>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>+ N</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z328" w:id="306"/>
+        <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате / магистратуре в РК рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z329" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b/m kz</w:t>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z329" w:id="307"/>
+        <w:t>b/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = F + K + S + U + А;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z330" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b/m</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z330" w:id="308"/>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>rus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате / магистратуре в РФ рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z331" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b/m rus</w:t>
-[...39 lines deleted...]
-        <w:t>b/m rus</w:t>
+        <w:t xml:space="preserve">b/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>rus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = O + K</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + М;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z332" w:id="310"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z332" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) F – общий годовой фонд оплаты труда персонала: административно-управленческого (далее - АУП), профессорско-преподавательского (далее - ППС) и учебно-вспомогательного персонала (далее - УВП) в расчете на одного обучающегося в год и рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z333" w:id="311"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z333" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       F = Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -18876,832 +19312,1072 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + Q,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z334" w:id="312"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z334" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Т – годовой фонд оплаты труда АУП и ППС в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z335" w:id="313"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z335" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>ппс/ауп</w:t>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн ппс/ауп</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп ппс/ауп</w:t>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z336" w:id="314"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z336" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z337" w:id="315"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z337" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн ппс/ауп</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП и ППС без учета компенсационных выплат рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z338" w:id="316"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z338" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн ппс</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 12 * W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * sno * mp * mv1,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z339" w:id="317"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z339" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн ауп</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 12 * W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * sno * mp * mv2,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z340" w:id="318"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z340" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>комп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой объем расходов на выплату пособий на оздоровление к ежегодному оплачиваемому трудовому отпуску работников рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z341" w:id="319"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z341" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп ппс</w:t>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ДО * sno * mp * mv1,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z342" w:id="320"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z342" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп ауп</w:t>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = БДО * f * sno * mp * mv2,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z343" w:id="321"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z343" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z344" w:id="322"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z344" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>ппс/ауп</w:t>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фонд оплаты труда ППС и АУП в месяц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z345" w:id="323"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z345" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12 – количество месяцев в году для перехода от расчета нормативных затрат в месяц к расчету нормативных затрат в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z346" w:id="324"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z346" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       sno – коэффициент социального налога и социальных отчислений: на 2023-2024 годы – 1,0836;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z347" w:id="325"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z347" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2025 и последующие годы – 1,0968;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z348" w:id="326"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z348" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       mp – коэффициент отчислений работодателя в фонд обязательного медицинского страхования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z349" w:id="327"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z349" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2023 год – 1,03;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z350" w:id="328"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z350" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2024 год – 1,045;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z351" w:id="329"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z351" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2025 год – 1,055;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z352" w:id="330"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z352" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2026 года – 1,065;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z353" w:id="331"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z353" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2027 год – 1,075;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z354" w:id="332"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z354" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2028 и последующие годы – 1,08;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z355" w:id="333"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z355" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Wппс / ауп – месячный фонд оплаты труда ППС и АУП рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z356" w:id="334"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z356" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ДО + (БДО * u),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z357" w:id="335"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z357" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = БДО * f,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z358" w:id="336"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z358" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q – годовой фонд оплаты труда УВП на одного обучающегося в год рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z359" w:id="337"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z359" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q = Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -19716,1929 +20392,1871 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>комп.увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z360" w:id="338"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z360" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z361" w:id="339"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z361" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>осн.увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда УВП без компенсационных выплат рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z362" w:id="340"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z362" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>осн.увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 12 * Wувп * sno * mp * mv3,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z363" w:id="341"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z363" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z364" w:id="342"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z364" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Wувп – месячный фонд оплаты труда УВП рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z365" w:id="343"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z365" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Wувп = БДО * q,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z366" w:id="344"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z366" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Qкомп.увп – годовой объем расходов на выплату пособия на оздоровление к ежегодному трудовому отпуску рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z367" w:id="345"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z367" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>комп.увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = БДО * q * sno * mp * mv3,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z368" w:id="346"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z368" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где коэффициенты к вышеуказанным формулам приведены ниже в таблице:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="5233"/>
+        <w:gridCol w:w="3792"/>
+        <w:gridCol w:w="3275"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5233" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z369" w:id="347"/>
+          <w:bookmarkStart w:name="z369" w:id="269"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="347"/>
+          <w:bookmarkEnd w:id="269"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Казахстанский филиал "Российский государственный университет нефти и газа имени И.М. Губкина"</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(далее – КФ РГУ им. И.М. Губкина)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Казахстанский филиал "Национальный исследовательский ядерный университет "МИФИ"</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(далее – КФ НИЯУ МИФИ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5233" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z373" w:id="348"/>
+          <w:bookmarkStart w:name="z373" w:id="270"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>mv1 – коэффициент соотношения среднего количества обучающихся, приходящихся на одного преподавателя:</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в бакалавриате;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в магистратуре;</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="270"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,125</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1226</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0,1273</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5233" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z377" w:id="349"/>
+          <w:bookmarkStart w:name="z377" w:id="271"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>mv2 - коэффициент соотношения среднего количество обучающихся, приходящихся на одного работника АУП:</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в бакалавриате;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в магистратуре;</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="271"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0339</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0209</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0,0182</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5233" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z381" w:id="350"/>
+          <w:bookmarkStart w:name="z381" w:id="272"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>mv3 - коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника УВП:</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в бакалавриате;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в магистратуре;</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="272"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0313</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0287</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0,0182</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5233" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z385" w:id="351"/>
+          <w:bookmarkStart w:name="z385" w:id="273"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>коэффициент исчисления должностного оклада ППС применяется для определения должностного оклада в месяц путем умножения его на базовый должностной оклад (БДО)</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="351"/>
+          <w:bookmarkEnd w:id="273"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,5674</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,7408</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5233" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z389" w:id="352"/>
+          <w:bookmarkStart w:name="z389" w:id="274"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>f – коэффициент удельного веса заработной платы АУП в заработной плате ППС</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="352"/>
+          <w:bookmarkEnd w:id="274"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19,78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5233" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z393" w:id="353"/>
+          <w:bookmarkStart w:name="z393" w:id="275"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>u – коэффициент доплаты за ученую степень</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="353"/>
+          <w:bookmarkEnd w:id="275"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,576</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="5233" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z397" w:id="354"/>
+          <w:bookmarkStart w:name="z397" w:id="276"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>q – коэффициент удельного веса заработной платы УВП в заработной плате ППС</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="354"/>
+          <w:bookmarkEnd w:id="276"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3792" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9,89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="3275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11,73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z401" w:id="355"/>
+    <w:bookmarkStart w:name="z401" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) K – норма расходов, связанных с командированием ППС и АУП с целью организации и проведения образовательного процесса, из расчета на одного обучающегося в год:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z402" w:id="356"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z402" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       по программам бакалавриата: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z403" w:id="357"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z403" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для КФ РГУ им. И.М. Губкина – 32,06 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z404" w:id="358"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z404" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для КФ НИЯУ МИФИ – 33,95 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z405" w:id="359"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z405" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по программам магистратуры:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z406" w:id="360"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z406" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для КФ НИЯУ МИФИ – 63,83 МРП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z407" w:id="361"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z407" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) S – норма расходов на текущее содержание из расчета на одного обучающегося в год (S):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z408" w:id="362"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z408" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       по программам бакалавриата: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z409" w:id="363"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z409" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для КФ РГУ им. И.М. Губкина – 30,93 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z410" w:id="364"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z410" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для КФ НИЯУ МИФИ – 32,04 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z411" w:id="365"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z411" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по программам магистратуры:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z412" w:id="366"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z412" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для КФ НИЯУ МИФИ – 23,84 МРП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z413" w:id="367"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z413" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) U – норма расходов на приобретение учебно-методической литературы и научной литературы из расчета на одного обучающегося в год – 5 МРП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z414" w:id="368"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z414" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) А – норма расходов на приобретение основных средств и нематериальных активов из расчета на одного обучающегося в год - 10 МРП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z415" w:id="369"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z415" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Расходы, связанные с проживанием и обучением студентов в организациях высшего и послевузовского образования РФ (далее – ВиПО), из расчета на одного обучающегося в год принимается согласно следующего:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="257"/>
+        <w:gridCol w:w="1924"/>
+        <w:gridCol w:w="2570"/>
+        <w:gridCol w:w="2570"/>
+        <w:gridCol w:w="2570"/>
+        <w:gridCol w:w="2409"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="257" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z416" w:id="370"/>
+          <w:bookmarkStart w:name="z416" w:id="292"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аббревиатура</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="370"/>
+          <w:bookmarkEnd w:id="292"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1924" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -21736,1151 +22354,1158 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на 1-ого обучающегося в бакалавриате, в МРП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на 1-ого обучающегося в магистратуре, в МРП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на 1-ого обучающегося в бакалавриате, в МРП</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов в год на 1-ого обучающегося в магистратуре в МРП</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z428" w:id="371"/>
+          <w:bookmarkStart w:name="z428" w:id="293"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>О</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="371"/>
+          <w:bookmarkEnd w:id="293"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов на обучение в орг-ях ВиПО г. Москва</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 154,41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 143,72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 156,56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z435" w:id="372"/>
+          <w:bookmarkStart w:name="z435" w:id="294"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="372"/>
+          <w:bookmarkEnd w:id="294"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов на медицинскую страховку</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z442" w:id="373"/>
+          <w:bookmarkStart w:name="z442" w:id="295"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кс</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="373"/>
+          <w:bookmarkEnd w:id="295"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Норма расходов на проживание и транспортные расходы студентов:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50,09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36,07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="257" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1924" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 207,66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 165,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 195,93</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z456" w:id="374"/>
+    <w:bookmarkStart w:name="z456" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       МРП – месячный расчетный показатель, установленный по состоянию на 1 января 2023 года; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
-    <w:bookmarkStart w:name="z457" w:id="375"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z457" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) объем подушевого нормативного финансирования высшего и послевузовского образования с учетом кредитной технологии обучения (Vk) определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
-    <w:bookmarkStart w:name="z458" w:id="376"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z458" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -22895,271 +23520,271 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ∑ (K * N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * Конт),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
-    <w:bookmarkStart w:name="z459" w:id="377"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z459" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="377"/>
-    <w:bookmarkStart w:name="z460" w:id="378"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z460" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       K – планируемое годовое количество кредитов на одного обучающегося;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="378"/>
-    <w:bookmarkStart w:name="z461" w:id="379"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z461" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z462" w:id="380"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z462" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров объем подушевого нормативного финансирования с учетом кредитной технологии обучения определяется путем суммирования объемов подушевого нормативного финансирования с учетом кредитной технологии обучения по направлениям подготовки кадров и уровням образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-    <w:bookmarkStart w:name="z463" w:id="381"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z463" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="381"/>
-    <w:bookmarkStart w:name="z464" w:id="382"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z464" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = N /60,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="382"/>
-    <w:bookmarkStart w:name="z465" w:id="383"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z465" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="383"/>
-    <w:bookmarkStart w:name="z466" w:id="384"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z466" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60 – расчетный среднегодовой показатель количества академических кредитов, определенный в соответствии с ГОСО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkEnd w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23178,111 +23803,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z529" w:id="385"/>
+    <w:bookmarkStart w:name="z529" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Расчет объема подушевого нормативного финансирования и подушевой норматив финансирования для организаций высшего и (или) послевузовского образования по программам двойного диплома, реализуемых в рамках филиала с организациями высшего и (или) послевузовского образования Соединенного Королевства Великобритании и Северной Ирландии, входящих в состав "Russel Group", созданных по решению уполномоченного органа в области науки и высшего образования, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="385"/>
-    <w:bookmarkStart w:name="z530" w:id="386"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z530" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пф</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования высшего и послевузовского образования (бакалавриат) рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="386"/>
-    <w:bookmarkStart w:name="z531" w:id="387"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z531" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -23317,272 +23942,272 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="387"/>
-    <w:bookmarkStart w:name="z532" w:id="388"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z532" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-    <w:bookmarkStart w:name="z533" w:id="389"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z533" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив подушевого финансирования на одного обучающегося в год в бакалавриате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="389"/>
-    <w:bookmarkStart w:name="z534" w:id="390"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z534" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – среднегодовой контингент обучающихся в бакалавриате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="390"/>
-    <w:bookmarkStart w:name="z535" w:id="391"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z535" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> рассчитываются по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="391"/>
-    <w:bookmarkStart w:name="z536" w:id="392"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z536" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = число обучающихся на начало года + 1/3 приема на обучение – 1/2 ожидаемого выпуска обучающихся – ожидаемый отсев обучающихся + ожидаемое прибытие обучающихся.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="392"/>
-    <w:bookmarkStart w:name="z537" w:id="393"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z537" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год в бакалавриате состоит из суммы норматива расходов, приходящихся на обучение в Республике Казахстан (далее – РК) и на обучение в Соединенном Королевстве Великобритании и Северной Ирландии, рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="393"/>
-    <w:bookmarkStart w:name="z538" w:id="394"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z538" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -23637,298 +24262,358 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>bUK</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="394"/>
-    <w:bookmarkStart w:name="z539" w:id="395"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z539" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="395"/>
-    <w:bookmarkStart w:name="z540" w:id="396"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z540" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>bKz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате в РК рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="396"/>
-    <w:bookmarkStart w:name="z541" w:id="397"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z541" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b Kz</w:t>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>Kz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = F,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="397"/>
-    <w:bookmarkStart w:name="z542" w:id="398"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z542" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b UK</w:t>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UK</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате в Великобритании рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="398"/>
-    <w:bookmarkStart w:name="z543" w:id="399"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z543" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b UK</w:t>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UK</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>UK</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-    <w:bookmarkStart w:name="z544" w:id="400"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z544" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) F – общий годовой фонд оплаты труда персонала: профессорско-педагогического состава (далее – ППС), административно-управленческого (далее – АУП) и учебно-вспомогательного персонала (далее – УВП) в расчете на одного обучающегося в год и рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="400"/>
-    <w:bookmarkStart w:name="z545" w:id="401"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z545" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       F = Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>in ппс</w:t>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr.ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -23957,92 +24642,112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
-    <w:bookmarkStart w:name="z546" w:id="402"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z546" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.1) Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>in ппс</w:t>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда иностранного ППС в расчете на одного обучающегося в год рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z547" w:id="403"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z547" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -24104,631 +24809,731 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>in 1</w:t>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z548" w:id="404"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z548" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z549" w:id="405"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z549" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12 – количество месяцев в году для перехода от расчета нормативных затрат в месяц к расчету нормативных затрат в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z550" w:id="406"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z550" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       W </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in.ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фонд оплаты труда иностранного ППС в месяц рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z551" w:id="407"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z551" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>. ппс</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ДО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>. ппс</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z552" w:id="408"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z552" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z553" w:id="409"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z553" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ДО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. – должностной оклад иностранного преподавателя, определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z554" w:id="410"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z554" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ДО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. = 155,9586 * БДО,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z555" w:id="411"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z555" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155,9586 - коэффициент исчисления должностного оклада иностранного ППС к базовому должностному окладу (БДО);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z556" w:id="412"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z556" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       sno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. – коэффициент социального налога для фонда оплаты труда иностранного ППС, составляет – 1,095;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z557" w:id="413"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z557" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>vin.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного иностранного ППС, составляет – 0,011111;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z558" w:id="414"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z558" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr.ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда прочего ППС в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z559" w:id="415"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z559" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr.ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Т </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн. ппс</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + Т </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп. ппс</w:t>
+        <w:t xml:space="preserve">комп. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z560" w:id="416"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z560" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z561" w:id="417"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z561" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн. ппс</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда прочего ППС без учета компенсационных выплат рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z562" w:id="418"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z562" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн. ппс</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 12 * W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr.ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -24757,118 +25562,158 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + gpo) * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z563" w:id="419"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z563" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп. ппс</w:t>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой объем расходов на выплату пособий на оздоровление к ежегодному оплачиваемому трудовому отпуску прочего ППС рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z564" w:id="420"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z564" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп. ппс</w:t>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ДО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -24897,311 +25742,391 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + gpo) * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z565" w:id="421"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z565" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z566" w:id="422"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z566" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>pr ппс</w:t>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фонд оплаты труда прочего ППС в месяц рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z567" w:id="423"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z567" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>pr ппс</w:t>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ДО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>pr ппс</w:t>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z568" w:id="424"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z568" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ДО pr ппс – должностной оклад прочего ППС, определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-    <w:bookmarkStart w:name="z569" w:id="425"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z569" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ДО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>pr ппс</w:t>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 49,1609 * БДО,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="425"/>
-    <w:bookmarkStart w:name="z570" w:id="426"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z570" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z571" w:id="427"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z571" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49,1609 – коэффициент исчисления должностного оклада прочего ППС к базовому должностному окладу (БДО);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="427"/>
-    <w:bookmarkStart w:name="z572" w:id="428"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z572" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       sno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – коэффициент социального налога и социальных отчислений, отчислений работодателя в фонд обязательного медицинского страхования и обязательных пенсионных взносов, составляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkEnd w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2024 год – 1,125;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25248,317 +26173,397 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2027 год –1,1682;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2028 и последующие годы – 1,1732;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z573" w:id="429"/>
+    <w:bookmarkStart w:name="z573" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       gpo – коэффициент, определяющий объем платежей на обязательное страхование работников от несчастных случаев, составляет – 0,0026;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="429"/>
-    <w:bookmarkStart w:name="z574" w:id="430"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z574" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного прочего ППС, составляет для бакалавриата – 0,027778;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="430"/>
-    <w:bookmarkStart w:name="z575" w:id="431"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z575" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.2) Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП в расчете на одного обучающегося в год рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-    <w:bookmarkStart w:name="z576" w:id="432"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z576" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн ауп</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп ауп</w:t>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="432"/>
-    <w:bookmarkStart w:name="z577" w:id="433"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z577" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z578" w:id="434"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z578" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн ауп</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП без учета компенсационных выплат, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z579" w:id="435"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z579" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн ауп</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 12 * W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -25587,318 +26592,358 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + gpo) * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z580" w:id="436"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z580" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z581" w:id="437"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z581" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фонд оплаты труда АУП в месяц рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z582" w:id="438"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z582" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = БДО * f,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z583" w:id="439"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z583" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z584" w:id="440"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z584" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       f – коэффициент удельного веса заработной платы АУП в заработной плате общего ППС и составляет – 35,83477;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z585" w:id="441"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z585" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для исчисления удельного веса заработной платы АУП, УВП в заработной плате общего ППС применяется коэффициент исчисления должностного оклада общего ППС, равный 79,67;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z586" w:id="442"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z586" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника АУП, составляет для бакалавриата – 0,016667;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z587" w:id="443"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z587" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп ауп</w:t>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой объем расходов на выплату пособия на оздоровление к ежегодному трудовому отпуску АУП, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z588" w:id="444"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z588" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп ауп</w:t>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = БДО*f * (sno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -25907,258 +26952,338 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + gpo) * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z589" w:id="445"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z589" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.3) Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда УВП на одного обучающегося в год рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z590" w:id="446"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z590" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн увп</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп увп</w:t>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z591" w:id="447"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z591" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z592" w:id="448"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z592" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн увп</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда УВП без компенсационных выплат, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z593" w:id="449"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z593" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>осн увп</w:t>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 12 * W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -26187,298 +27312,338 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + gpo) * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z594" w:id="450"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z594" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z595" w:id="451"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z595" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фонд оплаты труда УВП в месяц, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z596" w:id="452"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z596" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = БДО * с,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z597" w:id="453"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z597" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z598" w:id="454"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z598" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       c – коэффициент удельного веса заработной платы УВП в заработной плате общего ППС и составляет – 16,9511;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z599" w:id="455"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z599" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника УВП, составляет для бакалавриата – 0,011111;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z600" w:id="456"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z600" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп увп</w:t>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой объем расходов на выплату пособия на оздоровление к ежегодному трудовому отпуску УВП, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z601" w:id="457"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z601" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>комп увп</w:t>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = БДО * c * (sno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -26487,8804 +27652,10344 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>+gpo) * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z602" w:id="458"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z602" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) O – норма расходов, связанных с обучением студентов в организации высшего и послевузовского образования Великобритании из расчета на одного обучающегося в год, составляет - 1 108,64 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z603" w:id="459"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z603" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       МРП – месячный расчетный показатель, установленный по состоянию на 1 января 2024 года; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z604" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет расходов, связанных с обучением в Великобритании, произведен в национальной валюте Республики Казахстан в эквиваленте 553,12 тенге за 1 фунт стерлингов Соединенного Королевства по курсу Национального Банка Республики Казахстан, установленному на 30 апреля 2024 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z605" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) объем подушевого нормативного финансирования высшего и послевузовского образования с учетом кредитной технологии обучения (Vk) определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z606" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ∑ (Cred * N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Конт),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z607" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z608" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cred – планируемое годовое количество кредитов на одного обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z609" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z610" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров, объем подушевого нормативного финансирования с учетом кредитной технологии обучения определяется путем суммирования объемов подушевого нормативного финансирования с учетом кредитной технологии обучения по направлениям подготовки кадров и уровням образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z611" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z612" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = N /60,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z613" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z614" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60 – расчетный среднегодовой показатель количества академических кредитов, определенный в соответствии с ГОСО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 9 в соответствии с приказом Министра науки и высшего образования РК от 23.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z615" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Расчет объема подушевого нормативного финансирования и подушевой норматив финансирования для организаций высшего и (или) послевузовского образования по совместным образовательным программам, реализуемых в рамках филиала зарубежной организаций высшего и (или) послевузовского образования города Гонконг (Китайская Народная Республика), созданного по решению уполномоченного органа в области науки и высшего образования с получением двойного диплома, рассчитываются по следующим формулам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z616" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>пф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования высшего и послевузовского образования (бакалавриат и магистратура) рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z617" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>пф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ∑ (N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) + ∑ (N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z618" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z619" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив подушевого финансирования на одного обучающегося в год в бакалавриате / магистратуре;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z620" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – среднегодовой контингент обучающихся в бакалавриате/ магистратуре, рассчитываются по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z621" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = число обучающихся на начало года + 1/3 приема на обучение – 1/2 ожидаемого выпуска обучающихся – ожидаемый отсев обучающихся + ожидаемое прибытие обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z622" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год в бакалавриате / магистратуре состоит из суммы нормативов расходов, приходящихся на обучение в Республике Казахстан (далее – РК) и на обучение в г. Гонконг (Китайская Народная Республика), рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z623" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>hk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z624" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z625" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате /магистратуре в РК рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z626" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = F,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z627" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>hk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате /магистратуре в г. Гонконг рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z628" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>hk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = O,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z629" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) F – общий годовой фонд оплаты труда персонала: профессорско-педагогического состава (далее – ППС), административно-управленческого персонала (далее – АУП) и учебно-вспомогательного персонала (далее – УВП) в расчете на одного обучающегося в год и рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z630" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      F = Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z631" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1) Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда иностранного ППС в расчете на одного обучающегося в год рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z632" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z633" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z634" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12 – количество месяцев в году для перехода от расчета нормативных затрат в месяц к расчету нормативных затрат в год;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z635" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда иностранного ППС в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z636" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z637" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 103,3521 * БДО,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z638" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z639" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103,3521 – коэффициент исчисления должностного оклада иностранного ППС к базовому должностному окладу (БДО);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z640" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент социального налога для фонда оплаты труда иностранного ППС, составляет – 1,095;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z641" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного иностранного ППС, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z642" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 0,01;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z643" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 0,025;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z644" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда прочего ППС в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z645" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z646" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z647" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда прочего ППС без учета компенсационных выплат рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z648" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z649" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой объем расходов на выплату пособий на оздоровление к ежегодному оплачиваемому трудовому отпуску прочего ППС рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z650" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z651" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z652" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда прочего ППС в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z653" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z654" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад прочего ППС, определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z655" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 30,1369 * БДО,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z656" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z657" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30,1369 – коэффициент исчисления должностного оклада прочего ППС к базовому должностному окладу (БДО);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z658" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      snopr – коэффициент социального налога и социальных отчислений, отчислений работодателя в фонд обязательного медицинского страхования и обязательных пенсионных взносов, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2024 год – 1,1286;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2025 год – 1,1518;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2026 год – 1,1618;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2027 год – 1,1718;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2028 и последующие годы – 1,1768;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z659" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      gpo – коэффициент, определяющий объем платежей на обязательное страхование работников от несчастных случаев, составляет – 0,0029;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z660" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mvpr1 – коэффициент соотношения среднего количества обучающихся, приходящихся на одного прочего ППС, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z661" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 0,0275;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z662" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 0,0250;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z663" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2) Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z664" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z665" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z666" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП без учета компенсационных выплат, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z667" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z668" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z669" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда АУП в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z670" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * f,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z671" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z672" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      f – коэффициент удельного веса заработной платы АУП в заработной плате общего ППС и составляет – 36,1643;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z673" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для исчисления удельного веса заработной платы АУП, УВП в заработной плате общего ППС применяется коэффициент исчисления должностного оклада общего ППС, равный - 51,6708;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z674" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника АУП, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z675" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 0,0100;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z676" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 0,0250;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z677" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой объем расходов на выплату пособия на оздоровление к ежегодному трудовому отпуску АУП, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z678" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 2 * МЗП * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z679" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      МЗП – минимальная заработная плата, установленная по состоянию на 1 января 2024 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z680" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.3) Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда УВП на одного обучающегося в год рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z681" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z604" w:id="460"/>
-[...15 lines deleted...]
-      Расчет расходов, связанных с обучением в Великобритании, произведен в национальной валюте Республики Казахстан в эквиваленте 553,12 тенге за 1 фунт стерлингов Соединенного Королевства по курсу Национального Банка Республики Казахстан, установленному на 30 апреля 2024 года;</w:t>
+    <w:bookmarkStart w:name="z682" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z605" w:id="461"/>
-[...15 lines deleted...]
-      5) объем подушевого нормативного финансирования высшего и послевузовского образования с учетом кредитной технологии обучения (Vk) определяется по формуле:</w:t>
+    <w:bookmarkStart w:name="z683" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда УВП без компенсационных выплат, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z606" w:id="462"/>
+    <w:bookmarkStart w:name="z684" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z685" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z686" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда УВП в месяц, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z687" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * с,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z688" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z689" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      c – коэффициент удельного веса заработной платы УВП в заработной плате общего ППС и составляет – 14,1267;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z690" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника УВП, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z691" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 0,0075;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z692" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 0,0250;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z693" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой объем расходов на выплату пособия на оздоровление к ежегодному трудовому отпуску УВП, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z694" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 2 * МЗП * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>+gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z695" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) O – норма расходов, связанных с обучением студентов в организации высшего и послевузовского образования г. Гонконг из расчета на одного обучающегося в год, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z696" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 1225,1354 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z697" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 1585,0190 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z698" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      МРП – месячный расчетный показатель, установленный по состоянию на 1 января 2024 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z699" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет расходов, связанных с обучением в г. Гонконг, произведен в национальной валюте Республики Казахстан в эквиваленте 56,54 тенге за 1 гонконгский доллар по курсу Национального Банка Республики Казахстан, установленному на 29 мая 2024 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z700" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Объем подушевого нормативного финансирования высшего и послевузовского образования с учетом кредитной технологии обучения (Vk) определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z701" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Vk = ∑ (Cred * N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Конт),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z702" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z703" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cred – планируемое годовое количество кредитов на одного обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z704" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z705" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров, объем подушевого нормативного финансирования с учетом кредитной технологии обучения определяется путем суммирования объемов подушевого нормативного финансирования с учетом кредитной технологии обучения по направлениям подготовки кадров и уровням образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z706" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z707" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = N / 60,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z708" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z709" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60 – расчетный среднегодовой показатель количества академических кредитов, определенный в соответствии с ГОСО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 10 в соответствии с приказом Министра науки и высшего образования РК от 23.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 495</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z710" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Расчет объема подушевого нормативного финансирования и подушевой норматив финансирования для организаций высшего и (или) послевузовского образования по программам двойного диплома, реализуемых в рамках филиала зарубежной организации высшего и (или) послевузовского образования Федеративной Республики Германия, созданных по решению уполномоченного органа в области науки и высшего образования, рассчитываются по следующим формулам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z711" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>пф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования высшего и послевузовского образования (бакалавриат и магистратура) рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z712" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>k</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> = ∑ (Cred * N</w:t>
+        <w:t>пф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ∑ (N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) + ∑ (N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z713" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z714" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив подушевого финансирования на одного обучающегося в год в бакалавриате / магистратуре;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z715" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – среднегодовой контингент обучающихся в бакалавриате/ магистратуре, рассчитываются по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z716" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = число обучающихся на начало года + 1/3 приема на обучение – 1/2 ожидаемого выпуска обучающихся – ожидаемый отсев обучающихся + ожидаемое прибытие обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z717" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год в бакалавриате/магистратуре состоит из суммы норматива расходов, приходящихся на обучение в Республике Казахстан (далее – РК) и на обучение в Федеративной Республике Германия (далее – ФРГ), рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z718" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b / m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b/m ger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z719" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z720" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате/ магистратуре в РК рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z721" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = F + K + А,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z722" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате в ФРГ рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z723" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ger</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = O + K</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z724" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) F – общий годовой фонд оплаты труда персонала: профессорско-педагогического состава (далее – ППС), административно-управленческого персонала (далее – АУП), учебно-вспомогательного персонала (далее – УВП) в расчете на одного обучающегося в год и рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z725" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      F = Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1) Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда иностранного ППС в расчете на одного обучающегося в год рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z726" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z727" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12 – количество месяцев в году для перехода от расчета нормативных затрат в месяц к расчету нормативных затрат в год;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z728" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда иностранного ППС в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z729" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад иностранного преподавателя, определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 146,892643 * БДО,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z730" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z731" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      146,892643 - коэффициент исчисления должностного оклада иностранного ППС к базовому должностному окладу (БДО);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z732" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент социального налога для фонда оплаты труда иностранного ППС, составляет – 1,095;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z733" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного иностранного ППС, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z734" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 0,017708;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z735" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 0,016667;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z736" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2) Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда прочего ППС в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z737" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z738" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z739" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - годовой фонд оплаты труда прочего ППС без учета компенсационных выплат рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z740" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z741" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - годовой объем расходов на выплату пособий на оздоровление к ежегодному оплачиваемому трудовому отпуску прочего ППС рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z742" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z743" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z744" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - фонд оплаты труда прочего ППС в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z745" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z746" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад прочего ППС, определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z747" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 47,6858 * БДО,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z748" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z749" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47,6858 – коэффициент исчисления должностного оклада прочего ППС к базовому должностному окладу (БДО);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z750" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент социального налога и социальных отчислений, отчислений работодателя в фонд обязательного медицинского страхования и обязательных пенсионных взносов для фонда оплаты труда прочего ППС, АУП, УВП, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2024 год – 1,1256;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2025 год – 1,1488;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2026 год –1,1588;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2027 год –1,1688;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2028 и последующие годы – 1,1738;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z751" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      gpo – коэффициент, определяющий объем платежей на обязательное страхование работников от несчастных случаев, составляет – 0,00261;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z752" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного прочего ППС, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z753" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата - 0,041667;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z754" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 0,044444;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z755" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.3) Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z756" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z757" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z758" w:id="536"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП без учета компенсационных выплат, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z759" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z760" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z761" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда АУП в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z762" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * f,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z763" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z764" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      f – коэффициент удельного веса заработной платы АУП в заработной плате общего ППС и составляет – 60,4133;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z765" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для исчисления удельного веса заработной платы АУП, УВП в заработной плате общего ППС применяется коэффициент исчисления должностного оклада общего ППС, равного:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z766" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО = 76,8643 * БДО,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z767" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количество обучающихся, приходящихся на одного работника АУП, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z768" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 0,005208;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z769" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 0,005556;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z770" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой объем расходов на выплату пособия на оздоровление к ежегодному трудовому отпуску АУП, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z771" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * f * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z772" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.4) Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда УВП на одного обучающегося в год рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z773" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z774" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z775" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда УВП без компенсационных выплат, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z776" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z777" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z778" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - фонд оплаты труда УВП в месяц, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z779" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * с,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z780" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z781" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      c – коэффициент удельного веса заработной платы УВП в заработной плате общего ППС и составляет – 17,649;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z782" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника УВП, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z783" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 0,001042;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z784" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой объем расходов на выплату пособия на оздоровление к ежегодному трудовому отпуску УВП, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z785" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * с * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>+gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z786" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) K – норма расходов, связанных с командированием ППС с целью проведения образовательного процесса, из расчета на одного обучающегося в год, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z787" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 14,996075 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z788" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 11,5236 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z789" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) A – норма расходов, связанных с приобретением основных средств и нематериальных активов на одного обучающегося в год, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z790" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 64 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z791" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) O – норма расходов, связанных с обучением студентов в организации высшего и послевузовского образования ФРГ из расчета на одного обучающегося в год, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z792" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 97,611728 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z793" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 258,9965 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z794" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Кс – норма расходов, связанных с командированием студентов с целью получения образования (проживание + транспортные расходы в ФРГ), из расчета на одного обучающегося в год, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z795" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата – 164,4764 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z796" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 328,9527 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z797" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      МРП – месячный расчетный показатель, установленный по состоянию на 1 января 2024 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z798" w:id="576"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет расходов, связанных с обучением в ФРГ, произведен в национальной валюте Республики Казахстан в эквиваленте 480,51 тенге за 1 евро по курсу Национального Банка Республики Казахстан, установленному на 20 мая 2024 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z799" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Объем подушевого нормативного финансирования высшего и послевузовского образования с учетом кредитной технологии обучения (Vk) определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z800" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Vk = ∑ (Cred * N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * Конт),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z607" w:id="463"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z801" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-    <w:bookmarkStart w:name="z608" w:id="464"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z802" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Cred – планируемое годовое количество кредитов на одного обучающегося;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="464"/>
-    <w:bookmarkStart w:name="z609" w:id="465"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z803" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="465"/>
-    <w:bookmarkStart w:name="z610" w:id="466"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z804" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров, объем подушевого нормативного финансирования с учетом кредитной технологии обучения определяется путем суммирования объемов подушевого нормативного финансирования с учетом кредитной технологии обучения по направлениям подготовки кадров и уровням образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="466"/>
-[...26 lines deleted...]
-        <w:t>z cred</w:t>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z805" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z612" w:id="468"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z806" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>z cred</w:t>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = N /60,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z613" w:id="469"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z807" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-    <w:bookmarkStart w:name="z614" w:id="470"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z808" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60 – расчетный среднегодовой показатель количества академических кредитов, определенный в соответствии с ГОСО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkEnd w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 9 в соответствии с приказом Министра науки и высшего образования РК от 23.10.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 11 в соответствии с приказом Министра науки и высшего образования РК от 23.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 495</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z615" w:id="471"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z616" w:id="472"/>
+    <w:bookmarkStart w:name="z940" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Расчет объема подушевого нормативного финансирования и подушевой норматив финансирования организации высшего и (или) послевузовского образования ТОО "Иностранное учебное заведение "Coventry Kazakhstan", созданной по решению уполномоченного органа в области науки и высшего образования, осуществляются по следующим формулам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z941" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пф</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования высшего и послевузовского образования (бакалавриат и магистратура) рассчитывается по формуле:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z617" w:id="473"/>
+        <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования высшего и послевузовского образования (бакалавриат) рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z942" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пф</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> = ∑ (N</w:t>
+        <w:t xml:space="preserve"> = N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> * Конт</w:t>
+        <w:t xml:space="preserve"> * К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>онтb</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z943" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z944" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) + ∑ (N</w:t>
-[...4991 lines deleted...]
-      для магистратуры – 0,016667;</w:t>
+        <w:t xml:space="preserve"> – норматив подушевого финансирования на одного обучающегося в год в бакалавриате;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z736" w:id="592"/>
-[...2951 lines deleted...]
-    <w:bookmarkStart w:name="z945" w:id="670"/>
+    <w:bookmarkStart w:name="z945" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Конт </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – среднегодовой контингент обучающихся в бакалавриате и рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z946" w:id="671"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z946" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Конт </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = число обучающихся на начало года + 1/3 приема на обучение – 1/2 ожидаемого выпуска обучающихся – ожидаемый отсев обучающихся + ожидаемое прибытие обучающихся.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z947" w:id="672"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z947" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год в бакалавриате рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z948" w:id="673"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z948" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = F + K + A + X + S + L + О + I,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z949" w:id="674"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z949" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z950" w:id="675"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z950" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) F – общий годовой фонд оплаты труда персонала: профессорско-педагогического состава (далее – ППС), административно-управленческого (далее – АУП), учебно-вспомогательного персонала (далее – УВП) и обслуживающего персонала (далее – ОП) в расчете на одного обучающегося в год и рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z951" w:id="676"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z951" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       F = Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">ппс </w:t>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>+ Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -35353,52 +38058,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + Q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>оп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z952" w:id="677"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z952" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.1) Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -35413,52 +38118,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда иностранного ППС в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z953" w:id="678"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z953" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -35603,92 +38308,92 @@
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z954" w:id="679"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z954" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z955" w:id="680"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z955" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12 – количество месяцев в году для перехода от расчета нормативных затрат в месяц к расчету нормативных затрат в год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z956" w:id="681"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z956" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       W </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -35703,52 +38408,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фонд оплаты труда иностранного ППС в месяц рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z957" w:id="682"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z957" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       W </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -35803,172 +38508,182 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z958" w:id="683"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z958" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z959" w:id="684"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z959" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ДО </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. – должностной оклад иностранного преподавателя, определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z960" w:id="685"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z960" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ДО </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>in.</w:t>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 220,6024 * БДО,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z961" w:id="686"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z961" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220,6024 - коэффициент исчисления должностного оклада иностранного ППС к базовому должностному окладу (БДО);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z962" w:id="687"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z962" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       sno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -35983,52 +38698,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. – коэффициент социального налога для фонда оплаты труда иностранного ППС, составляет – 1,095;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z963" w:id="688"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z963" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -36043,112 +38758,122 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного иностранного ППС, составляет – 0,02275;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z964" w:id="689"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z964" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.2) Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">ппс </w:t>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">– годовой фонд оплаты труда прочего ППС в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z965" w:id="690"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z965" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -36190,75 +38915,85 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + gpo) * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>pr ппс1,</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z966" w:id="691"/>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ппс1,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z966" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z967" w:id="692"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z967" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       W </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -36273,152 +39008,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фонд оплаты труда прочего ППС в месяц рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z968" w:id="693"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z968" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       W </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>pr ппс</w:t>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ДО </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>pr ппс</w:t>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
-    <w:bookmarkStart w:name="z969" w:id="694"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z969" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ДО </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>pr ппс</w:t>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>– должностной оклад прочего ППС, определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z970" w:id="695"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z970" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ДО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -36433,332 +39228,342 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 161,594 * БДО,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z971" w:id="696"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z971" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z972" w:id="697"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z972" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161,594 – коэффициент исчисления должностного оклада прочего ППС к базовому должностному окладу (БДО);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z973" w:id="698"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z973" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       sno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – коэффициент социального налога и социальных отчислений, отчислений работодателя в фонд обязательного медицинского страхования и обязательных пенсионных взносов, составляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z974" w:id="699"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z974" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2024 год – 1,1079;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z975" w:id="700"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z975" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2025 год – 1,1311;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z976" w:id="701"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z976" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2026 год –1,1411;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z977" w:id="702"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z977" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2027 год –1,1511;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z978" w:id="703"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z978" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на 2028 и последующие годы – 1,1561;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z979" w:id="704"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z979" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       gpo – коэффициент, определяющий объем платежей на обязательное страхование работников от несчастных случаев, составляет – 0,000899;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z980" w:id="705"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z980" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       mv </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>pr ппс1</w:t>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ппс1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного прочего ППС, составляет для бакалавриата – 0,05525;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z981" w:id="706"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z981" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.3) Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z982" w:id="707"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z982" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Т </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -36813,292 +39618,292 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + gpo) * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z983" w:id="708"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z983" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z984" w:id="709"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z984" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       W </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фонд оплаты труда АУП в месяц рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z985" w:id="710"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z985" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       W </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = БДО * f,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z986" w:id="711"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z986" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z987" w:id="712"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z987" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       f – коэффициент удельного веса заработной платы АУП в заработной плате общего ППС и составляет – 66,4843;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z988" w:id="713"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z988" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для исчисления удельного веса заработной платы АУП, УВП в заработной плате общего ППС применяется коэффициент исчисления должностного оклада общего ППС, равный 178,8048;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z989" w:id="714"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z989" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>– коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника АУП, составляет для бакалавриата – 0,0175;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z990" w:id="715"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z990" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3.4) Q </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда УВП на одного обучающегося в год рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z991" w:id="716"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z991" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Q </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -37153,272 +39958,272 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + gpo) * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z992" w:id="717"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z992" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z993" w:id="718"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z993" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       W </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фонд оплаты труда УВП в месяц, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z994" w:id="719"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z994" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       W </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>увп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = БДО * с,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z995" w:id="720"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z995" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z996" w:id="721"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z996" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       c – коэффициент удельного веса заработной платы УВП в заработной плате общего ППС и составляет – 31,079;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z997" w:id="722"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z997" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника УВП, составляет для бакалавриата – 0,01;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z998" w:id="723"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z998" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3.5) Q </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>оп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой фонд оплаты труда ОП на одного обучающегося в год рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z999" w:id="724"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z999" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Q </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -37473,452 +40278,452 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + gpo) * mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z1000" w:id="725"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z1000" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z1001" w:id="726"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z1001" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       W </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>оп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – фонд оплаты труда ОП в месяц, рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z1002" w:id="727"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z1002" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       W </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>оп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = БДО * q,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z1003" w:id="728"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z1003" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z1004" w:id="729"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z1004" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       q – коэффициент удельного веса заработной платы ОП в заработной плате общего ППС и составляет – 25,8518;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z1005" w:id="730"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z1005" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       mv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника УВП, составляет для бакалавриата – 0,0025;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z1006" w:id="731"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z1006" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) K – норма расходов, связанных с командированием ППС и АУП с целью организации и проведения образовательного процесса, из расчета на одного обучающегося в год, составляет - 2,7794 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z1007" w:id="732"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z1007" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) А - норма расходов на амортизацию лабораторного оборудования, учебных приборов, стендов, нематериальных активов составляет – 25,6 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z1008" w:id="733"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z1008" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) X – учебные расходы, предназначенные для приобретения учебно-методической литературы, организации лабораторных, практических, теоретических и индивидуальных занятий обучающихся в рамках выполнения государственного общеобязательного стандарта высшего образования, из расчета на одного обучающегося в год и составляет – 14 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z1009" w:id="734"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z1009" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) S – норма расходов на текущее содержание из расчета на одного обучающегося в год и составляет – 42,79 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z1010" w:id="735"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z1010" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) I – норма расходов, связанных с привлечением иностранного профессорско-преподавательского персонала (проезд, проживание, визовая поддержка, разрешение на работу в Республике Казахстан), составляет – 10,48 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z1011" w:id="736"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z1011" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) O – норма расходов на обучение за рубежом составляет – 89,59 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z1012" w:id="737"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z1012" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) L – ежегодный взнос в зарубежную организацию высшего и (или) послевузовского образования – партнер за внедрение образовательных программ из расчета на одного обучающегося составляет – 188,5314 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z1013" w:id="738"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z1013" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       МРП – месячный расчетный показатель, установленный по состоянию на 1 января 2024 года; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z1014" w:id="739"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z1014" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет расходов, связанных с обучением в Великобритании, произведен в национальной валюте Республики Казахстан в эквиваленте 632,78 тенге за 1 фунт стерлингов Соединенного Королевства по курсу Национального Банка Республики Казахстан, установленному на 21 октября 2024 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z1015" w:id="740"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z1015" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) Vk </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. - объем подушевого нормативного финансирования высшего и послевузовского образования с учетом кредитной технологии обучения (бакалавриат) определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z1016" w:id="741"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z1016" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Vk </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -37953,192 +40758,192 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z1017" w:id="742"/>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z1017" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z1018" w:id="743"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z1018" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Cred – планируемое годовое количество кредитов на одного обучающегося;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z1019" w:id="744"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z1019" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z1020" w:id="745"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z1020" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров, объем подушевого нормативного финансирования с учетом кредитной технологии обучения определяется путем суммирования объемов подушевого нормативного финансирования с учетом кредитной технологии обучения по направлениям подготовки кадров и уровням образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z1021" w:id="746"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z1021" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z1022" w:id="747"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z1022" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -38153,91 +40958,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> /60,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z1023" w:id="748"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z1023" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z1024" w:id="749"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z1024" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60 – расчетный среднегодовой показатель количества академических кредитов, определенный в соответствии с ГОСО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkEnd w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38256,111 +41061,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1154" w:id="750"/>
+    <w:bookmarkStart w:name="z1154" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Расчет объема подушевого нормативного финансирования и подушевой норматив финансирования для Казахстанского филиала Федерального государственного автономного образовательного учреждения высшего образования "Московский государственный институт международных отношений (университет) Министерства иностранных дел Российской Федерации" на базе некоммерческого акционерного общества "Евразийский национальный университет имени Л.Н. Гумилева", производится по следующим формулам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z1155" w:id="751"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z1155" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пф</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования высшего и послевузовского образования (бакалавриат и магистратура) рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z1156" w:id="752"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z1156" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -38435,232 +41240,232 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z1157" w:id="753"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z1157" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z1158" w:id="754"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z1158" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив подушевого финансирования на одного обучающегося в год в бакалавриате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z1159" w:id="755"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z1159" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив подушевого финансирования на одного обучающегося в год в магистратуре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z1160" w:id="756"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z1160" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – среднегодовой контингент обучающихся в бакалавриате;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z1161" w:id="757"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z1161" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – среднегодовой контингент обучающихся в магистратуре;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z1162" w:id="758"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z1162" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -38675,2354 +41480,10388 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, рассчитываются по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z1163" w:id="759"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z1163" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = число обучающихся на начало года + 1/3 приема на обучение – 1/2 ожидаемого выпуска обучающихся – ожидаемый отсев обучающихся + ожидаемое прибытие обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z1164" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров объем подушевого нормативного финансирования определяется суммарно, исходя из подушевого норматива финансирования на одного обучающегося по направлениям подготовки кадров и уровням образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z1165" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год в бакалавриате / магистратуре состоит из суммы норматива расходов, приходящихся на обучение в Республике Казахстан (далее – РК) и на обучение в Российской Федерации (далее – РФ), рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z1166" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
         <w:t>b/m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> = число обучающихся на начало года + 1/3 приема на обучение – 1/2 ожидаемого выпуска обучающихся – ожидаемый отсев обучающихся + ожидаемое прибытие обучающихся;</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z1166" w:id="762"/>
+        <w:t xml:space="preserve"> = N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>rus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z1167" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z1168" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>b/m</w:t>
-[...39 lines deleted...]
-        <w:t>b/m rus</w:t>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате/ магистратуре в РК рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z1169" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = F + K + S;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z1170" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>rus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив расходов на одного обучающегося в год в бакалавриате /магистратуре в РФ рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z1171" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/m </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>rus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = O + K</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z1172" w:id="690"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) F – общий годовой фонд оплаты труда персонала, включающий годовой фонд оплаты труда персонала образовательного процесса: (административно-управленческий персонал (далее – АУП) и профессорско-педагогический состав (далее – ППС)), в расчете на одного обучающегося в год и рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z1173" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      F = Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z1167" w:id="763"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z1174" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП и ППС на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z1175" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z1176" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-[...216 lines deleted...]
-      F = Т</w:t>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z1177" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП и ППС без учета компенсационных выплат рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z1178" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>осн.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> + Т</w:t>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> * sn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z1174" w:id="770"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z1179" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
+        <w:t>комп.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой объем расходов на выплату пособий на оздоровление к ежегодному оплачиваемому трудовому отпуску работников на одного обучающегося в год рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z1180" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>комп.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> и Т</w:t>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – годовой фонд оплаты труда АУП и ППС на одного обучающегося в год рассчитывается по формуле: </w:t>
-[...69 lines deleted...]
-        <w:t>комп. ппс/ауп</w:t>
+        <w:t xml:space="preserve"> * sn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z1176" w:id="772"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z1181" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-[...126 lines deleted...]
-        <w:t>ппс/ауп</w:t>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z1182" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W – фонд оплаты труда АУП и ППС в месяц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z1183" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12 – количество месяцев в году для перехода от расчета нормативных затрат в месяц к расчету нормативных затрат в год;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z1184" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sno – коэффициент социального налога и социальных отчислений, отчислений работодателя в фонд обязательного медицинского страхования и обязательных пенсионных взносов составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z1185" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2025 год – 1,122097;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z1186" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2026 года – 1,132097;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z1187" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2027 год – 1,142097;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z1188" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2028 и последующие годы – 1,147097;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z1189" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количество обучающихся, приходящихся на одного преподавателя составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z1190" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в бакалавриате – 0,088542;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z1191" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в магистратуре - 0,133325;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z1192" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количество обучающихся, приходящихся на одного работника АУП составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z1193" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для бакалавриата - 0,032042;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z1194" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для магистратуры – 0,032031;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z1195" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W – месячный фонд оплаты труда АУП и ППС рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z1196" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + БДО * (u + St</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = (БДО * f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) + БДО * St</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-[...126 lines deleted...]
-        <w:t>ппс/ауп</w:t>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z1197" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z1198" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад ППС в месяц определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z1199" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 26,0922 * БДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z1200" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад АУП в месяц определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z1201" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z1181" w:id="777"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z1202" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-[...156 lines deleted...]
-      mv</w:t>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z1203" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент удельного веса заработной платы АУП в заработной плате общего ППС – 25,8966; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z1204" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      u – коэффициент доплаты за ученую степень – 5,1;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z1205" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      St</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ппс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – коэффициент соотношения среднего количество обучающихся, приходящихся на одного преподавателя составляет:</w:t>
-[...59 lines deleted...]
-      mv</w:t>
+        <w:t xml:space="preserve"> – коэффициент доплат, утвержденные приказом организации высшего и послевузовского образования для ППС, в расчете на одного обучающегося в год, составляет – 0,52;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z1206" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      St</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ауп</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – коэффициент соотношения среднего количество обучающихся, приходящихся на одного работника АУП составляет:</w:t>
-[...575 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> – коэффициент ежемесячных персональных надбавок АУП в расчете на одного обучающегося в год, составляет – 5,4302;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z1207" w:id="803"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z1207" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) K – норма расходов, связанных с командированием ППС и АУП с целью организации и проведения образовательного процесса, из расчета на одного обучающегося в год составляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z1208" w:id="804"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z1208" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для бакалавриата и магистратуры – 49,46 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z1209" w:id="805"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z1209" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) S – норма расходов на текущее содержание в расчете на одного обучающегося в год, составляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z1210" w:id="806"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z1210" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       для бакалавриата и магистратуры - 2,02 МРП; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z1211" w:id="807"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z1211" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) O – норма расходов, связанных с обучением обучающихся в РФ, в расчете на одного обучающегося в год составляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z1212" w:id="808"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z1212" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для бакалавриата – 324,28 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z1213" w:id="809"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z1213" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       для магистратуры – 231,06 МРП; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z1214" w:id="810"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z1214" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Кс – норма командировочных расходов, обучающихся (перелет) из расчета на одного обучающегося в год составляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z1215" w:id="811"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z1215" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для бакалавриата – 13,26 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z1216" w:id="812"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z1216" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для магистратуры – 26,52 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z1217" w:id="813"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z1217" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       МРП – месячный расчетный показатель, установленный по состоянию на 1 января 2025 года; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z1218" w:id="814"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z1218" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) объем подушевого нормативного финансирования высшего и послевузовского образования с учетом кредитной технологии обучения (Vk) определяется по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z1219" w:id="815"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z1219" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Vk = ∑ (K * N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> * Конт),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z1220" w:id="816"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z1220" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z1221" w:id="817"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z1221" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       K – планируемое годовое количество кредитов на одного обучающегося;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z1222" w:id="818"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z1222" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z1223" w:id="819"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z1223" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров объем подушевого нормативного финансирования с учетом кредитной технологии обучения определяется путем суммирования объемов подушевого нормативного финансирования с учетом кредитной технологии обучения по направлениям подготовки кадров и уровням образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z1224" w:id="820"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z1224" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z1225" w:id="821"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z1225" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>cred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = N /60,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z1226" w:id="822"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z1226" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z1227" w:id="823"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z1227" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60 – расчетный среднегодовой показатель количества академических кредитов, определенный в соответствии с ГОСО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkEnd w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 13 в соответствии с приказом Министра науки и высшего образования РК от 17.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 455</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1228" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Расчет объема подушевого нормативного финансирования и подушевой норматив финансирования организации высшего и (или) послевузовского образования ТОО "Иностранное учебное заведение "Cardiff University Kazakhstan", созданной по решению уполномоченного органа в области науки и высшего образования, осуществляются по следующим формулам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>пф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования высшего и послевузовского образования (бакалавриат) рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>пф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив подушевого финансирования на одного обучающегося в год в бакалавриате;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – среднегодовой контингент обучающихся в бакалавриате; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассчитываются по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = число обучающихся на начало года + 1/3 приема на обучение – 1/2 ожидаемого выпуска обучающихся – ожидаемый отсев обучающихся + ожидаемое прибытие обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год в бакалавриате рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = F + K + A + X + S + О + I,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.1) F – общий годовой фонд оплаты труда персонала: ППС, АУП, УВП в расчете на одного обучающегося в год и рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      F = Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Q.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда иностранного ППС в расчете на одного обучающегося в год рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12 – количество месяцев в году для перехода от расчета нормативных затрат в месяц к расчету нормативных затрат в год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда иностранного ППС в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад иностранного преподавателя, определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 305,034 * БДО,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      305,034 – коэффициент исчисления должностного оклада иностранного ППС к базовому должностному окладу (БДО);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент социального налога для фонда оплаты труда иностранного ППС, составляет – 1,11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного иностранного ППС, составляет – 0,04175;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда прочего ППС в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда прочего ППС в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад прочего ППС, определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 99,5498 * БДО,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99,5498 – коэффициент исчисления должностного оклада прочего ППС к базовому должностному окладу (БДО);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент социального налога и социальных отчислений, отчислений работодателя в фонд обязательного медицинского страхования и обязательных пенсионных взносов, составляет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2025 год – 1,1248;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2026 год –1,1348;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2027 год –1,1448;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2028 и последующие годы – 1,1498;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      gpo – коэффициент, определяющий объем платежей на обязательное страхование работников от несчастных случаев, составляет – 0,00029;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      mv </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного прочего ППС, составляет для бакалавриата – 0,0179;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда иностранного АУП в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда иностранного АУП в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад иностранного АУП, определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент удельного веса заработной платы иностранного АУП в заработной плате общего ППС и составляет – 294,708;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для исчисления удельного веса заработной платы АУП, УВП в заработной плате общего ППС применяется коэффициент исчисления должностного оклада общего ППС, равный 243,371;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного иностранного работника АУП, составляет для бакалавриата – 0,001;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда прочего АУП в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда прочего АУП в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад прочего АУП, определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * f </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент удельного веса заработной платы АУП в заработной плате общего ППС и составляет – 79,675;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      mv </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника прочего АУП, составляет для бакалавриата – 0,005;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Q </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда УВП на одного обучающегося в год рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда УВП в месяц, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад УВП, определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * с увп,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      c </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент удельного веса заработной платы УВП в заработной плате общего ППС и составляет – 33,904;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника УВП, составляет для бакалавриата – 0,012;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.2) K – норма расходов, связанных с командированием ППС и АУП с целью организации и проведения образовательного процесса, из расчета на одного обучающегося в год, составляет – 7,1441 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.3) А – норма расходов на амортизацию лабораторного оборудования, учебных приборов, стендов, нематериальных активов составляет – 51,2 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.4) X – учебные расходы, предназначенные для приобретения учебно-методической литературы, организации лабораторных, практических, теоретических и индивидуальных занятий, обучающихся в рамках выполнения государственного общеобязательного стандарта высшего образования, из расчета на одного обучающегося в год и составляет – 17 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.5) S – норма расходов на текущее содержание из расчета на одного обучающегося в год и составляет – 42,79 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.6) I – норма расходов, связанных с привлечением иностранного профессорско-преподавательского персонала (проезд, проживание, визовая поддержка), составляет – 37,88 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.7) O – норма расходов на обучение за рубежом составляет – 435,05 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      МРП – месячный расчетный показатель, установленный по состоянию на 1 января 2025 года; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет расходов, связанных с обучением в Великобритании, произведен в национальной валюте Республики Казахстан в эквиваленте 704,79 тенге за 1 фунт стерлингов Соединенного Королевства по курсу Национального Банка Республики Казахстан, установленному на 11 июля 2025 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – объем подушевого нормативного финансирования высшего и послевузовского образования с учетом кредитной технологии обучения (бакалавриат) определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = Cred * N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cred – планируемое годовое количество кредитов на одного обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров, объем подушевого нормативного финансирования с учетом кредитной технологии обучения определяется путем суммирования объемов подушевого нормативного финансирования с учетом кредитной технологии обучения по направлениям подготовки кадров и уровням образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1) N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /60,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60 – расчетный среднегодовой показатель количества академических кредитов, определенный в соответствии с ГОСО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 14 в соответствии с приказом и.о. Министра науки и высшего образования РК от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 539</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования и распространяется на правоотношения, возникшие с 01.09.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1229" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Расчет объема подушевого нормативного финансирования и подушевой норматив финансирования для филиала Университета прикладных наук Анхальта на базе некоммерческого акционерного общества "Алматинский университет энергетики и связи имени Гумарбека Даукеева", созданной по решению уполномоченного органа в области науки и высшего образования, осуществляются по следующим формулам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>пф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой объем подушевого нормативного финансирования высшего и послевузовского образования (бакалавриат) рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>пф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ∑ (N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив подушевого финансирования на одного обучающегося в год в бакалавриате;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – среднегодовой контингент обучающихся в бакалавриате, рассчитываются по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = число обучающихся на начало года + 1/3 приема на обучение – 1/2 ожидаемого выпуска обучающихся – ожидаемый отсев обучающихся + ожидаемое прибытие обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – подушевой норматив финансирования на одного обучающегося в год в бакалавриате рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = F + Х + Р + А,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.1) F – общий годовой фонд оплаты труда персонала: ППС, АУП, УВП в расчете на одного обучающегося в год и рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      F = Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда иностранного ППС в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * sno </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * mv </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12 – количество месяцев в году для перехода от расчета нормативных затрат в месяц к расчету нормативных затрат в год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда иностранного ППС в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад иностранного преподавателя, определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 228,8952 * БДО,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      228,8952 - коэффициент исчисления должностного оклада иностранного ППС к базовому должностному окладу (БДО);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент социального налога для фонда оплаты труда иностранного ППС, составляет – 1,11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      mv </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного иностранного ППС, составляет – 0,016042;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда прочего ППС в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - фонд оплаты труда прочего ППС в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      W </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ДО pr.ппс,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – должностной оклад прочего ППС, определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ДО </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 67,1296 * БДО,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67,1296 – коэффициент исчисления должностного оклада прочего ППС к базовому должностному окладу (БДО);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент социального налога и социальных отчислений, отчислений работодателя в фонд обязательного медицинского страхования и обязательных пенсионных взносов для фонда оплаты труда прочего ППС, АУП, УВП, составляет: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2025 год – 1,1374;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2026 год –1,1474;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2027 год –1,1574;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на 2028 и последующие годы – 1,1624;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      gpo – коэффициент, определяющий объем платежей на обязательное страхование работников от несчастных случаев, составляет – 0,001508;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      mv </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ппс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного прочего ППС, составляет - 0,047083;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда иностранного АУП в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * mv </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>– фонд оплаты труда иностранного АУП в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      f </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент удельного веса заработной платы иностранного АУП в заработной плате общего ППС и составляет – 367,9721;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для исчисления удельного веса заработной платы АУП, УВП в заработной плате общего ППС применяется коэффициент исчисления должностного оклада общего ППС, равного 108,2383;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количество обучающихся, приходящихся на одного работника иностранного АУП, составляет – 0,003125;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда прочего АУП в расчете на одного обучающегося в год рассчитывается по формуле: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Т </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo)* mv </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – фонд оплаты труда прочего АУП в месяц рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      f </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент удельного веса заработной платы прочего АУП в заработной плате общего ППС и составляет – 59,8178;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      mv </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.ауп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количество обучающихся, приходящихся на одного работника иностранного АУП, составляет – 0,004167;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда иностранного УВП на одного обучающегося в год рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      W </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - фонд оплаты труда иностранного УВП в месяц, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      W </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      c </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент удельного веса заработной платы иностранного УВП в заработной плате общего ППС и составляет – 171,136;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      mv </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника иностранного УВП, составляет – 0,002083;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – годовой фонд оплаты труда прочего УВП на одного обучающегося в год рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 12 * W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * (sno</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + gpo) * mv </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - фонд оплаты труда прочего УВП в месяц, рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      W</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = БДО * с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – коэффициент удельного веса заработной платы прочего УВП в заработной плате общего ППС и составляет – 32,2096;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      mv</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>pr.увп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>– коэффициент соотношения среднего количества обучающихся, приходящихся на одного работника прочего УВП, составляет – 0,00625;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.2) Х – учебные расходы, предназначенные для приобретения учебно-методической литературы, организации лабораторных, практических, теоретических и индивидуальных занятий, обучающихся в рамках выполнения государственного общеобязательного стандарта высшего образования в расчете на одного обучающегося в год, составляет – 19 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.3) Р – прочие расходы, связанные с получением визы и оплатой на медицинское страхование иностранного персонала, составляют – 1,4072 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.4) А - норма амортизации / приобретения лабораторного оборудования, приборов, учебных стендов, учебного программного обеспечения на одного обучающегося из расчета 64 МРП в год;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Расчет расходов, связанных с внедрением образовательных программ Федеративной Республики Германии, произведен в национальной валюте Республики Казахстан в эквиваленте 542,87 тенге за 1 евро по курсу Национального Банка Республики Казахстан, установленному на 28 января 2025 года. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      МРП – месячный расчетный показатель, установленный по состоянию на 1 января 2025 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Объем подушевого нормативного финансирования высшего и послевузовского образования с учетом кредитной технологии обучения (Vk) определяется по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = ∑ (Cred * N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * Конт),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cred – планируемое годовое количество кредитов на одного обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При реализации в одной организации высшего и (или) послевузовского образования более одного направления подготовки кадров, объем подушевого нормативного финансирования с учетом кредитной технологии обучения определяется путем суммирования объемов подушевого нормативного финансирования с учетом кредитной технологии обучения по направлениям подготовки кадров и уровням образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.1) N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – норматив стоимости одного академического кредита в разрезе направлений подготовки кадров с высшим и послевузовским образованием рассчитывается по формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>cred</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = N /60,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60 – расчетный среднегодовой показатель количества академических кредитов, определенный в соответствии с ГОСО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Методика дополнена пунктом 15 в соответствии с приказом и.о. Министра науки и высшего образования РК от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 539</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования и распространяется на правоотношения, возникшие с 01.09.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -41044,55 +51883,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>