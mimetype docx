--- v0 (2025-10-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b3f6988" w14:textId="b3f6988">
+    <w:p w14:paraId="bf3ddce" w14:textId="bf3ddce">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1127,52 +1127,72 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) портал социальных услуг (далее – портал) – объект информатизации, представляющий собой единую точку доступа к товарам и услугам, предоставляемым поставщиками для лиц с инвалидностью на условиях возмещения местными исполнительными органами их стоимости в пределах гарантированной суммы в соответствии с Социальным кодексом;</w:t>
+        <w:t xml:space="preserve">
+      1) портал социальных услуг (далее – портал) – объект информатизации, представляющий собой единую точку доступа к товарам и услугам, услугам по перевозке лиц с инвалидностью на инватакси, предоставляемым поставщиками для лиц с инвалидностью на условиях возмещения местными исполнительными органами их стоимости в пределах гарантированной суммы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) индивидуальный помощник – лицо, оказывающее услуги по сопровождению лица с инвалидностью первой группы, имеющего затруднение в передвижении, и оказанию помощи при посещении объектов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
@@ -1257,127 +1277,209 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра труда и социальной защиты населения РК от 12.03.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказами Министра труда и социальной защиты населения РК от 12.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Предоставление услуг индивидуального помощника осуществляется на основании ИПАР, разработанной территориальным подразделением уполномоченного государственного органа, проводящее медико-социальную экспертизу, с учетом медицинских показаний и противопоказаний к предоставлению услуг индивидуального помощника согласно </w:t>
+      3. Предоставление услуг индивидуального помощника осуществляется на основании социальной части ИПАР, разработанной территориальным подразделением уполномоченного государственного органа, проводящее медико-социальную экспертизу, с учетом медицинских показаний и противопоказаний к предоставлению услуг индивидуального помощника согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Министра труда и социальной защиты населения РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Услуги индивидуального помощника предоставляются за счет средств государственного бюджета согласно заявлению на предоставление услуг индивидуального помощника по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1450,51 +1552,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Госкорпорацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Местные исполнительные органы (далее – МИО) городов Астана, Алматы и Шымкент (далее – горуправления), районов и городов областного значения (далее – отделы занятости);</w:t>
+      2) Местные исполнительные органы (далее – МИО) городов республиканского значения, столицы (далее – горуправления), районов и городов областного значения (далее – отделы занятости);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) веб-портал "электронного правительства" (далее – веб-портал);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
@@ -1594,50 +1696,112 @@
         <w:t xml:space="preserve">
       Порядок оказания государственной услуги "Оформление документов на обеспечение услугами индивидуального помощника лиц с инвалидностью первой группы, имеющих затруднение в передвижении" через веб-портал предусмотрен </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>параграфом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> главы 2 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным приказом Министра труда и социальной защиты населения РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Специалист горуправления, отдела занятости регистрирует заявления в электронном журнале очереди автоматизированной информационной системы "Е-Собес" (далее – AИС "Е-Собес") в порядке их поступления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1790,51 +1954,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) достигшее пенсионного возраста, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 207 Кодекса, за исключением случаев, когда индивидуальным помощником для лица с инвалидностью первой группы является его близкий родственник;</w:t>
+        <w:t xml:space="preserve"> статьи 207 Кодекса, за исключением случаев, когда индивидуальным помощником для лица с инвалидностью первой группы является его близкий родственник или супруг (супруга);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) имеющее не погашенную или не снятую в установленном законом порядке судимость;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
@@ -1859,71 +2023,111 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом Министра труда и социальной защиты населения РК от 28.02.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменениями, внесенными приказами Министра труда и социальной защиты населения РК от 28.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2962,94 +3166,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Порядок оказания проактивной государственной услуги "Оформление документов на обеспечение услугами индивидуального помощника лиц с инвалидностью первой группы, имеющих затруднение в передвижении"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:bookmarkStart w:name="z86" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. После формирования в автоматизированной информационной системе "Централизованный банк данных лиц, имеющих инвалидность" ИПАР, содержащей мероприятия по предоставлению услуг индивидуального помощника в соответствии с Правилами проведения медико-социальной экспертизы, утвержденными уполномоченным государственным органом, в соответствии с абзацем двадцать вторым </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 12 Кодекса, данные ИПАР автоматически передаются в AИС "Е-Собес" и на абонентское устройство лица с инвалидностью первой группы или его законного представителя (далее – услугополучатель) инициируется отправка смс-уведомления с запросом на оказание государственной услуги.</w:t>
+      15. После формирования в автоматизированной информационной системе "Централизованный банк данных лиц, имеющих инвалидность" ИПАР, содержащей мероприятия по предоставлению услуг индивидуального помощника в соответствии с Правилами проведения медико-социальной экспертизы, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра труда и социальной защиты населения Республики Казахстан от 29 июня 2023 года № 260 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32922), данные ИПАР автоматически передаются в AИС "Е-Собес" и на абонентское устройство лица с инвалидностью первой группы или его законного представителя (далее – услугополучатель) инициируется отправка смс-уведомления с запросом на оказание государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:bookmarkStart w:name="z87" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучатель подтверждает согласие или отказ на оказание проактивной услуги соответствующим кодом через смс-уведомление.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменением, внесенным приказом Министра труда и социальной защиты населения РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z88" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. При получении согласия от услугополучателя на оказание проактивной услуги ему направляется смс-уведомление о подтверждении оформления документов на предоставление данной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:bookmarkStart w:name="z89" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3600,74 +3866,156 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. При обращении через веб-портал результат оказания государственной услуги направляется в "личный кабинет" заявителя в форме электронного документа, подписанного ЭЦП уполномоченного лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z109" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      26. В соответствии с подпунктом 11) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 5 Закона Горуправление, отдел занятости обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации.</w:t>
+      26. В соответствии с подпунктом 11) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона горуправление, отдел занятости обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги, утвержденных приказом исполняющего обязанности Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 8555).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 – в редакции приказа Министра труда и социальной защиты населения РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z110" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок предоставления услуг индивидуального помощника</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
     <w:bookmarkStart w:name="z111" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4018,110 +4366,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Для осуществления выбора поставщика заявитель авторизуется на портале http://aleumet.egov.kz, подписывает публичный договор посредством ЭЦП.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:bookmarkStart w:name="z124" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      36. Заявитель на портале оформляет и направляет поставщику заказ услуги индивидуального помощника, с одновременным подписанием заявления на возмещение поставщику гарантированной суммы по форме согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к Правилам возмещения стоимости товаров и услуг из средств государственного бюджета при реализации их лицам с инвалидностью через портал социальных услуг, утвержденным приказом Министра труда и социальной защиты населения Республики Казахстан от 6 июня 2023 года № 205 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32720), подписанным ЭЦП заявителя (далее – Правила возмещения).</w:t>
+      36. Заявитель на портале оформляет и направляет поставщику заказ услуги индивидуального помощника, с одновременным подписанием заявления на возмещение поставщику гарантированной суммы по форме согласно приложению 1 к Правилам возмещения стоимости товаров и услуг, услуг по перевозке лиц с инвалидностью на инватакси из средств государственного бюджета при реализации их лицам с инвалидностью через портал социальных услуг, утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 6 июня 2023 года № 205 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32720), подписанным ЭЦП заявителя (далее – Правила возмещения).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 36 - в редакции приказа Министра труда и социальной защиты населения РК от 28.02.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 63</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 - в редакции приказа Министра труда и социальной защиты населения РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -7282,50 +7630,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>абилитации и реабилитации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лица с инвалидностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 с изменениями, внесенными приказом Министра труда и социальной защиты населения РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 300</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7452,282 +7838,407 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Местные исполнительные органы городов Астана, Aлматы и Шымкент, районов и городов областного значения</w:t>
+Местные исполнительные органы городов республиканского значения, столицы, районов и городов областного значения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z193" w:id="174"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Государственная корпорация;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="174"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) МИО города республиканского значения, столицы (далее – горуправления), районов и городов областного значения (далее – отделы занятости);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) абонентское устройство сотовой связи (далее – абонентское устройство) - проактивная услуга;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) веб-портал "электронного правительства" www.egov.kz (далее – веб-портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...28 lines deleted...]
-          </w:tcPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...162 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>