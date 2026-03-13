--- v0 (2025-11-10)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="42586df" w14:textId="42586df">
+    <w:p w14:paraId="4d0cccd" w14:textId="4d0cccd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4533,50 +4533,148 @@
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам приостанавливает выплату пособий с первого числа месяца, следующего за месяцем поступления сведений, в том числе из информационных систем, по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5-2 Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях обеспечения своевременного приостановления выплаты пособий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комитет по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан ежемесячно предоставляет в Государственную корпорацию электронные списки без вести пропавших лиц, находящихся в розыске, согласно приложению 15-1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 39 – в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z144" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Отделение Государственной корпорации по заявлению возобновляет выплату пособия по заявлению на основании документов и (или) сведений, полученных из информационных систем, подтверждающих истечение обстоятельств, вызвавших приостановление выплаты пособия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z145" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4613,1042 +4711,1134 @@
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам прекращает выплату пособия с первого числа месяца, следующего за месяцем поступления сведений, в том числе из информационных систем, по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5-2 Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z146" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При прекращении выплаты пособия по причине выявления факта предоставления заявителем недостоверных сведений, повлекших за собой необоснованное первичное назначение, производится процедура нового назначения в порядке, предусмотренном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z147" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган по назначению пенсий и пособий при утверждении решения о прекращении выплаты пособия по причине выявления факта предоставления заявителем недостоверных сведений, повлекших необоснованное назначение, обращается в правоохранительные органы для установления фактов наличия или отсутствия состава преступления со стороны получателя в незаконном получении выплат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z148" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При вынесении судебного решения о предоставлении фиктивных документов, выплата пособия прекращается с момента первоначального назначения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z149" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях обеспечения своевременного прекращения выплаты пособий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Загранучреждения Республики Казахстан (далее - загранучреждения) предоставляют в Государственную корпорацию сведения о смерти гражданина Республики Казахстан, временно проживавшего за пределами Республики Казахстан по мере их поступления в загранучреждения согласно приложению 16-1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 41 – в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z149" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. В случае поступления документов исполнительного производства на удержания из пособия отделение Государственной корпорации в соответствии </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей" производит удержания в ЦБД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z150" w:id="133"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z150" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае поступления заявления получателя на удержание из пособия отделение Государственной корпорации производит удержания на основании решения уполномоченного органа по назначению пенсий и пособий по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подготовленного отделением Государственной корпорации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z151" w:id="134"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z151" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Работниками отделения Государственной корпорации ежедневно в ЦБД производятся записи о фактах смерти, выезда, о суммах удержаний с отметкой основания, действия по приостановлению или снятию выплаты, возобновлению выплаты, а также корректировки сумм потребности в сторону уменьшения в связи со смертью, выездом получателей, приостановлением выплаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z152" w:id="135"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z152" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Порядок осуществления выплаты пособия при перемене местожительства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z153" w:id="136"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z153" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Лица, прибывшие на постоянное местожительство в Республику Казахстан из государств-участников международных соглашений в области пенсионного обеспечения, ратифицированных Республикой Казахстан, а также получатели пособия, сменившие место жительства внутри Республики Казахстан, представляют заявление на запрос пенсионного дела/дела получателя пособия по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z154" w:id="137"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z154" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отделением Государственной корпорации осуществляется запрос дела получателя пенсии/пособия по прежнему местожительству заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z155" w:id="138"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z155" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. Лица, прибывшие на постоянное местожительства в Республику Казахстан из государств-участников международных соглашений в области пенсионного обеспечения, ратифицированных Республикой Казахстан, представляют заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и документы, предусмотренные пунктами 4 и 6 к настоящим Правилам, после поступления пенсионного дела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z156" w:id="139"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z156" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. Дело получателя пособия (при его наличии), выехавшего в другие регионы Республики Казахстан, высылается по электронному запросу других отделений Государственной корпорации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z157" w:id="140"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z157" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отделение Государственной корпорации по новому месту жительства получателя в течение двух рабочих дней со дня подачи заявления направляет электронный запрос в отделение Государственной корпорации по прежнему месту жительства получателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z158" w:id="141"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z158" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Отделение Государственной корпорации по прежнему месту жительства получателя в течение двух рабочих дней со дня поступления запроса формирует электронную справку-аттестат, удостоверенную ЭЦП отделения Государственной корпорации по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, и направляет в отделение Государственной корпорации по новому месту жительства получателя через филиал.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z159" w:id="142"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z159" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. В случае выезда получателя за пределы Республики Казахстан отделением Государственной корпорации на основании заявления получателя по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, дело получателя пособия выдается на руки получателю или высылается по запросу уполномоченных органов других стран.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z160" w:id="143"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z160" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Отделением Государственной корпорации на основе ЭМД формируется бумажный вариант дела по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и выдается на руки получателю или высылается по запросу уполномоченных органов других стран.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z161" w:id="144"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z161" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выплата пособий выезжающим за пределы Республики Казахстан на постоянное местожительство производится по месяц снятия с регистрации в органах внутренних дел.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z162" w:id="145"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z162" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Порядок осуществления выплаты пособия лицам, находящимся в учреждениях уголовно-исполнительной системы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z163" w:id="146"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z163" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Лицу, имеющему право на получение пособия, находящемуся в учреждениях уголовно-исполнительной системы, пособие назначаются на основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заявления</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и документов, предусмотренных пунктами 4 и 6 к настоящим Правилам, представляемых администрацией учреждения в отделение Государственной корпорации по месту нахождения учреждения уголовно-исполнительной системы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z164" w:id="147"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z164" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Если лицо на момент помещения в учреждение уголовно-исполнительной системы является получателем пособия, Государственная корпорация по месту нахождения учреждения уголовно-исполнительной системы на основании заявления указанного лица, представленного администрацией учреждения уголовно-исполнительной системы в соответствии с пунктами 44 и 46 настоящих Правил, осуществляет выплату в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z165" w:id="148"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z165" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Отделение Государственной корпорации по месту нахождения учреждения уголовно-исполнительной системы после получения личного дела получателя пособия ставит его на учет с указанием реквизитов контрольного счета наличности учреждения уголовно-исполнительной системы для перечисления пособий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z166" w:id="149"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z166" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Возврат излишне зачисленных (выплаченных) сумм пособия осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z167" w:id="150"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z167" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по заявлению получателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z168" w:id="151"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z168" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на основании письма отделения Государственной корпорации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z169" w:id="152"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z169" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом отделение Государственной корпорации представляет в уполномоченную организацию по выдаче пенсий и пособий письмо с приложением необходимого документа (сведений о смерти либо выезда получателя за пределы Республики Казахстан, в том числе полученных из ИС и (или) запрос дело получателя пособия от уполномоченного органа страны проживания, выехавшего получателя пособия), подтверждающего обоснованность возврата выплат в Государственную корпорацию для перечисления в доход республиканского бюджета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z170" w:id="153"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z170" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по решению суда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z171" w:id="154"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z171" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. В случаях ошибочного перечисления сумм пособия Государственная корпорация направляет в уполномоченную организацию по выдаче пенсий и пособий информацию об отзыве платежного поручения или приостановлении исполнения указания, по форме и способом, установленным договором между Государственной корпорацией и уполномоченной организацией по выдаче пенсий и пособий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z172" w:id="155"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z172" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На основании информации об ошибочном перечислении либо отзыве или приостановлении исполнения указания уполномоченная организация по выдаче пенсий и пособий осуществляет возврат денег в Государственную корпорацию либо приостанавливает исполнение указания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z173" w:id="156"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z173" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Для списания сумм пособия, излишне перечисленных (выплаченных) получателям по причинам, не зависящим от них, отделение Государственной корпорации обращается с исковым заявлением в судебные органы в порядке, установленном действующим гражданско-процессуальным законодательством Республики Казахстан, для вынесения судебного акта о невозможности возврата сумм в связи с неизвестностью местонахождения должника, невозможностью установления личности должника (ответчика) или отсутствием наследников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z174" w:id="157"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z174" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Списание излишне перечисленных (выплаченных) сумм Государственной корпорации производится по акту списания на основании:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z175" w:id="158"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z175" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       судебных актов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       постановление судебных исполнителей по взысканию в пользу физических и юридических лиц о прекращении исполнительного производства в связи со смертью должника и отсутствием правопреемника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="159"/>
+    <w:bookmarkStart w:name="z177" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Дела получателей пособий, по которым осуществляется выплата пособий (действующие дела), хранятся в архиве действующих дел.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z178" w:id="160"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z178" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭМД хранятся постоянно в ИС уполномоченного государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z179" w:id="161"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z179" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Дела получателей пособия, по которым приостановлены выплаты пособий, хранятся отдельно от действующих дел с отметкой "На контроле" до обращения самого получателя или членов семьи (наследника).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z180" w:id="162"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z180" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По истечении шести месяцев дело снимается с учета с указанием даты и суммы последней выплаты и сдается в архив Государственной корпорации. По приостановленным на срок более шести месяцев делам получателей пособий Государственной корпорацией выплата пособий возобновляется по решению о назначении пособия уполномоченного органа по назначению пенсий и пособий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z181" w:id="163"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z181" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Восстановление дубликата дела получателя пособий производится на основании решения уполномоченного органа по назначению пенсий и пособий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z182" w:id="164"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z182" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В правом верхнем углу на обложке восстановленного дубликата дела получателей пособий проставляется отметка "Дубликат".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z183" w:id="165"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z183" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. ИС обеспечивает комплекс мероприятий, направленных на обеспечение бесперебойного функционирования и актуализации ИС в соответствии с их назначением. ИС уполномоченного государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z184" w:id="166"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z184" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивает полноту, достоверность, актуальность и своевременность передаваемых данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z185" w:id="167"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z185" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информационное взаимодействие осуществляется через Единую транспортную среду государственных органов Республики Казахстан с применением ЭЦП. Защита информации при информационном обмене обеспечивается как за счет использования единой защищенной транспортной среды государственных органов, так и за счет мероприятий технического и организационного характера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z186" w:id="168"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z186" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Уполномоченный орган по назначению пенсий и пособий обеспечивает внесение данных в автоматизированном режиме о стадии оказания государственной услуги в ИС мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5760,64 +5950,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного специального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пособия и пересмотра решения о</w:t>
+              <w:t>пособия и пересмотра решения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>его выплате</w:t>
+              <w:t>о его выплате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5850,1184 +6040,1221 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z189" w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код района ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-[...74 lines deleted...]
-      <w:bookmarkStart w:name="z190" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республика Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Департамент Комитета регулирования и контроля в сфере социальной защиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>области (городу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>От гражданина (ки) __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата рождения: "____" ________ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер: ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Вид документа, удостоверяющего личность: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Серия документа: ____ номер документа: ________ кем выдан: ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи: "____" _____________ ______ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес постоянного местожительства: ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Область _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>город (район) __________________________ село: _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>улица (микрорайон) ______________ дом _____ квартира ______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковские реквизиты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование банка ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Банковский счет № ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тип счета: ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу назначить (возобновить) мне государственное специальное пособие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ранее государственное социальное пособие или пенсия по инвалидности, по случаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>потери кормильца, пенсионные выплаты по возрасту, за выслугу лет, государственное</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>специальное пособие мне назначались/не назначались, в том числе за пределами</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан (ненужное вычеркнуть).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даю согласие сообщать обо всех изменениях, влекущих изменение размера</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выплачиваемого пособия, а также изменении местожительства (в том числе выезд</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>за пределы Республики Казахстан) анкетных данных, банковских реквизитов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в отделение Государственной корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае открытия отдельного банковского счета для зачисления пособия и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>социальных выплат, выплачиваемых из государственного бюджета и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственного фонда социального страхования, на деньги, находящиеся на таком</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>счете, не допускается обращение взыскания третьими лицами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень документов, приложенных к заявлению:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ п/п Наименование документа Количество листов в документе Примечание</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даю согласие на сбор и обработку, хранение и использование, любым допускаемым</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан способом, моих персональных данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>при назначении, возобновлении, перерасчете выплаты, а также при выполнении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорацией своих обязательств в соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с законодательством Республики Казахстан и (или) международными договорами,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ратифицированными Республикой Казахстан, с правом передавать мои персональные</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>данные, в том числе осуществлять трансграничную передачу данных в соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О персональных данных и их защите".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даю согласие на получение сведений о себе как о владельце банковского счета</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и номерах банковских счетов в банках второго уровня, организациях, имеющих</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лицензии уполномоченного органа по регулированию и надзору финансового рынка</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и финансовых организаций на соответствующие виды банковских операций,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>территориальные подразделения акционерного общества "Казпочта".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Даю согласие на уведомление о принятии решения о назначении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(отказе в назначении) государственного специального пособия, путем отправления</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на мобильный телефон sms-оповещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Контактные данные заявителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>телефон домашний _______ мобильный____ Е-маil __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата подачи заявления: "____" __________ 20 __ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись заявителя/ЭЦП/sms-сообщения ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время подписания заявления:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____"__________.________года____часов ____ минут ____ секунд ____</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-------------------------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(линия отреза)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заявление гражданина________________________________ зарегистрировано</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>за № ____ дата принятия документов "___" ___________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) и роспись принявшего документы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      От гражданина (ки) _________________________________________________</w:t>
-[...813 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Даю согласие на получение сведений о себе как о владельце банковского счета и номерах банковских счетов в банках второго уровня, организациях, имеющих лицензии уполномоченного органа по регулированию и надзору финансового рынка и финансовых организаций на соответствующие виды банковских операций, территориальные подразделения акционерного общества "Казпочта".</w:t>
-[...210 lines deleted...]
-        <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии) и роспись принявшего документы)</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7329,88 +7556,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(организация)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"___" _____________ 20 ___ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z198" w:id="175"/>
+    <w:bookmarkStart w:name="z198" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Справка, подтверждающая характер работы или условия труда для назначения государственного специального пособия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z199" w:id="176"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z199" w:id="167"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдана гражданину ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7896,137 +8123,161 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственного специального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пособия и пересмотра решения о</w:t>
+              <w:t>пособия и пересмотра решения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>его выплате</w:t>
+              <w:t xml:space="preserve">о его выплате </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Назначение государственных специальных пособий"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 – в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...40 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -8085,51 +8336,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Территориальные подразделения Комитета труда и социальной защиты Министерства труда и социальной защиты населения Республики Казахстан (далее – услугодатель)</w:t>
+Территориальные подразделения Комитета регулирования и контроля в сфере социальной защиты Министерства труда и социальной защиты населения Республики Казахстан (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8183,86 +8434,84 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z201" w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="177"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) веб-портал "электронного правительства" www.​egov.​kz (далее – портал) при получении информации о назначении государственных специальных пособий (далее – пособие).</w:t>
+2) веб-портал "электронного правительства" www.egov.kz (далее – портал) при получении информации о назначении государственных специальных пособий (далее – пособие).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8316,124 +8565,102 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z202" w:id="178"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7 (семь) рабочих дней;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="178"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1) Срок оказания государственной услуги продлевается на 5 (пять) рабочих дней для уведомления Государственной корпорацией заявителя о представления дополнительного(ых) документа(ов);</w:t>
+1) Срок оказания государственной услуги продлевается на 5 (пять) рабочих дней для уведомления Государственной корпорацией заявителя о представления дополнительного(ых) документа(ов);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2) максимально допустимое время ожидания для сдачи пакета документов в Государственной корпорации – 15 минут;</w:t>
+2) максимально допустимое время ожидания для сдачи пакета документов в Государственной корпорации – 15 минут;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) максимально допустимое время обслуживания в Государственной корпорации – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8618,172 +8845,120 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z205" w:id="179"/>
-[...38 lines deleted...]
-          <w:bookmarkEnd w:id="179"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
+Результат оказания государственной услуги: уведомление о назначении (об отказе в назначении) пособия по форме согласно приложению 10 к настоящим Правилам.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>На портале информация о назначении пособия направляется в "личный кабинет" услугополучателя в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+Форма предоставления результата оказания государственной услуги: электронная и (или) бумажная.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Результат оказания государственной услуги выдается при предъявлении документа, удостоверяющего личность при личном посещении услугополучателя (или его представителя по нотариально заверенной доверенности) на основании расписки о приеме соответствующих документов.</w:t>
+На портале информация о назначении пособия направляется в "личный кабинет" услугополучателя в форме электронного документа, удостоверенного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат оказания государственной услуги выдается при предъявлении документа, удостоверяющего личность при личном посещении услугополучателя (или его представителя по нотариально заверенной доверенности) на основании расписки о приеме соответствующих документов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная корпорация информирует услугополучателя о принятом решении посредством передачи sms-оповещения на мобильный телефон услугополучателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8968,180 +9143,178 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z209" w:id="180"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) Услугодателя – с понедельника по пятницу включительно, в соответствии с графиком работы с 8.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов, кроме субботы и воскресенья и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу Республики, Казахстан.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Услугодателя – с понедельника по пятницу включительно, в соответствии с графиком работы с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 часов до 14.30 часов, кроме субботы и воскресенья и праздничных дней, согласно Трудовому кодексу Республики Казахстан.</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="180"/>
+Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) Государственной корпорации – с понедельника по пятницу включительно, в соответствии с графиком работы с 9.00 до 18.00 часов без перерыва, дежурные отделы обслуживания населения Государственной корпорации с понедельника по пятницу включительно, в соответствии с графиком работы с 9.00 до 20.00 часов и в субботу с 9.00 до 13.00 часов кроме праздничных и выходных дней согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудового</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодекса Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+Прием осуществляется в порядке "электронной очереди", без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала. Адреса мест оказания государственной услуги размещены на интернет-ресурсах:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...65 lines deleted...]
-              <w:t>1) Министерство – www.enbek.gov.kz, раздел "Государственные услуги";</w:t>
+1) Министерство – www.enbek.gov.kz, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Государственной корпорации – www.gov4c.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9192,733 +9365,511 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+Перечень документов и сведений, истребуемых у заявителя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z214" w:id="181"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель (или его представитель по нотариально заверенной доверенности) при обращении для оказания государственной услуги предоставляет заявление по форме согласно приложению 1 к настоящим Правилам и следующие документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в Государственную корпорацию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) документ, удостоверяющий личность (паспорт гражданина Республики Казахстан, удостоверение личности гражданина Республики Казахстан (требуется для идентификации личности);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) справка организации, подтверждающая характер работы или условия труда для назначения государственного специального пособия, по форме согласно приложению 2 к настоящим Правилам. В случае ликвидации организации представляется архивная справка с указанием места работы, занимаемой должности, профессии, периодов работы, номера архивного дела, его страницы, заверенная печатью и подписью директора архива и архивариуса или электронная копия архивного документа, удостоверенная электронной цифровой подписью уполномоченного работника государственного архива или ведомственного архива.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Услугополучатель (или его представитель по нотариально заверенной доверенности) при обращении для оказания государственной услуги предоставляет заявление по форме согласно </w:t>
-[...22 lines deleted...]
-          <w:bookmarkEnd w:id="181"/>
+При отсутствии архивных документов характер работы или условия труда и их соответствие Списку № 1 производств, работ, профессий, должностей и показателей на подземных и открытых горных работах, на работах с особо вредными и особо тяжелыми условиями труда или Списку № 2 производств, работ, профессий, должностей и показателей на работах с вредными и тяжелыми условиями труда, утвержденными </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>постановлением</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства Республики Казахстан от 19 декабря 1999 года № 1930, устанавливаются через судебные органы;</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>в Государственную корпорацию:</w:t>
+3) документы, подтверждающие трудовой стаж заявителя: трудовая книжка; справки архивных учреждений, электронные копии архивных документов, удостоверенные электронной цифровой подписью уполномоченного работника государственного архива или ведомственного архива, или с места работы, при отсутствии или негодности трудовой книжки, отсутствии соответствующих записей в трудовой книжке, наличии исправлений, неточностей, разночтений; в зависимости от наличия представляются следующие документы: документ об образовании; военный билет или справка управления (отдела) по делам обороны;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1) документ, удостоверяющий личность (паспорт гражданина Республики Казахстан, удостоверение личности гражданина Республики Казахстан (требуется для идентификации личности);</w:t>
+свидетельства о рождении детей (выписка из актовой записи о рождении, или справка о регистрации акта гражданского состояния, выданные органами записи актов гражданского состояния);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+справка о реабилитации, выданная органами прокуратуры в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О реабилитации жертв массовых политических репрессий"; справка военного комиссариата об участии в боевых действиях; решение суда, подтверждающее факт осуществления и период ухода за инвалидом первой группы, одиноким инвалидом второй группы и пенсионером по возрасту, нуждающихся в посторонней помощи, престарелым, достигшим восьмидесятилетнего возраста, ребенком-инвалидом в возрасте до восемнадцати лет;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам. В случае ликвидации организации представляется архивная справка с указанием места работы, занимаемой должности, профессии, периодов работы, номера архивного дела, его страницы, заверенная печатью и подписью директора архива и архивариуса или электронная копия архивного документа, удостоверенная электронной цифровой подписью уполномоченного работника государственного архива или ведомственного архива.</w:t>
+документ, подтверждающий проживание за границей супруги (супруга) работника бывших советских учреждений, учреждений Республики Казахстан, международной организации; документ, подтверждающий проживание супруги (супруга) военнослужащего, сотрудника специального государственного органа в местностях, где отсутствовала возможность трудоустройства по специальности.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...49 lines deleted...]
-              <w:t xml:space="preserve"> производств, работ, профессий, должностей и показателей на работах с вредными и тяжелыми условиями труда, утвержденными постановлением Правительства Республики Казахстан от 19 декабря 1999 года № 1930, устанавливаются через судебные органы;</w:t>
+Для подтверждения ухода неработающей матери за малолетними детьми представляется один из следующих документов (в зависимости от их наличия): документ, удостоверяющий личность детей; свидетельство о браке (справка о регистрации актов гражданского состояния) либо свидетельство о расторжении брака или выписка из актовой записи о заключении брака (при изменении фамилии) детей;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>3) документы, подтверждающие трудовой стаж заявителя: трудовая книжка; справки архивных учреждений, электронные копии архивных документов, удостоверенные электронной цифровой подписью уполномоченного работника государственного архива или ведомственного архива, или с места работы, при отсутствии или негодности трудовой книжки, отсутствии соответствующих записей в трудовой книжке, наличии исправлений, неточностей, разночтений; в зависимости от наличия представляются следующие документы: документ об образовании; военный билет или справка управления (отдела) по делам обороны;</w:t>
+аттестат об окончании среднего учебного заведения детей; диплом об окончании средне-специального или высшего учебного заведения либо справка учебного заведения, подтверждающая обучение детей;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>свидетельства о рождении детей (выписка из актовой записи о рождении, или справка о регистрации акта гражданского состояния, выданные органами записи актов гражданского состояния);</w:t>
+свидетельство о смерти детей (или актовая запись о смерти, или справка о регистрации акта гражданского состояния, выданные органами записи актов гражданского состояния); документ, подтверждающий прохождение воинской службы на детей.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О реабилитации жертв массовых политических репрессий"; справка военного комиссариата об участии в боевых действиях; решение суда, подтверждающее факт осуществления и период ухода за инвалидом первой группы, одиноким инвалидом второй группы и пенсионером по возрасту, нуждающихся в посторонней помощи, престарелым, достигшим восьмидесятилетнего возраста, ребенком-инвалидом в возрасте до восемнадцати лет;</w:t>
+В случае установления опеки (попечительства), представляется документ, подтверждающий установление опеки (попечительства).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Документы, которые выданы или засвидетельствованы компетентными учреждением иностранного государства либо специально на то уполномоченным лицом, в пределах его компетенции и по установленной его форме скрепленные гербовой печатью иностранного государства, принимаются только после прохождения процедуры специального удостоверения (легализации либо апостилирования) в порядке, предусмотренном Правилами легализации документов, если иное не предусмотрено законами и международными договорами, утвержденными </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра иностранных дел Республики Казахстан от 6 декабря 2017 года № 11-1-2/576 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 16116).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+При представлении документов, составленных на иностранном языке, нотариус свидетельствует верность перевода документа на казахский или русский язык в соответствии с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подпунктом 9)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пункта 1 статьи 34, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 80</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О нотариате".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>документ, подтверждающий проживание за границей супруги (супруга) работника бывших советских учреждений, учреждений Республики Казахстан, международной организации; документ, подтверждающий проживание супруги (супруга) военнослужащего, сотрудника специального государственного органа в местностях, где отсутствовала возможность трудоустройства по специальности.</w:t>
+Представление документов не требуется при возможности получения их из государственных информационных систем, в том числе из сервиса цифровых документов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Для подтверждения ухода неработающей матери за малолетними детьми представляется один из следующих документов (в зависимости от их наличия): документ, удостоверяющий личность детей; свидетельство о браке (справка о регистрации актов гражданского состояния) либо свидетельство о расторжении брака или выписка из актовой записи о заключении брака (при изменении фамилии) детей;</w:t>
+Сведения о документе, удостоверяющем личность, свидетельство о рождении ребенка (детей) или выписка из актовой записи о рождении (по регистрациям, произведенным на территории Республики Казахстан после 13 августа 2007 года), по свидетельству о заключении брака (по регистрациям, произведенным на территории Республики Казахстан после 1 июня 2008 года), об установлении опеки (попечительства), получает из соответствующей государственной информационной системы через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>аттестат об окончании среднего учебного заведения детей; диплом об окончании средне-специального или высшего учебного заведения либо справка учебного заведения, подтверждающая обучение детей;</w:t>
+При подаче услугополучателем всех требуемых документов услугополучателю выдается расписка о приеме соответствующих документов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...245 lines deleted...]
-              <w:t>на портале – для получения информации о назначении пособия: в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги. Представление документов не требуется при возможности получения их из государственных информационных систем, в том числе из сервиса цифровых документов.</w:t>
+на портале – для получения информации о назначении пособия: в "личном кабинете" услугополучателя отображается статус о принятии запроса для оказания государственной услуги. Представление документов не требуется при возможности получения их из государственных информационных систем, в том числе из сервиса цифровых документов.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9969,145 +9920,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z233" w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугодатель отказывает в оказании государственных услуг по следующим основаниям:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>2) несоответствие заявителя и (или) представленных материалов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным законодательством Республики Казахстан.</w:t>
+2) несоответствие заявителя и (или) представленных материалов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным законодательством Республики Казахстан.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В случае устранения услугополучателем причин отказа в оказании государственной услуги услугополучатель может обратиться повторно для получения государственной услуги в порядке, установленном настоящим перечнем основных требований к оказанию государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10179,203 +10108,182 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z236" w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучателям, имеющим в установленном законодательством порядке полную или частичную утрату способности или возможности осуществлять самообслуживание, самостоятельно передвигаться, ориентироваться, прием документов для оказания государственной услуги производится работником Государственной корпорации с выездом по месту жительства посредством обращения через Единый контакт-центр 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Услугополучатель имеет возможность получения информации о назначении пособия в электронной форме через портал при условии наличия ЭЦП.</w:t>
+Услугополучатель имеет возможность получения информации о назначении пособия в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра 1414, 8-800-080-7777.</w:t>
+Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра 1414, 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении "eGov mobile", с использованием электронно-цифровой подписи или одноразового пароля.</w:t>
+Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении "eGov mobile", с использованием электронно-цифровой подписи или одноразового пароля.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Сервис цифровых документов доступен для субъектов, авторизованных в мобильном приложении и информационных системах пользователей.</w:t>
+Сервис цифровых документов доступен для субъектов, авторизованных в мобильном приложении и информационных системах пользователей.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для использования цифрового документа необходимо пройти авторизацию методами доступными в мобильном приложении и информационных системах пользователей, далее в разделе "Цифровые документы" просматривает необходимый документ для дальнейшего использования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10571,88 +10479,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z243" w:id="184"/>
+    <w:bookmarkStart w:name="z243" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расписка об отказе в приеме заявления на государственное специальное пособие</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z244" w:id="185"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z244" w:id="169"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от "___" _________ 20 ____ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Гражданин (ка) ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10984,88 +10892,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z247" w:id="186"/>
+    <w:bookmarkStart w:name="z247" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расписка № ____ об отказе в приеме заявления на назначение государственного специального пособия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z248" w:id="187"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z248" w:id="171"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от "___" _________ 20 ____ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Гражданин (ка) ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11414,68 +11322,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z251" w:id="188"/>
+    <w:bookmarkStart w:name="z251" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Электронный журнал регистрации заявлений граждан о назначении (перерасчете) государственного специального пособия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -12982,116 +12890,116 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам назначения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществления,</w:t>
+              <w:t>осуществления, приостановления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приостановления, перерасчета,</w:t>
+              <w:t>перерасчета, возобновления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>возобновления, прекращения</w:t>
+              <w:t>прекращения государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного специального</w:t>
+              <w:t>специального пособия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пособия и пересмотра решения о</w:t>
+              <w:t>и пересмотра решения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>его выплате</w:t>
+              <w:t>о его выплате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13124,691 +13032,827 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z254" w:id="189"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 7 – в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Код ______________________ Область (город) __________________ Решение № ____ от "___" ________ 20 ___ года Департамента Комитета труда и социальной защите</w:t>
-[...629 lines deleted...]
-        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии)</w:t>
+      Код ______________________ Область (город) __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение № ____ от "___" ________ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Департамента Комитета регулирования и контроля в сфере социальной защите</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>области (городу) № дела ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. О назначении (изменении, возобновлении выплаты, отказе в назначении)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного специального пособия по спискам № 1, № 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин(ка)_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пол ______________ Дата рождения "___" ______________ ____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата обращения "___" ________________ 20 ____ года № ________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Требуется трудовой стаж работы _________ лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждено _____ лет _____ месяцев ____ дней _____ (до 01.01.98 года)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Стаж по Списку № 1 (№ 2) ______ лет _____ месяцев ____ дней ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Назначить пособие в соответствии с пунктом _____ статьи ______ Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от "____" ______ ___года № ____________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Размер месячного пособия в сумме ______________________________________ тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тенге (сумма прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с "_____" _____________ 20 ____ года по "_____" __________ 20 ___ год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Отказать в назначении пособия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(основания)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель департамента _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель управления (отдела) ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Проект решения подготовлен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Директор филиала Государственной корпорации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист областного филиала Государственной корпорации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель отделения Государственной корпорации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист отделения Государственной корпорации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14006,88 +14050,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z257" w:id="190"/>
+    <w:bookmarkStart w:name="z257" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z258" w:id="191"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z258" w:id="174"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от "_____" ________20____ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Фамилия, имя, отчество (при его наличии) заявителя</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14436,80 +14480,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z261" w:id="192"/>
+    <w:bookmarkStart w:name="z261" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал sms-оповещений государственного специального пособия</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>по _________________ отделению Государственной корпорации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -15875,88 +15919,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пособия и пересмотра решения о</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>его выплате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z263" w:id="193"/>
+    <w:bookmarkStart w:name="z263" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уведомление № ____о назначении (отказе в назначении) государственного специального пособия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z264" w:id="194"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z264" w:id="177"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от "___" _____________20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Гражданин(ка)____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16373,80 +16417,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z267" w:id="195"/>
+    <w:bookmarkStart w:name="z267" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал уведомлений на государственное специальное пособие</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>по _________________отделению Государственной корпорации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -17784,70 +17828,70 @@
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z270" w:id="196"/>
+          <w:bookmarkStart w:name="z270" w:id="179"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Герб</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="196"/>
+          <w:bookmarkEnd w:id="179"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18192,70 +18236,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z273" w:id="197"/>
+          <w:bookmarkStart w:name="z273" w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Қазақстан Республикасы Әлеуметтік кодексінің (немесе) ______________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="197"/>
+          <w:bookmarkEnd w:id="180"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18981,70 +19025,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z289" w:id="198"/>
+          <w:bookmarkStart w:name="z289" w:id="181"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № _____ Куәлiкке қосымша бет</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="198"/>
+          <w:bookmarkEnd w:id="181"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19371,70 +19415,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z295" w:id="199"/>
+          <w:bookmarkStart w:name="z295" w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зейнетақы (жәрдемақы) төлеу мерзiмi ұзартылды немесе оның мөлшерi өзгертiлдi ____ жылдан бастап</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="199"/>
+          <w:bookmarkEnd w:id="182"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19595,70 +19639,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мөрдің орыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z302" w:id="200"/>
+          <w:bookmarkStart w:name="z302" w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Выплата пенсии(пособия) продлена или изменен размер</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="200"/>
+          <w:bookmarkEnd w:id="183"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>с "___" _________ _______года</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -20113,68 +20157,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z305" w:id="201"/>
+    <w:bookmarkStart w:name="z305" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал регистрации удостоверений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -20776,64 +20820,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z306" w:id="202"/>
+      <w:bookmarkStart w:name="z306" w:id="185"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Скрепление печатью:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       количество листов в журнале ___________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -21012,116 +21056,116 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам назначения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществления,</w:t>
+              <w:t>осуществления, приостановления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приостановления, перерасчета,</w:t>
+              <w:t>перерасчета, возобновления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>возобновления, прекращения</w:t>
+              <w:t>прекращения государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного специального</w:t>
+              <w:t>специального пособия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пособия и пересмотра решения о</w:t>
+              <w:t>и пересмотра решения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>его выплате</w:t>
+              <w:t>о его выплате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -21154,657 +21198,759 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z309" w:id="203"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 14 – в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код ______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-[...592 lines deleted...]
-        <w:t xml:space="preserve">                                     (фамилия, имя, отчество (при его наличии)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Область (город) __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение № ____ от "_____" _______ 20 ____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Департамент Комитета регулирования и контроля в сфере социальной защиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>области (городу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ дела __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. О повышении размера государственного специального пособия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин(ки)___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пол _________________ Дата рождения "__ " _______________ ___года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Трудовой стаж: ____ лет ___ месяцев (до 1 января 1998 года)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Размер пособия до "___" ___________ 20___ года ________________ тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________ тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(сумма прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Повысить размер пособия в соответствии с ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование, номер и дата нормативного правового акта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Размер пособия с "_____" ___________________ 20 ______ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________ тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(сумма прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель департамента __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель управления (отдела) ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Проект решения подготовлен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Директор филиала</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист областного филиала</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель отделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист отделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21866,116 +22012,116 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам назначения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществления,</w:t>
+              <w:t>осуществления, приостановления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приостановления, перерасчета,</w:t>
+              <w:t>перерасчета, возобновления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>возобновления, прекращения</w:t>
+              <w:t>прекращения государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного специального</w:t>
+              <w:t>специального пособия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пособия и пересмотра решения о</w:t>
+              <w:t>и пересмотра решения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>его выплате</w:t>
+              <w:t>о его выплате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -22008,593 +22154,608 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z312" w:id="204"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 15 – в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-[...528 lines deleted...]
-        <w:t xml:space="preserve">                                     (фамилия, имя, отчество (при его наличии)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Область (городу) _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение № ____ от "_____" _______ 20 ____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Департамента Комитета регулирования и контроля в сфере социальной защиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по _____________________________________ области (городу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ дела ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О приостановлении выплаты государственного специального пособия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин (ка) ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пол ___ Дата рождения "___" ________ 19 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приостановить выплату с "___"__________20___года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Основание ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать причину)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель департамента ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель управления (отдела) ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Проект решения подготовлен: Директор филиала</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист областного филиала</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель отделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист отделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22630,142 +22791,142 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 16</w:t>
+              <w:t>Приложение 15-1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам назначения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществления,</w:t>
+              <w:t>осуществления, приостановления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приостановления, перерасчета,</w:t>
+              <w:t>перерасчета, возобновления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>возобновления, прекращения</w:t>
+              <w:t>прекращения государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного специального</w:t>
+              <w:t>специального пособия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пособия и пересмотра решения о</w:t>
+              <w:t>и пересмотра решения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>его выплате</w:t>
+              <w:t>о его выплате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -22796,578 +22957,842 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="z317" w:id="207"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Список без вести пропавших лиц, находящихся в розыске за _____ месяц 202___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 15-1 в соответствии с приказом Министра труда и социальной защиты населения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Имя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адрес постоянного места жительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата объявления в розыск</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Код _____________</w:t>
-[...514 lines deleted...]
-        <w:t xml:space="preserve">                                     (фамилия, имя, отчество (при его наличии)</w:t>
+      Место печати</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Учреждения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комитета по правовой статистике</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и специальным учетам</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Генеральной прокуратуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственный исполнитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23403,142 +23828,142 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 17</w:t>
+              <w:t>Приложение 16</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам назначения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществления,</w:t>
+              <w:t>осуществления, приостановления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приостановления, перерасчета,</w:t>
+              <w:t>перерасчета, возобновления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>возобновления, прекращения</w:t>
+              <w:t>прекращения государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного специального</w:t>
+              <w:t>специального пособия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пособия и пересмотра решения о</w:t>
+              <w:t>и пересмотра решения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>его выплате</w:t>
+              <w:t>о его выплате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -23571,627 +23996,591 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z322" w:id="210"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 16 – в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-[...562 lines deleted...]
-        <w:t xml:space="preserve">                                     (фамилия, имя, отчество (при его наличии)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Область (город) _________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение № ____ от "___" _______ 20 ____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Департамента Комитета регулирования и контроля в сфере социальной защиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по _____________________________________ области (городу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ дела ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О прекращении выплаты государственного специального пособия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданин___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пол ___ Дата рождения "___" ________ 19 __ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прекратить выплату с "___" __________20___года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Основание ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указать причину)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель департамента _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель управления (отдела) _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Проект решения подготовлен: Директор филиала</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист областного филиала</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель отделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист отделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24227,142 +24616,142 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 18</w:t>
+              <w:t>Приложение 16-1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам назначения,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>осуществления,</w:t>
+              <w:t>осуществления, приостановления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приостановления, перерасчета,</w:t>
+              <w:t>перерасчета, возобновления,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>возобновления, прекращения</w:t>
+              <w:t>прекращения государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного специального</w:t>
+              <w:t>специального пособия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пособия и пересмотра решения о</w:t>
+              <w:t>и пересмотра решения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>его выплате</w:t>
+              <w:t>о его выплате</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -24393,66 +24782,1996 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="z327" w:id="213"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование загранучреждения)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Список умерших граждан Республики Казахстан, ставших на консульский учет,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>временно проживавшего за пределами Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 16-1 в соответствии с приказом Министра труда и социальной защиты населения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Имя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата смерти</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Страна проживания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель загранучреждения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место для печати (загранучреждения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственный исполнитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 17</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществления, приостановления,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>перерасчета, возобновления,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>прекращения государственного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>специального пособия</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и пересмотра решения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>о его выплате</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 17 – в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Код _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Область (город)_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение № ____ от "____" _______ 20 ____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Департамента Комитета регулирования и контроля в сфере социальной защиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по _____________________________________ области (городу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ дела ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Об удержании суммы государственного специального пособия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданина(ки)__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пол ______________ Дата рождения "____" ____________ 19 ____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Размер пенсионных выплат (пособия) ___________________________тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________ тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(сумма прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Производить удержание в соответствии с заявлением от "___" __________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Размер удержания _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(сумма удержания)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с "_____" ________ 20 __ года до полного погашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель департамента __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель управления (отдела) _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Проект решения подготовлен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Директор филиала</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист областного филиала</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель отделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист отделения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственной корпорации ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 18</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам назначения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществления,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приостановления, перерасчета,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>возобновления, прекращения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного специального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пособия и пересмотра решения о</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>его выплате</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z327" w:id="186"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код района _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Республика Казахстан ___________________отделение</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -24460,88 +26779,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Государственной корпорации по ________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     области (городу)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z328" w:id="214"/>
+    <w:bookmarkStart w:name="z328" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z329" w:id="215"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z329" w:id="188"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от гражданина (ки)__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               (фамилия, имя, отчество (при его наличии) получателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -25170,64 +27489,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z330" w:id="216"/>
+      <w:bookmarkStart w:name="z330" w:id="189"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Контактные данные заявителя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       телефон домашний _________ мобильный _____________ Е-маil _________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -25559,106 +27878,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z333" w:id="217"/>
+    <w:bookmarkStart w:name="z333" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Справка-аттестат № ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z334" w:id="218"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z334" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> от "___" _________ 20 ____ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z335" w:id="219"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z335" w:id="192"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Гражданин государственное специальное пособие получал (а) в _________ отделении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Государственной корпорации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -26126,70 +28445,70 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z338" w:id="220"/>
+    <w:bookmarkStart w:name="z338" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дело получателя пособия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -26980,70 +29299,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z339" w:id="221"/>
+    <w:bookmarkStart w:name="z339" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отметки о принятии и снятии с учета:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -27434,70 +29753,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М.П.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Руководитель отделения ____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z340" w:id="222"/>
+    <w:bookmarkStart w:name="z340" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отметки о проведении инвентаризации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -27599,70 +29918,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____ листов (дата, подпись, ___ листов (дата, подпись)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____ листов (дата, подпись, ___ листов (дата, подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z341" w:id="223"/>
+    <w:bookmarkStart w:name="z341" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отметки о проверке дел:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -28111,64 +30430,64 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z344" w:id="224"/>
+      <w:bookmarkStart w:name="z344" w:id="197"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код района _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Республика Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -28182,119 +30501,119 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Государственной корпорации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z345" w:id="225"/>
+      <w:bookmarkStart w:name="z345" w:id="198"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   области (городу)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z346" w:id="226"/>
+    <w:bookmarkStart w:name="z346" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z347" w:id="227"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z347" w:id="200"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от гражданина (ки) _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии) заявителя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -28915,64 +31234,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z348" w:id="228"/>
+      <w:bookmarkStart w:name="z348" w:id="201"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Контактные данные заявителя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       телефон домашний___________ мобильный ___________ Е-маil ____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -29097,55 +31416,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>