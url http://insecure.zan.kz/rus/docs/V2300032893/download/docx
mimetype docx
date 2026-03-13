--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e6cfeaa" w14:textId="e6cfeaa">
+    <w:p w14:paraId="eaa0619" w14:textId="eaa0619">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,186 +100,223 @@
         </w:rPr>
         <w:t>Об утверждении перечня нормативных правовых актов, не подлежащих государственной регистрации в органах юстиции</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра юстиции Республики Казахстан от 26 июня 2023 года № 408. Зарегистрирован в Министерстве юстиции Республики Казахстан 26 июня 2023 года № 32893.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...9 lines deleted...]
-      В соответствии с </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 35-1 Закона Республики Казахстан "О правовых актах", ПРИКАЗЫВАЮ:</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить прилагаемый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативных правовых актов, не подлежащих государственной регистрации в органах юстиции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Департаменту регистрации нормативных правовых актов Министерства юстиции Республики Казахстан в установленном законодательством порядке обеспечить государственную регистрацию настоящего приказа.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на курирующего вице - министра юстиции Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -307,71 +344,53 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр юстиции</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -405,50 +424,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Ескараев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -527,362 +567,425 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 июня 2023 года № 408</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень нормативных правовых актов, не подлежащих государственной регистрации в органах юстиции</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...277 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Перечень - в редакции приказа Министра юстиции РК от 30.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 293</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования); с изменением, внесенным приказом Министра юстиции РК от 11.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 153</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Нормативные правовые акты, регулирующие внутриведомственную деятельность государственных органов и организаций, находящихся в их ведении, субъектов квазигосударственного сектора, органов местного самоуправления, национальных операторов, и не затрагивающие интересы третьих лиц.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Нормативные правовые акты об утверждении нормативных технических документов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Нормативный правовой акт по утверждению Единой бюджетной классификации Республики Казахстан (далее – ЕБК), а также правил составления и внесения изменений и дополнений в ЕБК.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Нормативный правовой акт по утверждению таблицы распределения поступлений бюджета между уровнями бюджетов, контрольным счетом наличности Национального фонда Республики Казахстан, Фондом компенсации потерпевшим, Фондом поддержки инфраструктуры образования и бюджетами государств – членов Евразийского экономического союза.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Нормативные правовые акты по утверждению правил, методик и иных документов, принимаемых в реализацию Системы государственного планирования в Республике Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Нормативные правовые акты Высшего Судебного Совета Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Нормативные правовые акты о реализации пилотных проектов в сфере оказания государственных услуг и по утверждению Реестра государственных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Нормативные правовые акты об утверждении (определении, установлении, распределении) квот, лимитов, цен, тарифов, тарифных ставок, норм, нормативов, натуральных норм, размеров, премий, стипендий, перечня, объемов, в том числе их предельных либо минимальных значений, а также нормативные правовые акты, устанавливающие показатели, имеющие цифровое, буквенное обозначение и порядок их применения, не содержащие дополнительные нормы права. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Нормативные правовые акты об утверждении, распределении и размещении государственного образовательного заказа, государственного заказа на обеспечение студентов, магистрантов и докторантов местами в общежитиях, определении сроков начала и завершения учебного года, а также сроков проведения итоговой аттестации обучающихся в организациях среднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Нормативные правовые акты по утверждению профессиональных стандартов и единых тарифно-квалификационных справочников работ и профессий рабочих, реестров должностей гражданских служащих, типовых квалификационных характеристик должностей руководителей, специалистов и других служащих, квалификационный справочник должностей руководителей, специалистов и других служащих.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. Нормативные правовые акты, имеющие пометки "Для служебного пользования", "Без опубликования в печати", "Не для печати", нормы которых регулируют внутриведомственную деятельность и не затрагивают интересы третьих лиц.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Нормативные правовые акты местных представительных и исполнительных органов, за исключением нормативных правовых актов по определению порядка организации и осуществления какого-либо вида деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
@@ -904,55 +1007,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1278,31 +1381,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>