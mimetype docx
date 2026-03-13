--- v0 (2025-11-26)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="633dca7" w14:textId="633dca7">
+    <w:p w14:paraId="91da19c" w14:textId="91da19c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1012,74 +1012,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила выдачи или продления справок иностранцу или лицу без гражданства о соответствии его квалификации для самостоятельного трудоустройства (далее – Правила), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 14-5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан от 22 июля 2011 года "О миграции населения" (далее – Закон), с </w:t>
+        <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О миграции населения" (далее – Закон), с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" и определяют порядок выдачи или продления справок иностранцу или лицу без гражданства о соответствии его квалификации для самостоятельного трудоустройства.</w:t>
+        <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" и определяют порядок выдачи или продления справок иностранцу или лицу без гражданства о соответствии его квалификации для самостоятельного трудоустройства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z24" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1150,94 +1212,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок выдачи или продления справки иностранцу или лицу без гражданства о соответствии его квалификации для самостоятельного трудоустройства</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Иностранец или лицо без гражданства (либо уполномоченное им лицо) для получения государственной услуги "Выдача или продление справки иностранцу или лицу без гражданства о соответствии квалификации для самостоятельного трудоустройства" (далее – государственная услуга) направляет через веб-портал "электронного правительства" заявление о выдаче справки по форме согласно </w:t>
+      3. Иностранец или лицо без гражданства (либо уполномоченное им лицо) (далее – услугополучатель) для получения государственной услуги "Выдача или продление справки иностранцу или лицу без гражданства о соответствии квалификации для самостоятельного трудоустройства" (далее – государственная услуга) направляет через веб-портал "электронного правительства", www.egov.kz, www.elicense.kz, www.migration.enbek.kz заявление о выдаче справки по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – заявление), с приложением документов, указанных в перечне основных требований к оказанию государственной услуги "Выдача или продление справки иностранцу или лицу без гражданства о соответствии квалификации для самостоятельного трудоустройства" (далее - перечень требований к оказанию государственной услуги) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги приведен в перечне требований к оказанию государственной услуги согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1310,992 +1434,1918 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. При соответствии представленных документов по перечню требований к оказанию государственной услуги согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам, сотрудник местного исполнительного органа в течение двух рабочих дней со дня регистрации документов, направляет их на рассмотрение Комиссии.</w:t>
+        <w:t xml:space="preserve"> к настоящим Правилам, сотрудник местного исполнительного органа в течение 2 (двух) рабочих дней со дня регистрации документов, направляет их на рассмотрение Комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Комиссией при рассмотрении заявлений и документов иностранцев или лиц без гражданства проверяется их соответствие квалификации и уровню образования к востребованным профессиям, в приоритетных отраслях экономики, утверждаемых в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 14-5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О миграции населения".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уровень образования (профессиональная подготовка) и опыт (стаж) практической работы иностранца или лица без гражданства, подающих заявление о выдаче справки должны отвечать квалификационным требованиям в соответствии с профессиональными стандартами согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункту 2</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> статьи 117 Трудового кодекса Республики Казахстан от 23 ноября 2015 года (далее – Трудовой кодекс), Квалификационным справочником должностей руководителей, специалистов и других служащих, утверждаемый уполномоченным органом в соответствии с подпунктом 16-1) </w:t>
+        <w:t>пункту 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "О профессиональных квалификациях", Квалификационным справочником должностей руководителей, специалистов и других служащих, утверждаемый уполномоченным органом в соответствии с подпунктом 16-1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Трудового кодекса, типовыми квалификационными характеристиками должностей руководителей, специалистов и других служащих организаций.</w:t>
+        <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан (далее – Трудовой кодекс), типовыми квалификационными характеристиками должностей руководителей, специалистов и других служащих организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Комиссия проводит оценку на основании анализа документов, представленных иностранцем или лицом без гражданства, а также критериев квалификационных характеристик, предусмотренных пунктом 10 настоящих Правил, и дает рекомендации о выдаче либо об отказе в выдаче справки иностранцу или лицу без гражданства, с мотивированным обоснованием причин отказа предусмотренными пунктом 12 настоящих Правил. Решение Комиссии в течение 3 (трех) рабочих дней принимается отдельно в отношении каждого иностранца или лица без гражданства, оформляется протоколом и подписывается присутствующими на заседании членами комиссии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Комиссия проводит оценку на основании анализа документов, представленных иностранцем или лицом без гражданства, а также критериев квалификационных характеристик, предусмотренных пунктом 10 настоящих Правил, и дает рекомендации о выдаче либо об отказе в выдаче справки иностранцу или лицу без гражданства, с мотивированным обоснованием причин отказа предусмотренными пунктом 12 настоящих Правил. Решение Комиссии принимается отдельно в отношении каждого иностранца или лица без гражданства, оформляется протоколом и подписывается присутствующими на заседании членами комиссии.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В соответствии с критериями квалификационных характеристик иностранцу или лицу без гражданства Комиссией начисляются следующие баллы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) образование:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       высшее образование по специальности, соответствующей профессиям, востребованным в приоритетных отраслях экономики (видах экономической деятельности) – 3 балла;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ученая степень по специальности, соответствующей профессиям, востребованным в приоритетных отраслях экономики (видах экономической деятельности) – 4 балла;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сертификат для преподавания английского языка – 3 балла;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) стаж работы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стаж работы по специальности, соответствующей профессиям, востребованным в приоритетных отраслях экономики (видах экономической деятельности):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от 1 до 3 лет – 2 балла;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от 4 до 10 лет – 4 балла;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от 11 лет и выше – 6 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. На основании рекомендации Комиссии местный исполнительный орган в течении 5 (пяти) рабочих дней с даты принятия заявления принимает решение о выдаче справки иностранцу или лицу без гражданства о соответствии квалификации для самостоятельного трудоустройства по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, либо об отказе в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Отказ в выдаче справки иностранцу или лицу без гражданства осуществляется согласно Перечню требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Результат оказания государственной услуги направляется в "личный кабинет" заявителя на портале в форме электронного документа, подписанного электронной цифровой подписью уполномоченного лица местного исполнительного органа.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Результат оказания государственной услуги направляется в "личный кабинет" заявителя на портале в форме электронного документа, подписанного электронной цифровой подписью уполномоченного лица услугодателя.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Выданная местным исполнительным органом справка не подлежит передаче другому лицу и действует на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Справка выдается сроком не более трех месяцев.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При соответствии представленных иностранцем или лицом без гражданства документов, предусмотренных перечнем основных требований к оказанию государственной услуги для продления срока справки, местный исполнительный орган в течении 3 (трех) рабочих дней продлевает справку на срок действия трудового договора, но не более 3 (трех) лет.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. При соответствии представленных иностранцем или лицом без гражданства документов предусмотренными перечнем основных требований к оказанию государственной услуги для продления срока справки, местный исполнительный орган в течении трех рабочих дней продлевает справку на срок действия трудового договора, но не более трех лет.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Для продления срока справки иностранец или лицо без гражданства в течение пяти рабочих дней со дня заключения трудового договора с работодателем направляет через веб-портал "электронного правительства" документы, предусмотренные Перечнем требований к оказанию государственной услуги для продления справки.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При изменении работодателя в течение срока действия справки, иностранец или лицо без гражданства в течение 5 (пяти) рабочих дней со дня заключения нового трудового договора направляет в местный исполнительный орган письменное уведомление об этом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. При изменении работодателя в течение срока действия справки, иностранец или лицо без гражданства в течение пяти рабочих дней со дня заключения нового трудового договора направляет в местный исполнительный орган письменное уведомление об этом.</w:t>
+      19. При смене работодателя, переоформление ранее выданной справки иностранцу или лицу без гражданства осуществляется в порядке, предусмотренным пунктом 22 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. При смене работодателя, выдача справки иностранцу или лицу без гражданства осуществляется в порядке, предусмотренными пунктами 16 и 17 настоящих Правил.</w:t>
+      20. При прекращении трудового договора по основаниям, предусмотренным трудовым законодательством Республики Казахстан, иностранный работник или лицо без гражданства в течение 5 (пяти) рабочих дней направляет в местный исполнительный орган письменное уведомление в произвольной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. При прекращении трудового договора по основаниям, предусмотренным трудовым законодательством Республики Казахстан, иностранный работник или лицо без гражданства в течение пяти рабочих дней направляет в местный исполнительный орган письменное уведомление в произвольной форме.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Основанием для отзыва справки является осуществление иностранцем или лицом без гражданства трудовой деятельности по профессии не соответствующей справке.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местным исполнительным органом производится отзыв справки на основании актов уполномоченных государственных органов, осуществляющих контроль по соблюдению трудового и миграционного законодательства Республики Казахстан, в случае осуществления трудовой деятельности, несвязанной с соответствующей справке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Переоформление ранее выданной справки осуществляется при изменении фамилии, имени, отчества (при его наличии), номера и серии документа, удостоверяющего личность иностранца или лица без гражданства, а также при смене работодателя.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Переоформление ранее выданной справки осуществляется при изменении фамилии, имени, отчества (при его наличии), номера и серии документа, удостоверяющего личность иностранца или лица без гражданства.</w:t>
+      Иностранец или лицо без гражданства в течение 5 (пяти) рабочих дней с даты изменения фамилии, имени, отчества (при его наличии), номера и серии документа, удостоверяющего личность иностранца или лица без гражданства, а также смены работодателя подает заявление через веб-портал "электронного правительства" о переоформлении справки, с приложением копий документов, подтверждающих указанные сведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местный исполнительный орган в течение 3 (трех) рабочих дней со дня подачи заявления переоформляет справку с присвоением нового номера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-1. Выдача дубликата справки иностранцу или лицу без гражданства осуществляется в случае утери или порчи справки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Иностранец или лицо без гражданства в течение 5 (пяти) рабочих дней с даты утери или порчи справки подает заявление через веб-портал "электронного правительства" www.elicense.kz или www.migration.enbek.kz с приложением документов, указанных в перечне требований к оказанию государственной услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Иностранец или лицо без гражданства в течение пяти рабочих дней с даты изменения фамилии, имени, отчества, номера и серии документа, удостоверяющего личность иностранца или лица без гражданства, подает заявление через веб-портал "электронного правительства" о переоформлении справки, с приложением копий документов, подтверждающих указанные сведения.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      Местный исполнительный орган в течение 3 (трех) рабочих дней со дня подачи заявления выдает дубликата справки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Местный исполнительный орган в течение трех рабочих дней со дня подачи заявления переоформляет справку с присвоением нового номера.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22-1 в соответствии с приказом и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Справка прекращает свое действие в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) истечения срока, на которую она выдана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) отзыва выданной справки;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+      2) обнаружения осуществления иностранца или лица без гражданства трудовой деятельности по профессии не соответствующей справке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) центральных государственных органов, а также местных исполнительных органов и (или) их должностных лиц по вопросу оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...25 lines deleted...]
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 3 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Рассмотрение жалобы по вопросам оказания государственной услуги производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Административный орган (должностное лицо), чье решение, действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+      Административный орган (должностное лицо), чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При этом административный орган (должностное лицо) чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение либо иное административное действие, полностью удовлетворяющего требованиям, указанных в жалобе.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+      При этом административный орган (должностное лицо) чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо иное административное действие, полностью удовлетворяющего требованиям, указанных в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      25. Жалоба услугополучателя, поступившая в адрес местного исполнительного органа, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Жалоба рассматривается в сроки, установленные Административным процедурно-процессуальным кодексом Республики Казахстан.</w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Жалоба услугополучателя, поступившая в адрес местного исполнительного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрениюв течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z71" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба заявителя, поступившая в адрес органа, рассматривающего жалобу, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z72" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. При несогласии с результатами оказанной государственной услуги заявитель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z73" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Если иное не предусмотрено законами Республики Казахстан, обжалование в суде допускается после обжалования в административном (досудебном) порядке в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 АППК РК.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2537,360 +3587,355 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>(наименование местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного органа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>областей, городов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>республиканского значения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>столицы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от _________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(наименование местного</w:t>
+              <w:t>(№ паспорта (документа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>исполнительного органа</w:t>
+              <w:t>удостоверяющего личность),</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>областей, городов</w:t>
+              <w:t>дата и орган выдачи)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>республиканского значения,</w:t>
+              <w:t>адрес, телефон, факс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>столицы)</w:t>
+              <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от _________________________</w:t>
+              <w:t>местонахождение в стране</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>___________________________</w:t>
-[...128 lines deleted...]
-              </w:rPr>
               <w:t>резидентства, телефон</w:t>
-            </w:r>
-[...11 lines deleted...]
-              <w:t>___________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="67"/>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z78" w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Прошу выдать/продлить справку о соответствии квалификации для самостоятельного</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="68"/>
+      Прошу выдать/продлить/переоформить/выдать дубликат справки о соответствии</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>трудоустройства по профессии ______________________________________________</w:t>
+        <w:t>квалификации для самостоятельного трудоустройства по профессии</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(указывается профессия, отрасль экономики (вид экономической деятельности)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2914,68 +3959,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>миграции населения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Сведения о работодателе (при продлении справки): _____________________________</w:t>
+        <w:t>Сведения о работодателе (при продлении справки):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование работодателя, бизнес идентификационный номер или индивидуальный</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -3033,102 +4078,134 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>К заявлению прилагается:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1) __________________________________________________</w:t>
+        <w:t>1) __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2) __________________________________________________</w:t>
+        <w:t>2) __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата подачи заявления: "___" __________ 20 _ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпись заявителя _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3177,108 +4254,199 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам выдачи или</w:t>
+              <w:t>к Правилам выдачи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>продления справок иностранцу</w:t>
+              <w:t>или продления справок</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>или лицу без гражданства</w:t>
+              <w:t>иностранцу или лицу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>о соответствии его квалификации для</w:t>
+              <w:t>без гражданства о соответствии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>самостоятельного трудоустройства</w:t>
+              <w:t>его квалификации</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>для самостоятельного трудоустройства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"Выдача или продление справки иностранцу или лицу без гражданства</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>о соответствии квалификации для самостоятельного трудоустройства"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3292,51 +4460,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень основных требований к оказанию государственной услуги "Выдача или продление справки иностранцу или лицу без гражданства о соответствии квалификации для самостоятельного трудоустройства"</w:t>
+Наименование государственной услуги: "Выдача или продление справки иностранцу или лицу без гражданства о соответствии квалификации для самостоятельного трудоустройства"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование подвида государственной услуги:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Выдача справки иностранцу или лицу без гражданства о соответствии квалификации для самостоятельного трудоустройства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Продление справки иностранцу или лицу без гражданства о соответствии квалификации для самостоятельного трудоустройства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Переоформление справки иностранцу или лицу без гражданства о соответствии квалификации для самостоятельного трудоустройства в случае изменения фамилии, имени, отчества (при его наличии), номера и серии документа, удостоверяющего личность иностранца или лиц без гражданства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Выдача дубликата справки иностранцу или лицу без гражданства о соответствии квалификации для самостоятельного трудоустройства в случае утери или порчи справки.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3405,51 +4663,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Местные исполнительные органы областей, городов республиканского значения, столицы (далее – услугодатель)</w:t>
+Местные исполнительные органы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3518,51 +4776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Веб-портал "электронного правительства" www.egov.kz, www. elicense.kz</w:t>
+Веб-портал "электронного правительства" www.egov.kz, www. elicense.kz или www.migration.enbek.kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3631,85 +4889,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выдача справки на срок до трех месяцев – в течение 6 (шесть) рабочих дней (со дня регистрации заявления).</w:t>
-[...33 lines deleted...]
-              <w:t>Переоформление справки – в течение 3 (три) рабочих дней.</w:t>
+Выдача справки на срок до 3 (трех) месяцев – в течение 5 (пяти) рабочих дней (со дня регистрации заявления).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продление справки - в течение 3 (трех) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переоформление справки – в течение 3 (трех) рабочих дней.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача дубликата справки – в течение 3 (трех) рабочих дней.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3777,52 +5055,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Электронная </w:t>
+              <w:t>
+Электронная (частично автоматизированными)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4136,106 +5414,128 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+График работы портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу, прием заявлений и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Местных исполнительных органов - с понедельника по пятницу в соответствии с графиком работы, с перерывом на обед, кроме выходных и праздничных дней согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кодексу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-График работы портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно Трудовому кодексу Республики Казахстан (далее – Кодекс), прием заявлений и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
-[...53 lines deleted...]
-              <w:t>Адреса мест оказания государственной услуги размещены на интернет ресурсе местных исполнительных органов областей, городов республиканского значения, столицы.</w:t>
+Адреса мест оказания государственной услуги размещены на интернет ресурсе местных исполнительных органов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4321,248 +5621,364 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Для выдачи справки:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...196 lines deleted...]
-              <w:t>копия документа, с изменениями фамилии, имени, отчества, номера и серии документа, удостоверяющего личность.</w:t>
+              <w:t>
+заявление;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия документа, удостоверяющего личность иностранца;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нотариально засвидетельствованные переводы (на казахском или русском языке) документов об образовании, прошедших процедуру признания или нострификации в порядке, установленном законодательством Республики Казахстан об образовании, за исключением случаев, когда иное не предусмотрено международными договорами, ратифицированными Республикой Казахстан, либо нотариально засвидетельствованные переводы (на казахском или русском языке) сертификатов для преподавания английского языка;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+копия документа, подтверждающего трудовую деятельность, засвидетельствованную нотариально, а также его перевод на казахском или русском языке.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Для продления срока справки:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+заявление о продлении справки по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+справка, ранее выданная уполномоченным органом;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+копия трудового договора.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Для переоформления справки при изменении фамилии, имени, отчества (при его наличии), номера и серии документа, удостоверяющего личность иностранца или лиц без гражданства:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+заявление о переоформлении справки по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+копия документа, с изменениями фамилии, имени, отчества, номера и серии документа, удостоверяющего личность.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Для получения дубликата справки:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+заявление о выдаче дубликата справки по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электронная копия документа, удостоверяющего личность иностранца;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+копия документа, подтверждающего трудовую деятельность, засвидетельствованную нотариально, а также его перевод на казахском или русском языке.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4595,51 +6011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4648,68 +6064,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Несоответствие требованиям к квалификации и уровню образования к профессиям, востребованным в приоритетных отраслях экономики (видах экономической деятельности) предусмотренным перечнем приоритетных отраслей (видов экономической деятельности) и востребованных в них профессий для самостоятельного трудоустройства иностранцев и лиц без гражданства.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2. Недостижение порогового значения результата оценки иностранца или лица без гражданства, составляющего шесть баллов.</w:t>
-[...16 lines deleted...]
-              <w:t>3. Установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них.</w:t>
+              <w:t>
+2. Недостижение порогового значения результата оценки иностранца или лица без гражданства, составляющего шесть баллов.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4741,52 +6159,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
+              <w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4795,56 +6213,78 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги посредством Единого контакт-центра "1411".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2. Для обращения через веб-портал "электронного правительства" www.egov.kz, www. elicense.kz услугополучателю необходимо получить индивидуальный идентификационный номер (ИИН) для получения электронной цифровой подписи (ЭЦП).</w:t>
+              <w:t>
+2. Для обращения через веб-портал "электронного правительства" www.egov.kz, www.elicense.kz, www.migration.enbek.kz. услугополучателю необходимо получить индивидуальный идентификационный номер (ИИН) для получения электронной цифровой подписи (ЭЦП).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4904,64 +6344,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам выдачи или</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">продления справок </w:t>
+              <w:t>продления справок</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">или лицу без гражданства </w:t>
+              <w:t>или лицу без гражданства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>соответствии его квалификации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5013,528 +6453,533 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...84 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...18 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-от " "____________ 20__г.</w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(наименование местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного органа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справка о соответствии квалификации для самостоятельного трудоустройства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z86" w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 – в редакции приказа и.о. Министра труда и социальной защиты населения РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Выдана______________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="71"/>
+      №_______ от ""____________ 20__г.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>Выдана __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________</w:t>
+        <w:t>в том, что он (она) соответствует требованиям квалификации и уровню</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>в том, что он (она) соответствует требованиям квалификации и уровню</w:t>
+        <w:t>образования для самостоятельного трудоустройства в Республике Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>образования для самостоятельного трудоустройства в Республике Казахстан</w:t>
+        <w:t>по следующей профессии, востребованной в приоритетных отраслях экономики:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>по следующей профессии, востребованной в приоритетных отраслях экономики:</w:t>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________</w:t>
+        <w:t>(указывается профессия, востребованная в приоритетных отраслях экономики,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________</w:t>
+        <w:t>отрасль согласно перечню приоритетных отраслей и востребованных в них</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(указывается профессия, востребованная в приоритетных отраслях экономики,</w:t>
+        <w:t>профессий для самостоятельного трудоустройства иностранцев и лиц</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>отрасль согласно перечню приоритетных отраслей и востребованных в них</w:t>
+        <w:t>без гражданства утверждаемым уполномоченным органом по вопросам миграции</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>профессий для самостоятельного трудоустройства иностранцев и лиц</w:t>
+        <w:t>населения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>без гражданства утверждаемым уполномоченным органом по вопросам миграции</w:t>
+        <w:t>Основание для выдачи справки ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>населения.</w:t>
+        <w:t>Срок действия справки: с ______________________ по___________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Основание для выдачи справки _________________________________________</w:t>
+        <w:t>(число, месяц, год) (число, месяц, год)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Срок действия справки: с ______________________ по______________________</w:t>
+        <w:t>М.П.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(число, месяц, год) (число, месяц, год)</w:t>
+        <w:t>________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>М.П.</w:t>
-[...33 lines deleted...]
-        <w:t>(фамилия, инициалы) (подпись)</w:t>
+        <w:t>(фамилия, имя, отчество (при его наличии) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5641,68 +7086,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июня 2023 года № 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="72"/>
+    <w:bookmarkStart w:name="z88" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень приоритетных отраслей экономики (видов экономической деятельности) и востребованных в них профессий для самостоятельного трудоустройства иностранных работников</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -7807,70 +9252,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Деятельность морского транспорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z89" w:id="73"/>
+          <w:bookmarkStart w:name="z89" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юрист, экономист, инженер – 7 и 8 уровни квалификации по Национальной (отраслевой) рамке квалификаций (рекомендуемые должности к занятию в организации:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) начальник портового флота</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -9649,282 +11094,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июня 2023 года № 236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="74"/>
+    <w:bookmarkStart w:name="z91" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министерства здравоохранения и социального развития Республики Казахстан и Министерства труда и социальной защиты населения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z92" w:id="75"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z92" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 13 июня 2016 года № 503 "Об утверждении Правил выдачи или продления справок иностранцу или лицу без гражданства о соответствии его квалификации для самостоятельного трудоустройства, перечня приоритетных отраслей (видов экономической деятельности) и востребованных в них профессий для самостоятельного трудоустройства иностранцев и лиц без гражданства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14149).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z93" w:id="76"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z93" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения и дополнение, утвержденный приказом Министра труда и социальной защиты населения Республики Казахстан от 14 июня 2018 года № 242 "О внесении изменений и дополнения в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17194);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z94" w:id="77"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z94" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 29 мая 2020 года № 204 "О внесении изменений и дополнений в приказ Министра здравоохранения и социального развития Республики Казахстан от 13 июня 2016 года № 503 "Об утверждении Правил выдачи или продления справок иностранцу или лицу без гражданства о соответствии его квалификации для самостоятельного трудоустройства, перечня приоритетных отраслей (видов экономической деятельности) и востребованных в них профессий для самостоятельного трудоустройства иностранцев и лиц без гражданства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20785).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z95" w:id="78"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z95" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 25 декабря 2020 года № 537 "О внесении изменения в приказ Министра здравоохранения и социального развития Республики Казахстан от 13 июня 2016 года № 503 "Об утверждении Правил выдачи или продления справок иностранцу или лицу без гражданства о соответствии его квалификации для самостоятельного трудоустройства, перечня приоритетных отраслей (видов экономической деятельности) и востребованных в них профессий для самостоятельного трудоустройства иностранцев и лиц без гражданства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21931).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -10250,31 +11695,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>