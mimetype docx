--- v0 (2025-10-17)
+++ v1 (2025-12-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="80f19ba" w14:textId="80f19ba">
+    <w:p w14:paraId="b8c11e4" w14:textId="b8c11e4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3350,755 +3350,907 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z88" w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 19 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Выпускники из числа участников проектов "Мәңгілік ел жастары – индустрияға!" ("Серпін") и "Жарқын Болашақ", имеющие регистрацию в качестве лица, ищущего работу и (или) безработного, а также кандасы участвуют в добровольном межрегиональном переселении независимо от региона/государства выбытия.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, выпускники из числа участников проектов "Мәңгілік ел жастары – индустрияға!" ("Серпін") и "Жарқын Болашақ" получают меры государственной поддержки в соответствии с настоящими Правилами в регионе приема независимо от региона обучения. Обретение гражданства Республики Казахстан кандасами и членами их семей, включенным в региональную квоту приема кандасов, не является основанием для прекращения предоставляемых мер государственной поддержки в добровольном переселении, предусмотренных настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Карьерные центры в течение трех рабочих дней уведомляют заявителей и представляют им копии решений, принятых местным исполнительным органом по вопросам социальной защиты и занятости населения региона приема кандасов и переселенцев, а также Комиссией по приему кандасов посредством информационно-коммуникационных технологий, ПЭП и(или) абонентского устройства сети, уведомляет претендента о готовности приема на новом месте жительства.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. После получения уведомления переезд осуществляется кандасами и переселенцами самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. Исключен приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="78"/>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Карьерный центр региона приема в течение пяти рабочих дней после прибытия переселенца на новое место жительства готовит проект социального контракта о предоставлении государственной поддержки по содействию добровольному переселению для повышения мобильности рабочей силы по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и направляет для подписания в центр трудовой мобильности.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр трудовой мобильности в течение двух рабочих дней подписывает и направляет в карьерный центр подписанный социальный контракт для последующего его заключения с кандасом или переселенцем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 24 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. В случае переезда с одного населенного пункта в другой населенный пункт за пределами района/города расселения внутри одного региона приема, кандас либо переселенец уведомляет соответствующие карьерные центры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. В целях организации межрегионального переселения центр трудовой мобильности регионов выбытия и приема взаимодействуют путем организации ярмарок вакансий в регионах выбытия, представления информации об установленной квоте приема кандасов и переселенцев, ситуации на рынке труда, спросе и предложении на рабочую силу, об условиях обеспечения социальной инфраструктурой и организации ознакомительных выездов в регионы приема.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Меры государственной поддержки межрегионального переселения осуществляются за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z98" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок межрегионального переселения с участием работодателей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z99" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Для оказания содействия работодателями в межрегиональном переселении карьерные центры совместно с филиалом региональных палат предпринимателей консультируют работодателей о порядке и условиях оказания мер государственной поддержки в рамках добровольного межрегионального переселения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Работодатели из региона приема, имеющие потребность в трудовых ресурсах, подбирают персонал посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Электронной биржи труда путем размещения заявки о вакансиях, с указанием количества необходимых работников в разрезе специальности (профессии) и условиях работы либо выбора соискателя (ей) из числа кандасов и граждан Республики Казахстан (далее – соискатель (и) из регионов выбытия путем просмотра резюме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В информации указываются данные об обеспечении жильем работника за счет работодателя, о предоставлении дополнительных мер поддержки и обеспечения социальной инфраструктурой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выезда в регион выбытия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участия в ярмарках вакансий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z98" w:id="84"/>
+    <w:bookmarkStart w:name="z107" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Работодатель при подборе кадров через Электронную биржу труда формирует запрос, содержащий идентификатор в систему соискателя (ей) для получения информации о контактных данных соискателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работодатель при подборе кадров путем выезда в регионы выбытия и участия в ярмарках вакансий заключает с соискателем (ями) трудовой договор в соответствии с Трудовым кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...43 lines deleted...]
-      28. Работодатели из региона приема, имеющие потребность в трудовых ресурсах, подбирают персонал посредством:</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 29 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Порядок и условия переезда оговаривается работодателем и соискателем в соответствии с договором гражданско-правового характера.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:p>
-[...252 lines deleted...]
-    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Работодатель после согласования условий переезда соискателя (ей) направляет в карьерный центр сведения о соискателе (ях) с указанием количества работников в разрезе специальности (профессии) и условиях работы, а также уведомляет соискателя (ей) об обращении с заявлением о включении в региональную квоту приема кандасов и переселенцев.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4173,778 +4325,778 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="89"/>
+    <w:bookmarkStart w:name="z112" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Включение соискателя (ей) в региональную квоту приема кандасов и переселенцев либо об отказе в этом осуществляется в порядке, предусмотренном Правилами включения в региональную квоту приема кандасов и переселенцев, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">приказом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан от 15 января 2016 года № 20 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13334).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 32 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33. Исключен приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Карьерный центр посредством информационно-коммуникационных технологий или абонентского устройства сети, уведомляет работодателя о принятым решении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Работодатель посредством информационно-коммуникационных технологий или абонентского устройства сети, уведомляет соискателя из региона выбытия о готовности приема на новом месте жительства и возможностям обустройства и предоставления жилья.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Работодателю региона приема, оказывающему содействие в межрегиональном переселении предоставляется субсидия на трудоустройство, единовременно в размере 400 месячных расчетных показателей (далее – МРП) за каждого работника, принятого (далее – субсидия на трудоустройство) при условии трудоустройства на постоянную работу и обеспечения жильем со сроком не менее двух лет либо возмещается часть расходов работодателя в размере 50 % от стоимости жилья, но не более 1 160 МРП при условии предоставления служебного жилища работнику (далее – возмещение части расходов работодателя) и трудоустройстве на постоянную работу со сроком не менее пяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. По истечении пяти лет, по соглашению сторон работник в соответствии с договором гражданско-правового характера приобретает жилье согласно жилищному законодательству Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 32 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 37 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...106 lines deleted...]
-      36. Работодателю региона приема, оказывающему содействие в межрегиональном переселении предоставляется субсидия на трудоустройство, единовременно в размере 400 месячных расчетных показателей (далее – МРП) за каждого работника, принятого (далее – субсидия на трудоустройство) при условии трудоустройства на постоянную работу и обеспечения жильем со сроком не менее двух лет либо возмещается часть расходов работодателя в размере 50 % от стоимости жилья, но не более 1 160 МРП при условии предоставления служебного жилища работнику (далее – возмещение части расходов работодателя) и трудоустройстве на постоянную работу со сроком не менее пяти лет.</w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z124" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. При предоставлении работодателю субсидии на трудоустройство и возмещении расходов субсидий на переезд, расходы по найму (аренде) жилья и оплате коммунальных услуг кандасу и переселенцу не возмещается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:p>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="93"/>
+    <w:bookmarkStart w:name="z125" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Работодатель обеспечивает размещение в АИС "Единая система учета электронных трудовых договоров" сведений по трудовым договорам трудоустроенных работников из числа кандасов и переселенцев в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> предоставления и получения сведений о трудовом договоре в единой системе учета трудовых договоров, утвержденными приказом Министра труда и социальной защиты населения Республики Казахстан от 3 сентября 2020 года № 353 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21173).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z126" w:id="94"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z126" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Работодатели, в течение 30 календарных дней со дня вынесения решения о включении в региональную квоту приема кандасов и переселенцев в отношении трудоустроенных им соискателя (ей) подают в карьерные центры региона приема заявление о выплате субсидии на трудоустройство или о возмещении расходов по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, с нижеследующими подтверждающими документами:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) решение региональной комиссии о включении в региональную квоту приема переселенцев или решение комиссии по приему кандасов о включении в региональную квоту приема кандасов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копию трудового договора, заключенного с работником (ами), заверенного подписью и печатью (при наличии) работодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) договор купли-продажи жилья с оценкой стоимости приобретаемого недвижимого имущества, уведомление о государственной регистрации в случае обращения с заявлением о возмещении части расходов работодателя, предусмотренных пунктом 36 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) договор аренды либо безвозмездного пользования в случае обращения с заявлением о выплате субсидии на трудоустройство, предусмотренного пунктом 36 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Указанные документы представляются в копиях и оригиналах. После их сверки оригиналы карьерными центрами возвращаются работодателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае представления работодателем неполного пакета документов и недостоверных сведений, а также документов с истекшим сроком действия, сотрудник карьерного центра отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 40 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Карьерный центр в течение одного рабочего дня со дня принятия заявления работодателя о выплате субсидии на трудоустройство или возмещение части расходов работодателя направляет заявление и документы, приложенные к заявлению в Центр трудовой мобильности для принятия решения о выплате работодателю субсидий на трудоустройство либо возмещении части расходов работодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 41 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z135" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Центр трудовой мобильности в течение пяти рабочих дней со дня принятия заявления выносит решение о предоставлении субсидии на трудоустройство либо возмещение части расходов работодателя по форме согласно приложениям 3-1 и 3-2 к настоящим Правилам или об отказе в их выдаче с мотивированным обоснованием причин.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:p>
-[...270 lines deleted...]
-    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основаниями для отказа работодателю в предоставлении субсидии на трудоустройство либо возмещения части расходов работодателя являются:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5073,1304 +5225,1304 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="97"/>
+    <w:bookmarkStart w:name="z136" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Трехсторонний социальный контракт, где предусматриваются условия по возмещению части расходов работодателя либо выплате субсидии работодателю, включению в региональную квоту, предоставлению служебного жилища, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам заключается между центром трудовой мобильности, участником добровольного переселения и работодателем в течение двух рабочих дней со дня принятия центром трудовой мобильности решения о выплате субсидии на трудоустройство или возмещении части расходов работодателя.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 43 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. После заключения социального контракта центры трудовой мобильности в течение трех рабочих дней перечисляют денежные выплаты на лицевой счет работодателя, открытого в банке второго уровня или в организациях, осуществляющих открытие и ведение банковских счетов физических и юридических лиц на основании лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 44 - в редакции приказа Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. По предложению работодателей в социальном контракте предусматриваются дополнительные меры поддержки переселенцев и кандасов, в части предоставления материальной помощи, обеспечения социальной инфраструктуры.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z139" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Выполнение условий социального контракта контролируется карьерным центром, центром трудовой мобильности и работодателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 43 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">47. Исключен приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="98"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z141" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...68 lines deleted...]
-      45. По предложению работодателей в социальном контракте предусматриваются дополнительные меры поддержки переселенцев и кандасов, в части предоставления материальной помощи, обеспечения социальной инфраструктуры.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Порядок организации переселения в пределах одной области</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z139" w:id="100"/>
-[...108 lines deleted...]
-    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок параграфа 3 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="102"/>
+    <w:bookmarkStart w:name="z142" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Переселение в пределах одной области (далее - внутриобластное переселение) осуществляется в пределах области из СНП и моногородов с низким потенциалом экономического развития в СНП, малые и моногорода с средним и высоким потенциалом экономического развития, а также центры экономического роста при наличии обеспечения жильем из государственного жилищного фонда или за счет работодателей, трудоустройства или в развитии предпринимательской инициативы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 48 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z143" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Государственная поддержка добровольного внутриобластного переселения включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z144" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предоставление лицам и членам их семей материальной помощи, за исключением случаев, когда переезд работника осуществляется за счет средств работодателя;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z145" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) предоставление жилищ, служебных жилищ или комнат в общежитиях, за исключением случаев, когда работодатель предоставляет работнику жилое помещение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z146" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) профессиональное обучение при наличии потребности работодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z147" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) содействие в трудоустройстве и предпринимательской инициативе на новом месте жительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z148" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) содействие в трудоустройстве у работодателей, участвующих в мерах добровольного переселения для повышения мобильности рабочей силы, с предоставлением субсидий на трудоустройство.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z149" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Меры государственной поддержки внутриобластного переселения осуществляются за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z150" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Участниками добровольного внутриобластного переселения являются лица, проживающие в СНП и моногородах с низким экономическим потенциалом, желающие и планирующие принять участие во внутриобластном переселении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 48 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 51 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="103"/>
-[...135 lines deleted...]
-      50. Меры государственной поддержки внутриобластного переселения осуществляются за счет средств местного бюджета.</w:t>
+    <w:bookmarkStart w:name="z151" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Лица, желающие и планирующие переселение в пределах области, обращаются в карьерные центры по месту жительства, к акиматам сельских округов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z150" w:id="110"/>
-[...15 lines deleted...]
-      51. Участниками добровольного внутриобластного переселения являются лица, проживающие в СНП и моногородах с низким экономическим потенциалом, желающие и планирующие принять участие во внутриобластном переселении.</w:t>
+    <w:bookmarkStart w:name="z152" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Карьерные центры и акиматы сельских округов консультируют претендентов о порядке и условиях участия в добровольном внутриобластном переселении и оказания мер государственной поддержки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:p>
-[...77 lines deleted...]
-      52. Лица, желающие и планирующие переселение в пределах области, обращаются в карьерные центры по месту жительства, к акиматам сельских округов.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Акиматы сельских округов направляют в карьерные центры списки претендентов, планирующих переселение в пределах области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z152" w:id="112"/>
-[...15 lines deleted...]
-      53. Карьерные центры и акиматы сельских округов консультируют претендентов о порядке и условиях участия в добровольном внутриобластном переселении и оказания мер государственной поддержки.</w:t>
+    <w:bookmarkStart w:name="z154" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Карьерные центры формируют списки претендентов, планирующих переезд внутри одного района и в пределах области, консультируют о порядке и условиях переселения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z153" w:id="113"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z155" w:id="115"/>
+    <w:bookmarkStart w:name="z155" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Претенденты, желающие переехать внутри области, подают заявления в карьерные центры по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и с приложением следующих документов:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z156" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) копия документа, удостоверяющего личность гражданина Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z157" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия документа, подтверждающие трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z156" w:id="116"/>
-[...15 lines deleted...]
-      1) копия документа, удостоверяющего личность гражданина Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z158" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия документа об образовании (при наличии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z157" w:id="117"/>
-[...15 lines deleted...]
-      2) копия документа, подтверждающие трудовую деятельность (при наличии);</w:t>
+    <w:bookmarkStart w:name="z159" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Карьерные центры в течение пяти рабочих дней после их принятия направляют заявления и документы желающих переехать в другие районы – местному органу по вопросам социальной зашиты и занятости населения области, внутри района на рассмотрение районной (городской) комиссии по вопросам занятости населения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z158" w:id="118"/>
-[...15 lines deleted...]
-      3) копия документа об образовании (при наличии).</w:t>
+    <w:bookmarkStart w:name="z160" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Местный орган по вопросам социальной защиты и занятости населения области в течение пяти рабочих дней со дня поступления заявлений и документов лиц, желающих переехать в город областного (районного) значения в пределах области, направляют их на рассмотрение региональной комиссии по вопросам занятости населения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z159" w:id="119"/>
-[...15 lines deleted...]
-      57. Карьерные центры в течение пяти рабочих дней после их принятия направляют заявления и документы желающих переехать в другие районы – местному органу по вопросам социальной зашиты и занятости населения области, внутри района на рассмотрение районной (городской) комиссии по вопросам занятости населения.</w:t>
+    <w:bookmarkStart w:name="z161" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Региональные и районные (городские) комиссии по вопросам занятости населения по итогам рассмотрения документов лиц, подавших заявление, в течение пяти рабочих дней со дня поступления заявлений разрабатывают рекомендации о включении либо отказе в отношении граждан, переезжающих внутри области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z160" w:id="120"/>
-[...15 lines deleted...]
-      58. Местный орган по вопросам социальной защиты и занятости населения области в течение пяти рабочих дней со дня поступления заявлений и документов лиц, желающих переехать в город областного (районного) значения в пределах области, направляют их на рассмотрение региональной комиссии по вопросам занятости населения.</w:t>
+    <w:bookmarkStart w:name="z162" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Региональные и районные (городские) комиссии по вопросам занятости населения в течение трех рабочих дней после разработки направляют рекомендации в карьерные центры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z161" w:id="121"/>
-[...15 lines deleted...]
-      59. Региональные и районные (городские) комиссии по вопросам занятости населения по итогам рассмотрения документов лиц, подавших заявление, в течение пяти рабочих дней со дня поступления заявлений разрабатывают рекомендации о включении либо отказе в отношении граждан, переезжающих внутри области.</w:t>
+    <w:bookmarkStart w:name="z163" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Заседание региональной и районной (городской) комиссии по вопросам занятости населения проводится при поступлении заявлений и документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z162" w:id="122"/>
-[...15 lines deleted...]
-      60. Региональные и районные (городские) комиссии по вопросам занятости населения в течение трех рабочих дней после разработки направляют рекомендации в карьерные центры.</w:t>
+    <w:bookmarkStart w:name="z164" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Карьерные центры на основании рекомендаций комиссий в течение пяти рабочих дней со дня получения рекомендаций принимают решение по внутриобластному переселению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z163" w:id="123"/>
-[...15 lines deleted...]
-      61. Заседание региональной и районной (городской) комиссии по вопросам занятости населения проводится при поступлении заявлений и документов.</w:t>
+    <w:bookmarkStart w:name="z165" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Карьерные центры в течение пяти рабочих дней со дня принятия решения уведомляют лиц, участвующих в внутриобластном переселении, о принятом решении посредством услуг связи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z164" w:id="124"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z166" w:id="126"/>
+    <w:bookmarkStart w:name="z166" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. Карьерные центры, претенденту, имеющему положительную рекомендацию региональной комиссий по вопросам занятости населения, выдают направление на переселение, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. Переезд претендентов осуществляется самостоятельно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z167" w:id="127"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z167" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. С переехавшими лицами, центры трудовой мобильности социальной защиты и заключают социальный контракт о предоставлении государственной поддержки по содействию добровольному переселению для повышения мобильности рабочей силы по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z168" w:id="128"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z168" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 4. Порядок выплаты материальной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z169" w:id="129"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z169" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       66. Материальная помощь, предусмотренная </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 статьи 112 Социального кодекса выплачивается при наличии у переселенца или кандаса решения о включении в региональную квоту приема кандасов и переселенцев и прибытии на новое место жительство.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z825" w:id="130"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z825" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, расторгнувшие брак (супружество) за последние 36 месяцев до участия в мерах добровольного переселения лиц для повышения трудовой мобильности, предоставляют справку о государственной регистрации расторжения брака (супружества) в книге записи актов гражданского состояния.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z826" w:id="131"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z826" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Для получения материальной помощи в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 статьи 112 Социального кодекса кандас или переселенец представляет заявление по форме согласно приложениям 7 и 8 к настоящим Правилам в электронной форме через портал www.migration.enbek.kz, заявление подписывается или заверяется ЭЦП заявителя.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z827" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление, поданное через портал "Migration.enbek.kz" (далее - портал) регистрируется в день поступления обращения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z828" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае подачи полного пакета документов, предусмотренными в приложении 7 и 8 к настоящим Правилам, в "личном кабинете" кандаса и переселенца отображается статус о принятии заявления для предосталвения материальной помощи.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z827" w:id="132"/>
-[...15 lines deleted...]
-      Заявление, поданное через портал "Migration.enbek.kz" (далее - портал) регистрируется в день поступления обращения.</w:t>
+    <w:bookmarkStart w:name="z829" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии оснований, предусмотренных пунктом 73-1 настоящих Правил карьерный центр отказывает в приеме документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z828" w:id="133"/>
-[...15 lines deleted...]
-      В случае подачи полного пакета документов, предусмотренными в приложении 7 и 8 к настоящим Правилам, в "личном кабинете" кандаса и переселенца отображается статус о принятии заявления для предосталвения материальной помощи.</w:t>
+    <w:bookmarkStart w:name="z830" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр трудовой мобильности решения о назначении выплаты либо решения об отказе в выплате материальной помощи направляет через портал кандасам и переселенцам в "личный кабинет".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z829" w:id="134"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6388,81 +6540,147 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.03.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...29 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 67 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Сертификат экономической мобильности предоставляется в виде материальной помощи в форме денежной выплаты для покупки, строительства жилья или первоначального взноса по ипотечным жилищным займам при приобретении жилья в рамках ипотечной программы, утвержденной Национальным Банком Республики Казахстан, и (или) документами Системы государственного планирования, в том числе концепции развития жилищно-коммунальной инфраструктуры, а также в рамках инструментов ипотечного кредитования финансовых институтов и системы жилищных строительных сбережений.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификат экономической мобильности предоставляется кандасам или переселенцам при приобретении жилья в населенном пункте постоянного проживания в регионе прибытия.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6626,71 +6844,147 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z173" w:id="137"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 68 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Для получения денежной выплаты по сертификату экономической мобильности к заявлению предоставляются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при покупке жилья – договора купли-продажи жилья, с оценкой стоимости приобретаемого недвижимого имущества и уведомления государственной регистрации прав на недвижимое имущество, а также документов, подтверждающих наличие собственных средств, предназначенных для осуществления предполагаемой сделки либо оплату оставшейся стоимости приобретаемого жилья, в размере не менее 50 % от денежной выплаты по сертификату экономической мобильности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7032,71 +7326,147 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z182" w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 69 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Центры трудовой мобильности перечисляют денежные выплаты по сертификату экономической мобильности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при покупке жилья – на текущий счет продавца в банке второго уровня или в организациях, осуществляющих открытие и ведение банковских счетов физических и юридических лиц на основании лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций, в соответствии с предварительным договором купли-продажи жилья в течение двух рабочих дней после дня принятия решения о выдаче денежной выплаты по сертификату экономической мобильности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7277,70 +7647,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="139"/>
+    <w:bookmarkStart w:name="z192" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Субсидии на переезд осуществляется единовременно в размере 70 МРП на главу и каждого члена семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для возмещения расходов на переезд кандасы и переселенцы подают заявление в порядке, предусмотренном пунктом 66 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7412,71 +7782,147 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z194" w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 71 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Субсидии на возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг предоставляется ежемесячно до приобретения жилья, но не более двенадцати месяцев в следующих размерах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) для переселившихся в городскую местность:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7638,91 +8084,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z203" w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 72 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       72. Для выплаты субсидии на возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг кандасы и переселенцы подают заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, к заявлению прикладывается копия договора найма (аренды) жилища.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Карьерные центры формируют перечень заявлений и в течение двух рабочих дней направляют в центр трудовой мобильности для выплаты субсидии на возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7938,71 +8460,147 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z205" w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 73 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Материальная помощь предоставляется в случае подачи заявления не позднее шести месяцев с момента включения в региональную квоту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок подачи заявления подлежит восстановлению по ходатайству заявителя, поданному в течение трех месяцев после истечения срока, предусмотренного частью первой настоящего пункта Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8057,2168 +8655,2414 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z716" w:id="143"/>
+    <w:bookmarkStart w:name="z716" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       73-1. Основаниями для отказа в приеме заявления о выплате материальной помощи в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 статьи 112 Социального кодекса Республики Казахстан являются:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представление заявителем неполного пакета документов в соответствии с законодательством Республики Казахстан и (или) документов с истекшим сроком действия, и (или) документов, срок действия которых истекает на день принятия решения о назначении выплаты или отказе в назначении выплат материальной помощи в виде субсидий на переезд, возмещение расходов по найму (аренде) жилья, оплате коммунальных услуг, а также сертификатов экономической мобильности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) истечение срока, предусмотренного пунктом 73 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 73-1 в соответствии с приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Правила предусматриваются дополнить пунктами 73-2 и 73-3 в соответствии с приказом Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Участники госпрограммы "Еңбек" которым раннее была назначена субсидия на переезд, возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг получают выплату в соответствии с условиями настоящих Правил, согласно раннее заключенных социальных контрактов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">75. Исключен приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z208" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. В случае наличия у участника программы "С дипломом в село!", а также у кандаса или переселенца и членов его семьи по новому месту жительства жилища на праве собственности в течение последних пяти лет, либо жилища в постоянном пользовании из коммунального жилищного фонда со сроком более чем за последние шесть месяцев, то жилище, служебное жилище, либо комната в общежитии по новому месту жительства, и денежная выплата по сертификату экономической мобильности не представляется, возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг не осуществляется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 76 – в редакции приказа Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z648" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-1. В случаях внутренней самостоятельной миграции кандасов или переселенцев и члена(ов) их семей (при наличии) по собственному волеизъявлению за пределы регионов, определенных Правительством Республики Казахстан, в течение пяти лет, основаниями для осуществления возврата выплаченных кандасам или переселенцам и члену(ам) их семей (при наличии) материальной помощи являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z649" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление получателя(ей) материальной помощи о ее возврате;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z650" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уведомление (претензия) центра трудовой мобильности о добровольном возврате полученной кандасом или переселенцем и членом(ами) их семей (при наличии) материальной помощи (далее - уведомление);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z651" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) решение суда о возмещении суммы полученной материальной помощи в бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 76-1 в соответствии с приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z652" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-2. Центры трудовой мобильности в течение трех рабочих дней со дня выявления (подтверждения) факта самостоятельного выбытия кандаса или переселенца и члена(ов) их семей за пределы регионов, определенных Правительством Республики Казахстан, направляют кандасу или переселенцу и члену(ам) их семей (при наличии) уведомления (претензии) о добровольном возврате полученной ими материальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 76-2 в соответствии с приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z653" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-3. Кандас или переселенец и член(ы) их семей в течение пятнадцати рабочих дней со дня получения уведомления предоставляет адресату письменный ответ, предусматривающий срок возврата, не превышающий шести месяцев.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...34 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 73-1 в соответствии с приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 513</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 76-3 в соответствии с приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="144"/>
-[...479 lines deleted...]
-    <w:bookmarkStart w:name="z654" w:id="152"/>
+    <w:bookmarkStart w:name="z654" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76-4. В судебные органы иски к кандасу или переселенцу и члену (ам) их семей (при наличии), вытекающие из оснований, предусмотренных пунктом 8 Социального контракта, утверждҰнного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, предъявляются центром трудовой мобильности в случаях:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z655" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) полного или частичного отказа кандасом или переселенцем и члена(ми) (при наличии) их семей удовлетворить претензию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z656" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) неполучения ответа от них на предъявленное(ую) уведомление (претензию) по истечении двадцати рабочих дней с момента направления уведомления (претензии) центром трудовой мобильности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 76-4 в соответствии с приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z657" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-5. Возврат выплаченных кандасам или переселенцам и члену(ам) их семей (при наличии) материальной помощи, осуществляется в доход местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 76-5 в соответствии с приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 5. Порядок приобретения (выкупа) и(или) строительства жилья для переселенцев и кандасов, а также финансирования приобретения и(или) строительства жилья для переселенцев и кандасов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z210" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Для обеспечения жильем кандасов и переселенцев местные исполнительные органы, осуществляющие функции в сфере жилищных отношений осуществляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z211" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) строительство жилья по единому типовому проекту, приобретение (выкуп) жилья, в том числе у работодателей, построивших жилье за счет собственных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z212" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) разработку проектно-сметной документации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z213" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отвод земельных участков для строительства жилья и инженерно-коммуникационной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z655" w:id="153"/>
-[...15 lines deleted...]
-      1) полного или частичного отказа кандасом или переселенцем и члена(ми) (при наличии) их семей удовлетворить претензию;</w:t>
+    <w:bookmarkStart w:name="z214" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) строительство объектов инженерной инфраструктуры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z656" w:id="154"/>
-[...15 lines deleted...]
-      2) неполучения ответа от них на предъявленное(ую) уведомление (претензию) по истечении двадцати рабочих дней с момента направления уведомления (претензии) центром трудовой мобильности;</w:t>
+    <w:bookmarkStart w:name="z215" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Необходимое количество жилья для кандасов и переселенцев определяется в зависимости от среднего размера домохозяйств по данным Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, сложившихся в среднем за последние 5 лет до установления региональной квоты приема кандасов и переселенцев на соответствующий год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z216" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Численность жилья определяется в единицах путем деления численности кандасов и переселенцев установленной в региональной квоте на средний размер домохозяйств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z217" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом если общее число домов превышает или меньше десятой доли, применяется округление до целой единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z218" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Строительство жилья по единому типовому проекту осуществляется при софинансировании со стороны работодателей, при этом работодатель софинансирует не менее 15%.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z219" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о софинансировании принимается местным исполнительным органом по делам архитектуры, градостроительства, строительства и государственного архитектурно-строительного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z220" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. В случае софинансирования со стороны работодателей, местный исполнительный орган по делам архитектуры, градостроительства, строительства и государственного архитектурно-строительного контроля и работодатель заключают договор намерения, предусматривающий следующие условия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z221" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) порядок совместного строительства жилья;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z222" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обязательное трудоустройство переселяющихся граждан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z223" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) размер софинансирования работодателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z224" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. После определения подрядчика в установленном законодательством порядке и окончательной стоимости объекта администратор бюджетных программ, подрядчик и работодатель заключают трехсторонний договор о строительстве жилья и условиях софинансирования работодателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z225" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Приобретение (выкуп) и(или) строительство жилья, строительство объектов инженерной инфраструктуры финансируется за счет целевых текущих трансфертов, целевых трансфертов на развитие, предоставляемых из республиканского бюджета местным исполнительным органам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z226" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Для реализации данной задачи местными исполнительными органами привлекаются средства местного бюджета и другие источники, не запрещенные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z227" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Местные исполнительные органы в соответствии с законодательством осуществляют выделение земельных участков для строительства жилья, разработку проектно-сметной документации, проведение государственной экспертизы, выдачу технических условий на подключение, а также подведение и подключение к инженерно-коммуникационной инфраструктуре в соответствии с планом детальной планировки и планом застройки территорий за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z228" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Прием и ввод в эксплуатацию построенного или приобретенного (выкупленного) объекта производятся заказчиком при его полной готовности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z229" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае приемки объекта в эксплуатацию с нарушениями и строительными недоделками участники приемки объекта в эксплуатацию несут ответственность, установленном законом Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z230" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Окончательное финансирование приобретения (выкупа) жилья до получения акта ввода жилья в эксплуатацию не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z231" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. После приобретения (выкупа) и(или) ввода в эксплуатацию жилье передается на баланс местного исполнительного органа, осуществляющего функции в сфере жилищных отношений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z232" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Жилье предоставляется в случае заключения социального контракта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z233" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Между местным исполнительным органом по вопросам строительства и жилищно-коммунального хозяйства, работодателем и кандасом либо переселенцем заключается договор аренды с предоставлением жилья сроком на 20 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z234" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. При соблюдении условий социального контракта по истечении пяти лет проживания, жилье приватизируется при:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z235" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) внесение оставшейся суммы единовременным платежом от балансовой стоимости жилья на момент приобретения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z236" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) внесение оставшейся суммы равными долями в течение последующих пятнадцати лет, (при этом жилье передается в собственность участника с обременением недвижимости в органах юстиции до полного возмещения в бюджет его стоимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z237" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Служебные жилища приватизируются в соответствии с частью третью пункта 2 статьи 109 Закона Республики Казахстан "О жилищных отношениях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z238" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Ранее внесенные суммы арендных платежей, уплаченных в период фактического проживания, включаются в зачет стоимости жилья.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z239" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. В случае отказа от условий приватизации по истечении 20 летнего срока, договор аренды пролонгируется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z240" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. В случае предоставления кандасу либо переселенцу арендного жилья за счет средств местного исполнительного органа или работодателей, расходы по найму (аренде) жилья и оплате коммунальных услуг не возмещается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z241" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Финансирование строительства жилья для кандасов и переселенцев осуществляется через уполномоченный орган по делам архитектуры, градостроительства и строительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z242" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Финансирование приобретения (выкупа) жилья для кандасов и переселенцев осуществляется через уполномоченный орган по вопросам миграции населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z243" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 6. Порядок предоставления служебных жилищ и комнат в общежитиях из государственного жилищного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 76-4 в соответствии с приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 169</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 97 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Кандасу и переселенцу переселяющимся в регионы приема предоставляются жилища, служебные жилища или комнаты в общежитиях, за исключением случаев, когда работодатель предоставляет работнику жилое помещение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z245" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Жилище из государственного жилищного фонда или жилище, арендованное местным исполнительным органом в частном жилищном фонде, предоставляется в размере не менее пятнадцати квадратных метров и не более восемнадцати квадратных метров полезной площади на человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 99 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...780 lines deleted...]
-    <w:bookmarkStart w:name="z246" w:id="193"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       99. Между кандасом либо переселенцем и карьерным центром регионом приема заключается договор найма (поднайма) жилища из государственного жилищного фонда или жилища, арендованного местным исполнительным органом в частном жилищном фонде по форме, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 1 декабря 2011 года № 1420 "Об утверждении Правил предоставления и пользования жилищем из государственного жилищного фонда или жилищем, арендованным местным исполнительным органом в частном жилищном фонде".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z247" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для участников из числа работников бюджетной сферы приобретение (выкуп) нового жилья осуществляется местными исполнительными органами в соответствии с действующим законодательством, на основании потребности работодателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z248" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Комнаты в общежитиях предоставляются трудовой молодежи до тридцати пяти лет (в том числе воспитанникам организаций образования для детей-сирот и детей, оставшихся без попечения родителей, детям-сиротам и детям, оставшимся без попечения родителей, потерявшим родителей до наступления совершеннолетия) независимо от прежнего места их проживания, в том числе проживания в областных центрах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z249" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Комнаты в общежитиях для молодежи, в том числе состоящих в браке, предоставляются при соответствии следующим условиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z250" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) возраст до тридцати пяти лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z251" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие действующего трудового договора, либо социального контракта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z252" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие справки об отсутствии недвижимого имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z253" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наличие справки в банке второго уровня об открытие счета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z254" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. Комнаты в общежитиях для молодежи предоставляются сроком до 10 лет, и не подлежат приватизации. По решению региональной комиссии по вопросам занятости населения договор найма комнаты в общежитиях для молодежи продлевается однократно, но не более чем на пять лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z255" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Комната в общежитии для молодежи, жилище, служебное жилище предоставляются в течение десяти рабочих дней на основании принятого комиссией по вопросам занятости населения решения о предоставлении жилища и заключенного между карьерным центром и кандасом либо переселенцем договора найма (поднайма) жилища, служебного жилища и комнаты в общежитии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z256" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. В случае отсутствия кандаса либо переселенца или трудоспособного члена их семьи действующего трудового договора более двух месяцев либо социального контракта о предоставлении государственной поддержки, договор найма (поднайма) жилища, служебного жилья, комнаты в общежитии для молодежи с ним расторгается.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z247" w:id="194"/>
-[...15 lines deleted...]
-      Для участников из числа работников бюджетной сферы приобретение (выкуп) нового жилья осуществляется местными исполнительными органами в соответствии с действующим законодательством, на основании потребности работодателей.</w:t>
+    <w:bookmarkStart w:name="z257" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      105. Если в течение пяти рабочих дней со дня предложения о заключении договора кандасом либо переселенцем не подписан договор найма (поднайма), карьерный центр перераспределяет комнату в общежитии для молодежи, жилище, служебное жилище другому лицу, включенную квоту приема.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z248" w:id="195"/>
-[...15 lines deleted...]
-      100. Комнаты в общежитиях предоставляются трудовой молодежи до тридцати пяти лет (в том числе воспитанникам организаций образования для детей-сирот и детей, оставшихся без попечения родителей, детям-сиротам и детям, оставшимся без попечения родителей, потерявшим родителей до наступления совершеннолетия) независимо от прежнего места их проживания, в том числе проживания в областных центрах.</w:t>
+    <w:bookmarkStart w:name="z258" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      106. Договор найма (поднайма) комнаты в общежитии для молодежи, жилища, служебного жилища кандасом либо переселенцем заключается карьерным центром (место расселения) в течение пяти рабочих дней после принятия жилищной комиссией карьерного центра соответствующего решения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z249" w:id="196"/>
-[...15 lines deleted...]
-      101. Комнаты в общежитиях для молодежи, в том числе состоящих в браке, предоставляются при соответствии следующим условиям:</w:t>
+    <w:bookmarkStart w:name="z259" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      107. Стороной договора найма (поднайма) комнаты в общежитии для молодежи, жилища, служебного жилища выступает кандас либо переселенца.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z250" w:id="197"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z260" w:id="207"/>
+    <w:bookmarkStart w:name="z260" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       108. Договор найма (поднайма) комнаты в общежитии для молодежи, жилища, служебного жилища составляется в двух экземплярах в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z261" w:id="208"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z261" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. Один экземпляр договора найма (поднайма) комнаты в общежитии для молодежи, жилища, служебного жилища хранится в карьерном центре, второй выдается заявителю и является единственным документом, предоставляющим право на вселение в комнату в общежитии для молодежи, жилище, служебное жилище.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z262" w:id="209"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z262" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110. Договор найма (поднайма) заключается сроком на один календарный год и ежегодно автоматически продлевается (до истечения десятилетнего срока аренды комнаты в общежитии), за исключением случаев, когда одна из сторон направляет уведомление (в произвольной форме) о прекращении договора за один календарный месяц до его истечения в соответствии с условиями договора найма (поднайма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z263" w:id="210"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z263" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111. В случае смерти кандаса либо переселенца по решению жилищной комиссии с согласия городской (районной) комиссии по вопросам занятости населения ранее заключенный договор найма (поднайма) продлевается с совершеннолетним членом семьи нанимателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z264" w:id="211"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z264" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. При отсутствии совершеннолетнего члена семьи договор найма (поднайма) заключается с согласия городской (районной) комиссии с законными представителями несовершеннолетнего члена (членов) семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z265" w:id="212"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z265" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Перемена нанимателя влечет за собой переоформление договора найма (поднайма) жилища.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z266" w:id="213"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z266" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. Комната в общежитии для молодежи, жилище, служебное жилище предоставляется кандасу либо переселенцу один раз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z267" w:id="214"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z267" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. В случае признания комнаты в общежитии для молодежи, жилища, служебного жилища аварийным, непригодным для проживания в результате чрезвычайных обстоятельств или обстоятельств непреодолимой силы (форс-мажор), таких как: пожар, землетрясение, наводнения при наличии свободного жилья предоставляется другое равноценное жилье.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z268" w:id="215"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z268" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       116. Размер ежемесячных арендных платежей за проживание в комнате в общежитии для молодежи, в жилище, служебном жилище устанавливается карьерным центром в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Методикой</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> расчета размера платы за пользование жилищем из государственного жилищного фонда, утвержденной приказом Председателя Агентства Республики Казахстан по делам строительства и жилищно-коммунального хозяйства от 26 августа 2011 года № 306 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 7232).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z269" w:id="216"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z269" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Данный порядок распределения жилья распространяется на ранее построенное (приобретенное) служебное жилье и общежития для трудовой молодежи в рамках Программы ДКЗ 2020, госпрограммы "Еңбек", а также жилья и общежитий построенного и (или) приобретенного за счет средств местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10375,68 +11219,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z272" w:id="217"/>
+    <w:bookmarkStart w:name="z272" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о включении в региональную квоту приема переселенцев</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 исключено приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10631,68 +11475,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z545" w:id="218"/>
+    <w:bookmarkStart w:name="z545" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Социальный контракт о предоставлении государственной поддержки по содействию добровольному переселению для повышения мобильности рабочей силы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 – в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10945,1189 +11789,1189 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       номер, серия, номер документа, удостоверяющего личность, когда и кем выдан)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>именуемый (-ая) в дальнейшем "Участник добровольного переселения" с другой стороны заключили настоящий социальный контракт (далее – Контракт) о нижеследующем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z717" w:id="219"/>
+    <w:bookmarkStart w:name="z717" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Предмет Контракта</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z718" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Контракт заключен в целях оказания содействия добровольному переселению для повышения мобильности рабочей силы, а также оказания мер государственной поддержки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z719" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сторонами контракта выступают Карьерный центр как филиал Центра трудовой мобильности и Участник добровольного переселения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z720" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В рамках Контракта Участнику добровольного переселения предоставляются следующие меры государственной поддержки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z721" w:id="213"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (указать меры государственной поддержки)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z722" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контракт заключен на основании приказа руководителя Центра трудовой мобильности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z723" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Права и обязанности сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z724" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Карьерный центр имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z725" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принимать от Участника добровольного переселения заявление и пакет документов для выплаты материальной помощи и предоставление жилища, служебного жилища (комнаты в общежитиях для трудовой молодежи);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z726" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принимать решение от жилищной комиссии о предоставлении Участнику добровольного переселения жилища, служебного жилища (комнат в общежитиях для трудовой молодежи);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z727" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заключать договор найма (аренды) жилища, служебного жилища (комнат в общежитиях для трудовой молодежи) с Участником добровольного переселения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z718" w:id="220"/>
-[...15 lines deleted...]
-      1. Контракт заключен в целях оказания содействия добровольному переселению для повышения мобильности рабочей силы, а также оказания мер государственной поддержки.</w:t>
+    <w:bookmarkStart w:name="z728" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принимать решение о выплате материальной помощи и направлять в Центр трудовой мобильности для перечисления субсидий на лицевой счет Участника добровольного переселения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z719" w:id="221"/>
-[...15 lines deleted...]
-      2. Сторонами контракта выступают Карьерный центр как филиал Центра трудовой мобильности и Участник добровольного переселения.</w:t>
+    <w:bookmarkStart w:name="z729" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечивать заселение Участника добровольного переселения в жилище, служебное жилище (в комнату в общежитиях для трудовой молодежи);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z720" w:id="222"/>
-[...15 lines deleted...]
-      В рамках Контракта Участнику добровольного переселения предоставляются следующие меры государственной поддержки:</w:t>
+    <w:bookmarkStart w:name="z730" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оказывать содействие в регистрации Участника добровольного переселения по новому местожительству;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="222"/>
-    <w:p>
-[...248 lines deleted...]
-    <w:bookmarkStart w:name="z731" w:id="233"/>
+    <w:bookmarkStart w:name="z731" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) перезаключать договор аренды жилищ с другими совершеннолетним членами семьи Участника добровольного переселения в случаях оговоренных в Правилах добровольного переселения лиц для повышения мобильности рабочей силы, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра- Министра труда и социальной защиты населения Республики Казахстан от 22 июня 2023 года № 234 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32880).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z732" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Карьерный центр обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z733" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) содействовать в трудоустройстве Участника добровольного переселения на постоянное рабочее место, развития предпринимательской деятельности и получения профессиональных навыков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z734" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществлять мониторинг исполнения Участником добровольного переселения обязательств, предусмотренных настоящим Контрактом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z735" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) запрашивать и получать от сторон информацию, документы и материалы, необходимые для осуществления мониторинга исполнения обязательств сторонами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z736" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) расторгать договор аренды жилища, служебного жилища (комнаты в общежитиях для трудовой молодежи) при неисполнении и (или) ненадлежащем исполнений условий Контракта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z737" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) отражать в индивидуальной карте трудоустройства сведения о трудоустройстве Участника добровольного переселения на постоянную работу после переселения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z738" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Участник добровольного переселения имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z739" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подавать в Карьерный центр заявление и пакет документов, необходимых для выплаты материальной помощи и выделения жилища, служебного жилища (комнаты в общежитиях для трудовой молодежи);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z740" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать информацию от Карьерного центра места выбытия о порядке, сроке переезда и условиях приема, в том числе по вопросам обеспечения жилищем, служебным жилищем (комнатой в общежитиях для трудовой молодежи) и трудоустройства на постоянное рабочее место;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z741" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) требовать от сторон Контракта своевременного и надлежащего исполнения Контракта;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z732" w:id="234"/>
-[...15 lines deleted...]
-      5. Карьерный центр обязан:</w:t>
+    <w:bookmarkStart w:name="z742" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) получать меры государственной поддержки, предусмотренные Контрактом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z733" w:id="235"/>
-[...15 lines deleted...]
-      1) содействовать в трудоустройстве Участника добровольного переселения на постоянное рабочее место, развития предпринимательской деятельности и получения профессиональных навыков;</w:t>
+    <w:bookmarkStart w:name="z743" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заключать договор аренды жилища, служебного жилища (комнаты в общежитиях для трудовой молодежи) с Карьерным центром и заселиться в него в установленные сроки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z734" w:id="236"/>
-[...15 lines deleted...]
-      2) осуществлять мониторинг исполнения Участником добровольного переселения обязательств, предусмотренных настоящим Контрактом;</w:t>
+    <w:bookmarkStart w:name="z744" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в соответствии с разработанным бизнес-планом заняться предпринимательской деятельностью с обязательной регистрацией в качестве индивидуального предпринимателя, юридического лица, лица, занимающегося частной практикой или в форме крестьянских или фермерских хозяйств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z735" w:id="237"/>
-[...15 lines deleted...]
-      3) запрашивать и получать от сторон информацию, документы и материалы, необходимые для осуществления мониторинга исполнения обязательств сторонами;</w:t>
+    <w:bookmarkStart w:name="z745" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) трудоустраиваться на предложенное работодателем постоянное рабочее место либо пройти профессиональное обучение с последующим трудоустройством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z736" w:id="238"/>
-[...15 lines deleted...]
-      4) расторгать договор аренды жилища, служебного жилища (комнаты в общежитиях для трудовой молодежи) при неисполнении и (или) ненадлежащем исполнений условий Контракта;</w:t>
+    <w:bookmarkStart w:name="z746" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Участник добровольного переселения обязан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z737" w:id="239"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z747" w:id="249"/>
+    <w:bookmarkStart w:name="z747" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) зарегистрироваться по месту жительства и месту временного пребывания (проживания) на территории Республики Казахстан в соответствии с Правилами оказания государственных услуг по вопросам документирования и регистрации населения Республики Казахстан, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 30 марта 2020 года № 267 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20192);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z748" w:id="250"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z748" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) своевременно оплачивать коммунальную и арендную плату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z749" w:id="251"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z749" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) своевременно и в полном объеме предоставлять информацию, документы и материалы по запросам сторон, необходимые для осуществления мониторинга исполнения обязательств сторон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z750" w:id="252"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z750" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) исполнять обязательства, возлагаемые в рамках, оказываемых ему, мер государственной поддержки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z751" w:id="253"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z751" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) досрочно возвратить в полном объеме полученные Участником добровольного переселения и членом его семьи меры государственной поддержки, предусмотренные участникам активных мер содействия занятости в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Социальным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, в случаях внутренней самостоятельной миграции по собственному волеизъявлению за пределы регионов, определенных Правительством Республики Казахстан, в течение пяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z752" w:id="254"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z752" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Возврат полученным Участником добровольного переселения и членом (ами) его семьи меры государственной поддержки в бюджет осуществляется в порядке, предусмотренными Правилами добровольного переселения лиц для повышения мобильности рабочей силы, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместитель Премьер-Министра – Министра труда и социальной защиты населения Республики Казахстан от 22 июня 2023 года № 234 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32880), за исключением случаев трудоустройства вахтовым методом, призыва на воинскую службу, заболевания, не позволяющего проживать в данном населенном пункте, обучение члена семьи в учебных заведениях Участника добровольного переселения за пределами региона места расселения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z753" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Ответственность сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z754" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. За неисполнение, либо ненадлежащее исполнение своих обязанностей, предусмотренных настоящим Контрактом Карьерный центр и Участник добровольного переселения несут ответственность, установленную законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z755" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Меры ответственности Карьерного центра и Участника добровольного переселения, не предусмотренные в настоящем Контракте, применяются в соответствии с нормами гражданского законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z756" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Окончание срока действия настоящего Контракта не освобождает Карьерный центр и Участника добровольного переселения от ответственности за его нарушение, имевшее место до истечения этого срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z757" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Обстоятельства непреодолимой силы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z758" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Карьерный центр и Участник добровольного переселения освобождаются от ответственности за полное или частичное неисполнение обязательств в случае чрезвычайных обстоятельств или обстоятельств непреодолимой силы (форс-мажор), наступивших после подписания настоящего Контракта, таких как: пожар, землетрясение, наводнение и стихийные явления, военные действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z759" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. При возникновении обстоятельств форс-мажора Карьерный центр и Участник добровольного переселения, чье исполнение каких-либо обязательств в соответствии с настоящим Контрактом оказалось невозможным в силу наступления таких обстоятельств, обязуется в течение трех рабочих дней с момента наступления или прекращения обстоятельств форс-мажора уведомить в письменной форме (мотивировав и обосновав невозможность исполнения своих обязательств по настоящему контракту).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z760" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Неуведомление или несвоевременное уведомление лишает Карьерный центр и Участника добровольного переселения права ссылаться на любое обстоятельство форс-мажора, как на основание, освобождающее от ответственности за неисполнение обязательств по настоящему Контракту, за исключением случаев, когда такое неуведомление или несвоевременное уведомление прямо вызваны соответствующим обстоятельством форс-мажора. Уведомление о начале и прекращении обстоятельств форс-мажора подтверждается документом либо решением соответствующего органа и (или) учреждения, подтверждающим такие обстоятельства, за исключением случаев, когда обстоятельства форс-мажора носят общеизвестный и массовый характер и не требуют доказательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z761" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Срок исполнения обязательств по настоящему Контракту отодвигается соразмерно времени, в течение которого действовали обстоятельства форс-мажора, а также последствия, вызванные этими обстоятельствами. Если невозможность полного или частичного исполнения Карьерным центром и Участником добровольного переселения обязательств по настоящему Контракту в связи с наступлением обстоятельств форс-мажора будет существовать свыше _____ (указать период), то Карьерный центр и Участник добровольного переселения вправе расторгнуть настоящий Контракт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z762" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Прочие условия</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z753" w:id="255"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Ответственность сторон</w:t>
+    <w:bookmarkStart w:name="z763" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В Контракт вносятся изменения и дополнения по соглашению сторон путем подписания дополнительного контракта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z754" w:id="256"/>
-[...195 lines deleted...]
-    <w:bookmarkStart w:name="z764" w:id="266"/>
+    <w:bookmarkStart w:name="z764" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Подписывая настоящий Контракт для проведения мониторинга исполнения обязательств, предусмотренных Контрактом, Участник дает согласие в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите" на сбор и обработку персональных данных его и членов его семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z765" w:id="267"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z765" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Настоящий Контракт вступает в силу с момента его подписания Центром трудовой мобильности и Участником добровольного переселения и действует до "__" ______ 20__ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z766" w:id="268"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z766" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Адреса и реквизиты сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -12740,50 +13584,136 @@
               </w:rPr>
               <w:t>
 __________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13057,126 +13987,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при его наличии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z600" w:id="269"/>
+    <w:bookmarkStart w:name="z600" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 - в редакции приказа Министра труда и социальной защиты населения РК от 29.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 536</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z601" w:id="270"/>
+      <w:bookmarkStart w:name="z601" w:id="260"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим ____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -15021,204 +15951,300 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z604" w:id="271"/>
+    <w:bookmarkStart w:name="z604" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приложение:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z605" w:id="272"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z605" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Смета расходов по переезду, предоставлению пособия на обустройство на новом месте жительства, предоставлению служебного жилища или компенсация расходов работника по найму жилья, частичному возмещению расходов работника на приобретение жилья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z606" w:id="273"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z606" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Решение местного исполнительного орган по вопросам социальной защиты и занятости населения о включении в региональную квоту приема кандасов и переселенцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z607" w:id="274"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z607" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Акт работодателя о приеме на работу либо копии заключенного с работниками трудового договора, заверенную подписью и печатью (при наличии) работодателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z608" w:id="275"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z608" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) договора купли-продажи жилья при возмещении расходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z609" w:id="276"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z609" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) договор аренды либо безвозмездного пользования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель ________________ _____________ подпись дата</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       М.П. (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3-1 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16845,50 +17871,146 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               банковского счета получателя).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подпись руководителя _______________/(Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 3-2 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18565,68 +19687,68 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z390" w:id="277"/>
+    <w:bookmarkStart w:name="z390" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Трехсторонний социальный контракт о предоставлении государственной поддержки по содействию добровольному переселению для повышения мобильности рабочей силы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18963,764 +20085,764 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> работодателя) именуемый (-ая) в дальнейшем "Работодатель" с третьей стороны,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключили настоящий социальный контракт (далее – Контракт) о нижеследующем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z768" w:id="278"/>
+    <w:bookmarkStart w:name="z768" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Предмет Контракта</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z769" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Контракт заключен в целях оказания содействия добровольному переселению для повышения мобильности рабочей силы, а также оказания мер государственной поддержки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z770" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сторонами контракта выступают Карьерный центр как филиала Центра трудовой мобильности, Участник добровольного переселения и Работодатель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z771" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В рамках Контракта Работодатель обязуется предоставить Участнику добровольного переселения следующие меры поддержки:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z772" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z773" w:id="273"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             (указать меры государственной поддержки, оказываемые</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         Участнику добровольного переселения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z774" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контракт заключен на основании приказа руководителя Центра трудовой мобильности № ___от "____" ___________20 ____года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z775" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Права и обязанности сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z776" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Карьерный центр имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z777" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) принимать от Работодателя заявление и пакет документов для назначения субсидий, возмещения расходов работодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z778" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) оказывать содействие в регистрации Участника добровольного переселения по новому месту жительства;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z769" w:id="279"/>
-[...15 lines deleted...]
-      1. Контракт заключен в целях оказания содействия добровольному переселению для повышения мобильности рабочей силы, а также оказания мер государственной поддержки.</w:t>
+    <w:bookmarkStart w:name="z779" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) перезаключать договор аренды жилищ с другими совершеннолетними членами семьи Участника добровольного переселения в случаях, оговоренных в Правилах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z770" w:id="280"/>
-[...15 lines deleted...]
-      2. Сторонами контракта выступают Карьерный центр как филиала Центра трудовой мобильности, Участник добровольного переселения и Работодатель.</w:t>
+    <w:bookmarkStart w:name="z780" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) требовать от Участника добровольного переселения и работодателя, своевременного и надлежащего исполнения условий Контракта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z771" w:id="281"/>
-[...15 lines deleted...]
-      В рамках Контракта Работодатель обязуется предоставить Участнику добровольного переселения следующие меры поддержки:</w:t>
+    <w:bookmarkStart w:name="z781" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Карьерный центр обязан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z772" w:id="282"/>
-[...15 lines deleted...]
-      __________________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z782" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществлять мониторинг сохранения рабочего места Участника добровольного переселения в течение двух и пяти лет со дня трудоустройства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
-    <w:p>
-[...15 lines deleted...]
-             (указать меры государственной поддержки, оказываемые</w:t>
+    <w:bookmarkStart w:name="z783" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществлять мониторинг исполнения контракта Участником добровольного переселения и работодателем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:p>
-[...32 lines deleted...]
-      3. Контракт заключен на основании приказа руководителя Центра трудовой мобильности № ___от "____" ___________20 ____года.</w:t>
+    <w:bookmarkStart w:name="z784" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) запрашивать и получать от сторон информацию, документы и материалы, необходимые для осуществления мониторинга исполнения обязательств сторонами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z775" w:id="285"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Права и обязанности сторон</w:t>
+    <w:bookmarkStart w:name="z785" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отражать в индивидуальной карте трудоустройства сведения о трудоустройстве Участников добровольного переселения на постоянную работу после переселения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z776" w:id="286"/>
-[...15 lines deleted...]
-      4. Карьерный центр имеет право:</w:t>
+    <w:bookmarkStart w:name="z786" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Участник добровольного переселения имеет право:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z777" w:id="287"/>
-[...15 lines deleted...]
-      1) принимать от Работодателя заявление и пакет документов для назначения субсидий, возмещения расходов работодателя;</w:t>
+    <w:bookmarkStart w:name="z787" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) требовать от сторон Контракта своевременного и надлежащего исполнения контракта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z778" w:id="288"/>
-[...15 lines deleted...]
-      2) оказывать содействие в регистрации Участника добровольного переселения по новому месту жительства;</w:t>
+    <w:bookmarkStart w:name="z788" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получать меры поддержки от Работодателя, предусмотренные контрактом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z779" w:id="289"/>
-[...15 lines deleted...]
-      3) перезаключать договор аренды жилищ с другими совершеннолетними членами семьи Участника добровольного переселения в случаях, оговоренных в Правилах;</w:t>
+    <w:bookmarkStart w:name="z789" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) трудоустроиться на предложенное работодателем постоянное рабочее место либо пройти профессиональное обучение по заявке работодателя с последующим трудоустройством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z780" w:id="290"/>
-[...15 lines deleted...]
-      4) требовать от Участника добровольного переселения и работодателя, своевременного и надлежащего исполнения условий Контракта;</w:t>
+    <w:bookmarkStart w:name="z790" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Участник добровольного переселения обязан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z781" w:id="291"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z791" w:id="301"/>
+    <w:bookmarkStart w:name="z791" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) зарегистрироваться по месту жительства и месту временного пребывания (проживания) на территории Республики Казахстан в соответствии с Правилами оказания государственных услуг по вопросам документирования и регистрации населения Республики Казахстан, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 30 марта 2020 года № 267 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20192);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z792" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) своевременно и в полном объеме предоставлять информацию, документы и материалы по запросам сторон, необходимые для осуществления мониторинга исполнения обязательств сторон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z793" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) исполнять обязательства, возлагаемые в рамках оказываемых ему мер поддержки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z794" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Работодатель имеет право:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z795" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подавать в Карьерный центр заявление и пакет документов, необходимых для назначения субсидий, возмещении расходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z796" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) требовать от сторон Контракта своевременного и надлежащего исполнения контракта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z797" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) трудоустроить Участников добровольного переселения на срок не менее двадцать четыре календарных месяцев со дня принятия на постоянное рабочее место при получении субсидии в размере 400 МРП;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z798" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) трудоустроить Участников добровольного переселения на срок не менее шестидесяти календарных месяцев со дня принятия на постоянное рабочее место при возмещении расходов путем предоставления сертификата экономической мобильности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z799" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Работодатель обязан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z800" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) направлять информацию в карьерный центр о приеме на работу или отказе в сроки, установленные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z801" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заключать с Участником добровольного переселения трудовые договоры в соответствии с Трудовым кодексом Республики Казахстан (далее – Трудовой кодекс);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z792" w:id="302"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z802" w:id="312"/>
+    <w:bookmarkStart w:name="z802" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) производить удержание и перечисление индивидуального подоходного налога и обязательных пенсионных взносов с доходов, полученных Участником добровольного переселения, а также уплату социального налога и перечисление социальных отчислений с расходов, а также отчисления на обязательное социальное медицинское страхование работодателя в виде доходов, выплачиваемых Участнику добровольного переселения за выполненные работы и оказанные услуги, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19755,383 +20877,383 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об обязательном социальном медицинском страховании";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z803" w:id="313"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z803" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) направлять на профессиональное обучение с последующим трудоустройством Участника добровольного переселения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z804" w:id="314"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z804" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В соответствии с условиями социального контракта, в случаях внутренней самостоятельной миграции Участника добровольного переселения по собственному волеизъявлению за пределы регионов, определенных Правительством Республики Казахстан, в течение пяти лет работодатель обязан досрочно возвратить в полном объеме полученные ими меры государственной поддержки, предусмотренные участникам активных мер содействия занятости в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Социальным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z805" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Ответственность сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z806" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. За неисполнение, либо ненадлежащее исполнение своих обязанностей, предусмотренных настоящим Контрактом Карьерный центр, Участник добровольного переселения и работодатель несут ответственность, установленную законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z807" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае неисполнения работодателями обязательства по трудоустройству Участника добровольного переселения, работодатели возмещают расходы, понесенные государством на компенсации расходов работника по переезду, предоставлению пособия на обустройство на новом месте жительства, предоставлению служебного жилища или компенсация расходов работника по найму жилья, частичному возмещению расходов работника на приобретение жилья, полной или частичной компенсации расходов работника на оплату услуг дошкольных образовательных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z808" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Меры ответственности Карьерного центра занятости населения, Участника добровольного переселения и работодателя не предусмотренные в настоящем Контракте, применяются в соответствии с нормами гражданского законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z809" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Окончание срока действия настоящего Контракта не освобождает Карьерный центр, Участника добровольного переселения и работодателя от ответственности за его нарушение, имевшее место до истечения этого срока.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z810" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Обстоятельства непреодолимой силы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z811" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Карьерный центр, Участник добровольного переселения и работодатель освобождаются от ответственности за полное или частичное неисполнение обязательств в случае чрезвычайных обстоятельств или обстоятельств непреодолимой силы (форс-мажор), наступивших после подписания настоящего Контракта, таких как: пожар, землетрясение, наводнения и стихийные явления, военные действия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z812" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При возникновении обстоятельств форс-мажора Карьерный центр, Участник добровольного переселения и работодатель, чье исполнение каких-либо обязательств в соответствии с настоящим Контрактом оказалось невозможным в силу наступления таких обстоятельств, обязуется в течение трех рабочих дней с момента наступления или прекращения обстоятельств форс-мажора уведомить в письменной форме (мотивировав и обосновав невозможность исполнения своих обязательств по настоящему контракту).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z813" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Неуведомление или несвоевременное уведомление лишает Карьерный центр, Участника добровольного переселения и работодателя права ссылаться на любое обстоятельство форс-мажора, как на основание, освобождающее от ответственности за неисполнение обязательств по настоящему Контракту, за исключением случаев, когда такое неуведомление или несвоевременное уведомление прямо вызваны соответствующим обстоятельством форс-мажора. Уведомление о начале и прекращении обстоятельств форс-мажора подтверждается документом либо решением соответствующего органа и (или) учреждения, подтверждающим такие обстоятельства, за исключением случаев, когда обстоятельства форс-мажора носят общеизвестный и массовый характер и не требуют доказательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z814" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Срок исполнения обязательств по настоящему Контракту отодвигается соразмерно времени, в течение которого действовали обстоятельства форс-мажора, а также последствия, вызванные этими обстоятельствами. Если невозможность полного или частичного исполнения Карьерным центром, Участником добровольного переселения и работодателем обязательств по настоящему Контракту в связи с наступлением обстоятельств форс-мажора будет существовать свыше _____ (указать период), то Карьерный центр, Участник добровольного переселения и работодатель вправе расторгнуть настоящий Контракт.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z805" w:id="315"/>
+    <w:bookmarkStart w:name="z815" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Ответственность сторон</w:t>
+        <w:t xml:space="preserve"> Глава 5. Прочие условия</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z806" w:id="316"/>
-[...15 lines deleted...]
-      11. За неисполнение, либо ненадлежащее исполнение своих обязанностей, предусмотренных настоящим Контрактом Карьерный центр, Участник добровольного переселения и работодатель несут ответственность, установленную законодательными актами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z816" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В Контракт вносятся изменения и дополнения по соглашению сторон путем подписания дополнительного социального контракта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z807" w:id="317"/>
-[...15 lines deleted...]
-      12. В случае неисполнения работодателями обязательства по трудоустройству Участника добровольного переселения, работодатели возмещают расходы, понесенные государством на компенсации расходов работника по переезду, предоставлению пособия на обустройство на новом месте жительства, предоставлению служебного жилища или компенсация расходов работника по найму жилья, частичному возмещению расходов работника на приобретение жилья, полной или частичной компенсации расходов работника на оплату услуг дошкольных образовательных организаций.</w:t>
+    <w:bookmarkStart w:name="z817" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Настоящий Контракт вступает в силу с момента его подписания Карьерным центром, Участником добровольного переселения и работодателем и действует до "__" ______ 20__ года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z808" w:id="318"/>
-[...15 lines deleted...]
-      13. Меры ответственности Карьерного центра занятости населения, Участника добровольного переселения и работодателя не предусмотренные в настоящем Контракте, применяются в соответствии с нормами гражданского законодательства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z818" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Адреса и реквизиты сторон</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z809" w:id="319"/>
-[...192 lines deleted...]
-    <w:bookmarkEnd w:id="328"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21043,65 +22165,158 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...3 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 5 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21377,88 +22592,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z450" w:id="329"/>
+    <w:bookmarkStart w:name="z450" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о включении в число участников добровольного внутриобластного переселения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z451" w:id="330"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z451" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу включить меня/меня и членов моей семьи число участников добровольного внутриобластного переселения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkEnd w:id="320"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21800,67 +23015,1629 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z452" w:id="331"/>
+    <w:bookmarkStart w:name="z452" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имею следующий состав семьи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Степень родства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Статус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адрес проживания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z453" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К заявлению прилагаю следующие документы/:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z454" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z455" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z456" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z457" w:id="326"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим даю свое согласие на сбор и обработку моих персональных данных,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       необходимых для включения в число участников добровольного внутриобластного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       переселения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z458" w:id="327"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" ___________ 20 ___ _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (подпись заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z459" w:id="328"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (Ф.И.О. должность лица, принявшего документы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 6 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам добровольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>переселения лиц для повышения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мобильности рабочей силы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z462" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Направление № _______ на переселение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z463" w:id="330"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участник________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (фамилия, имя, отчество (при его наличии), индивидуальный идентификационный номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на основании решения региональной комиссии от "__" ___________ 20 __ года №_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>направляется в ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование населенного пункта/района/области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для проживания и трудоустройства по специальности (профессии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование профессии / специальности)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z464" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Совместно с ним переселяются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -22679,257 +25456,1417 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z453" w:id="332"/>
-[...15 lines deleted...]
-      К заявлению прилагаю следующие документы/:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z465" w:id="332"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Директор карьерного центра _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z454" w:id="333"/>
-[...15 lines deleted...]
-      _______________________________________________________________________;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (фамилия, имя, отчество (при наличии) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z466" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата выдачи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z455" w:id="334"/>
-[...15 lines deleted...]
-      _______________________________________________________________________;</w:t>
+    <w:bookmarkStart w:name="z467" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М.П.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z456" w:id="335"/>
-[...15 lines deleted...]
-      _______________________________________________________________________;</w:t>
+    <w:bookmarkStart w:name="z468" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      --------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:p>
-[...15 lines deleted...]
-      Настоящим даю свое согласие на сбор и обработку моих персональных данных,</w:t>
+    <w:bookmarkStart w:name="z469" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (линия отреза)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:p>
-[...49 lines deleted...]
-      "___" ___________ 20 ___ _________________________________________</w:t>
+    <w:bookmarkStart w:name="z470" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возвращается в Карьерный центр, выдавшего направление</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:p>
-[...32 lines deleted...]
-      _________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z471" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление к направлению №______</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:p>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">                   (Ф.И.О. должность лица, принявшего документы)</w:t>
+    <w:bookmarkStart w:name="z472" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z473" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (наименование карьерного центра мест расселения района/города, области)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адрес проживания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z474" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в соответствии с заключенным социальным контрактом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z475" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от "___" ________ 201 ____ года № ____ (приказ № ___ от _________ 201 _____ года)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z476" w:id="343"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      является участником добровольного внутриобластного переселения и предоставляется</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жилье, служебное жилье, комната в общежития, субсидия на возмещение расходов по найму</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(аренде) жилья и оплате коммунальных услуг (нужное подчеркнуть) в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование населенного пункта/района/области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z477" w:id="344"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с последующим трудоустройством в</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование работодателя, юридический адрес, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z478" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Директор карьерного центра </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z479" w:id="346"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при наличии) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z480" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z481" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 7 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22965,90 +26902,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6</w:t>
+              <w:t>Приложение 7</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для повышения</w:t>
+              <w:t>переселения лиц для</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мобильности рабочей силы</w:t>
+              <w:t>повышения мобильности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -23075,261 +27025,1697 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z462" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Директору Карьерного центра</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>района (города)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z611" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Направление № _______ на переселение</w:t>
-[...195 lines deleted...]
-    <w:bookmarkEnd w:id="341"/>
+        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 7 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас выплатить мне материальную помощь в виде сертификата экономической мобильности для реализации права на приобретения жилья в собственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификат экономической мобильности будет использован:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - для строительства _______________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      из них:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. на начало строительства 25% от суммы сертификата экономической мобильности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. на этапе строительных и монтажных работ 40% от суммы сертификата экономической мобильности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. завершения строительства жилья 35% после предоставления акта приемки объекта в эксплуатацию (нужное подчеркнуть).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - для покупки _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - для покрытия части первоначального взноса по ипотечному жилищному займу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (указывается название банка второго уровня, индивидуальный идентификационный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> номер банка, банковский идентификационный код банка, номер лицевого счета получателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес жилья: город (район, село), улица, дом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К заявлению прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер текущего счета, открытого в банках второго уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) письмо банка второго уровня об одобрении выдачи жилищного займа</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при ипотечном займе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) договор купли-продажи жилья при покупке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) свидетельство о государственной регистрации право на землю под индивидуальное жилищное строительство при строительстве жилья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) документ об оценке стоимости приобретаемого недвижимого имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Согласен (-на) на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дата) (подпись) Документы приняты: "____" ________ 20____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись Ф.И.О. (при наличии) должностного лица, принявшего документы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление кандаса или/и переселенца _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с прилагаемыми документами в количестве ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      штук принято "_____" __________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись Ф.И.О. (при наличии) должностного лица, принявшего документы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 8 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам добровольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>переселения лиц для</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>повышения мобильности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рабочей силы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директору Карьерного центра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>района (города)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z493" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 8 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление о выплате субсидий на переезд и (или) о возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пол</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адрес проживания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прошу выплатить субсидии на переезд и (или) о возмещение расходов по найму (аренде) мне и членам моей семьи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -23345,231 +28731,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ИИН</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при его наличии)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Степень родства</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Степень родства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата рождения</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Статус</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адрес проживания</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес проживания по новому месту жительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -24546,922 +29992,312 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z465" w:id="342"/>
-[...870 lines deleted...]
-    <w:bookmarkEnd w:id="358"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Причитающуюся нам сумму субсидий на переезд и (или) возмещение расходов по найму (аренде) перечислить</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (указывается название банка, индивидуальный идентификационный номер банка,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> банковский идентификационный код банка, номер лицевого счета получателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проживаю по адресу ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                   (фактический адрес проживания, (регион, город/район, населенный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     пункт, улица, дом, квартира))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       К заявлению прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) номер текущего счета, открытого в банках второго уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) договор аренды жилого помещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _____20__года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (подпись заявителя)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25495,103 +30331,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7</w:t>
+              <w:t>Приложение 9</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для</w:t>
+              <w:t>переселения лиц для повышения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>повышения мобильности</w:t>
-[...12 lines deleted...]
-              <w:t>рабочей силы</w:t>
+              <w:t>мобильности рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -25617,765 +30440,235 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директору карьерного центра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________ района</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(города)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...102 lines deleted...]
-    <w:bookmarkStart w:name="z611" w:id="359"/>
+    <w:bookmarkStart w:name="z505" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="359"/>
+        <w:t xml:space="preserve"> Заявление о возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 7 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      Сноска. Приложение 9 исключено приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-      </w:r>
-[...555 lines deleted...]
-      Подпись Ф.И.О. (при наличии) должностного лица, принявшего документы.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -26411,51 +30704,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8</w:t>
+              <w:t>Приложение 10</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -26533,2905 +30826,211 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...128 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z493" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> РАСПИСКА</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об отказе в приеме заявления на выплату материальной помощи в виде субсидий на переезд, возмещение расходов по найму (аренде) жилья, оплате коммунальных услуг, а также сертификатов экономической мобильности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 8 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Приложение 10 исключено приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 513</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.03.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...74 lines deleted...]
-              <w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...2296 lines deleted...]
-      </w:pPr>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сноска. Приложение 9 исключено приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Приложение 11 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 513</w:t>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...265 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.03.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -30647,50 +32246,146 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               банковского счета получателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпись руководителя _______________/(Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 12 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32001,50 +33696,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Перечислить на текущий счет KZ _______________________________ (указываются наименование банка, БИН банка, БИК банка, номер банковского счета получателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подпись руководителя _______________/(Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 13 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -33372,50 +35163,146 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         БИК банка, номер банковского счета получателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Подпись руководителя _______________/(Ф.И.О. (при наличии)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение 14 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -34496,614 +36383,614 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июня 2023 года № 234</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z515" w:id="362"/>
+    <w:bookmarkStart w:name="z515" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>утративших силу некоторых приказов и структурных элементов приказа Министерства труда и социальной защиты и здравоохранения и социального развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z516" w:id="363"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z516" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 14 июня 2016 года № 515 "Об утверждении Правил добровольного переселения лиц для повышения мобильности рабочей силы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13921).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z517" w:id="364"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z517" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения, утвержденного приказом Приказ Министра труда и социальной защиты населения Республики Казахстан от 14 февраля 2017 года № 8 "О внесении изменений в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан и признании утратившими силу некоторых приказов Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14863);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z518" w:id="365"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z518" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения и дополнение, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 14 июня 2018 года № 242 "О внесении изменений и дополнения в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17194);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z519" w:id="366"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z519" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приказа и.о. Министра труда и социальной защиты населения Республики Казахстан от 4 января 2019 года № 5 "О внесении изменений и дополнений в приказы Министра здравоохранения и социального развития Республики Казахстан от 14 июня 2016 года № 515 "Об утверждении Правил добровольного переселения лиц для повышения мобильности рабочей силы" и от 14 июня 2016 года № 516 "О некоторых вопросах содействия занятости населения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18161);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z520" w:id="367"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z520" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 27 марта 2019 года № 146 "О внесении изменений в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18446);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z521" w:id="368"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z521" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 26 августа 2019 года № 461 "О внесении изменений в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 19289);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z522" w:id="369"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z522" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра здравоохранения и социального развития Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан в которые вносятся изменения и дополнения, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 12 июня 2020 года № 226 "О внесении изменений и дополнений в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20854);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z523" w:id="370"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z523" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра труда и социальной защиты населения Республики Казахстан, Министра здравоохранения и социального развития Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 11 августа 2021 года № 284 "О внесении изменений в некоторые приказы Министра труда и социальной защиты населения Республики Казахстан, Министра здравоохранения и социального развития Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 23990);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z524" w:id="371"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z524" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 27 мая 2022 года № 179 "О внесении изменений в приказ Министра здравоохранения и социального развития Республики Казахстан от 14 июня 2016 года № 515 "Об утверждении Правил добровольного переселения лиц для повышения мобильности рабочей силы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28364);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z525" w:id="372"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z525" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 24 февраля 2023 года № 57 "О внесении изменений и дополнений в приказ Министра здравоохранения и социального развития Республики Казахстан от 14 июня 2016 года № 515 "Об утверждении Правил добровольного переселения лиц для повышения мобильности рабочей силы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 31966).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z526" w:id="373"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z526" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и.о. Министра здравоохранения и социального развития Республики Казахстан от 6 января 2016 года № 4 "Об утверждении Типового положения комиссии по включению в региональную квоту приема оралманов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13013)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
-    <w:bookmarkStart w:name="z527" w:id="374"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z527" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра труда и социальной защиты населения Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 16 марта 2021 года № 78 "О внесении изменений в некоторые приказы Министра труда и социальной защиты населения Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22354).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkEnd w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>