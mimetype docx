--- v1 (2025-12-01)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b8c11e4" w14:textId="b8c11e4">
+    <w:p w14:paraId="19b5c34" w14:textId="19b5c34">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3350,379 +3350,305 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Кандасы участвуют в добровольном межрегиональном переселении независимо от региона/государства выбытия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z832" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, обретение гражданства Республики Казахстан кандасами и членами их семей, включенным в региональную квоту приема кандасов, не является основанием для прекращения предоставляемых мер государственной поддержки в добровольном переселении, предусмотренных настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Карьерные центры в течение трех рабочих дней уведомляют заявителей и представляют им копии решений, принятых местным исполнительным органом по вопросам социальной защиты и занятости населения региона приема кандасов и переселенцев, а также Комиссией по приему кандасов посредством информационно-коммуникационных технологий, ПЭП и(или) абонентского устройства сети, уведомляет претендента о готовности приема на новом месте жительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z91" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. После получения уведомления переезд осуществляется кандасами и переселенцами самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">22. Исключен приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...254 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="79"/>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Карьерный центр региона приема в течение пяти рабочих дней после прибытия переселенца на новое место жительства готовит проект социального контракта о предоставлении государственной поддержки по содействию добровольному переселению для повышения мобильности рабочей силы по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и направляет для подписания в центр трудовой мобильности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр трудовой мобильности в течение двух рабочих дней подписывает и направляет в карьерный центр подписанный социальный контракт для последующего его заключения с кандасом или переселенцем.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3758,499 +3684,485 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. В случае переезда с одного населенного пункта в другой населенный пункт за пределами района/города расселения внутри одного региона приема, кандас либо переселенец не позднее 10 календарных дней до выбытия с указанием причин уведомляет соответствующие карьерные центры.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. В целях организации межрегионального переселения центр трудовой мобильности регионов выбытия и приема взаимодействуют путем организации ярмарок вакансий в регионах выбытия, представления информации об установленной квоте приема кандасов и переселенцев, ситуации на рынке труда, спросе и предложении на рабочую силу, об условиях обеспечения социальной инфраструктурой и организации ознакомительных выездов в регионы приема.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z97" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Меры государственной поддержки межрегионального переселения осуществляются за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z98" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок межрегионального переселения с участием работодателей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z99" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Для оказания содействия работодателями в межрегиональном переселении карьерные центры совместно с филиалом региональных палат предпринимателей консультируют работодателей о порядке и условиях оказания мер государственной поддержки в рамках добровольного межрегионального переселения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z100" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Работодатели из региона приема, имеющие потребность в трудовых ресурсах, подбирают персонал посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Электронной биржи труда путем размещения заявки о вакансиях, с указанием количества необходимых работников в разрезе специальности (профессии) и условиях работы либо выбора соискателя (ей) из числа кандасов и граждан Республики Казахстан (далее – соискатель (и) из регионов выбытия путем просмотра резюме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В информации указываются данные об обеспечении жильем работника за счет работодателя, о предоставлении дополнительных мер поддержки и обеспечения социальной инфраструктурой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выезда в регион выбытия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участия в ярмарках вакансий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 24 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 359</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Работодатель при подборе кадров через Электронную биржу труда формирует запрос, содержащий идентификатор в систему соискателя (ей) для получения информации о контактных данных соискателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работодатель при подборе кадров путем выезда в регионы выбытия и участия в ярмарках вакансий заключает с соискателем (ями) трудовой договор в соответствии с Трудовым кодексом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 29 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...349 lines deleted...]
-    <w:bookmarkStart w:name="z109" w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Порядок и условия переезда оговаривается работодателем и соискателем в соответствии с договором гражданско-правового характера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Работодатель после согласования условий переезда соискателя (ей) направляет в карьерный центр сведения о соискателе (ях) с указанием количества работников в разрезе специальности (профессии) и условиях работы, а также уведомляет соискателя (ей) об обращении с заявлением о включении в региональную квоту приема кандасов и переселенцев.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4325,90 +4237,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="87"/>
+    <w:bookmarkStart w:name="z112" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Включение соискателя (ей) в региональную квоту приема кандасов и переселенцев либо об отказе в этом осуществляется в порядке, предусмотренном Правилами включения в региональную квоту приема кандасов и переселенцев, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">приказом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан от 15 января 2016 года № 20 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13334).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4517,70 +4429,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Карьерный центр посредством информационно-коммуникационных технологий или абонентского устройства сети, уведомляет работодателя о принятым решении.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Работодатель посредством информационно-коммуникационных технологий или абонентского устройства сети, уведомляет соискателя из региона выбытия о готовности приема на новом месте жительства и возможностям обустройства и предоставления жилья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="88"/>
+    <w:bookmarkStart w:name="z116" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Работодателю региона приема, оказывающему содействие в межрегиональном переселении предоставляется субсидия на трудоустройство, единовременно в размере 400 месячных расчетных показателей (далее – МРП) за каждого работника, принятого (далее – субсидия на трудоустройство) при условии трудоустройства на постоянную работу и обеспечения жильем со сроком не менее двух лет либо возмещается часть расходов работодателя в размере 50 % от стоимости жилья, но не более 1 160 МРП при условии предоставления служебного жилища работнику (далее – возмещение части расходов работодателя) и трудоустройстве на постоянную работу со сроком не менее пяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4599,70 +4511,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="89"/>
+    <w:bookmarkStart w:name="z123" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. По истечении пяти лет, по соглашению сторон работник в соответствии с договором гражданско-правового характера приобретает жилье согласно жилищному законодательству Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4681,150 +4593,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="90"/>
+    <w:bookmarkStart w:name="z124" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. При предоставлении работодателю субсидии на трудоустройство и возмещении расходов субсидий на переезд, расходы по найму (аренде) жилья и оплате коммунальных услуг кандасу и переселенцу не возмещается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z125" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z125" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Работодатель обеспечивает размещение в АИС "Единая система учета электронных трудовых договоров" сведений по трудовым договорам трудоустроенных работников из числа кандасов и переселенцев в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> предоставления и получения сведений о трудовом договоре в единой системе учета трудовых договоров, утвержденными приказом Министра труда и социальной защиты населения Республики Казахстан от 3 сентября 2020 года № 353 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21173).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z126" w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z126" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Работодатели, в течение 30 календарных дней со дня вынесения решения о включении в региональную квоту приема кандасов и переселенцев в отношении трудоустроенных им соискателя (ей) подают в карьерные центры региона приема заявление о выплате субсидии на трудоустройство или о возмещении расходов по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, с нижеследующими подтверждающими документами:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) решение региональной комиссии о включении в региональную квоту приема переселенцев или решение комиссии по приему кандасов о включении в региональную квоту приема кандасов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4951,70 +4863,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="93"/>
+    <w:bookmarkStart w:name="z134" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Карьерный центр в течение одного рабочего дня со дня принятия заявления работодателя о выплате субсидии на трудоустройство или возмещение части расходов работодателя направляет заявление и документы, приложенные к заявлению в Центр трудовой мобильности для принятия решения о выплате работодателю субсидий на трудоустройство либо возмещении части расходов работодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5033,70 +4945,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="94"/>
+    <w:bookmarkStart w:name="z135" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Центр трудовой мобильности в течение пяти рабочих дней со дня принятия заявления выносит решение о предоставлении субсидии на трудоустройство либо возмещение части расходов работодателя по форме согласно приложениям 3-1 и 3-2 к настоящим Правилам или об отказе в их выдаче с мотивированным обоснованием причин.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основаниями для отказа работодателю в предоставлении субсидии на трудоустройство либо возмещения части расходов работодателя являются:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5225,90 +5137,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="95"/>
+    <w:bookmarkStart w:name="z136" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Трехсторонний социальный контракт, где предусматриваются условия по возмещению части расходов работодателя либо выплате субсидии работодателю, включению в региональную квоту, предоставлению служебного жилища, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам заключается между центром трудовой мобильности, участником добровольного переселения и работодателем в течение двух рабочих дней со дня принятия центром трудовой мобильности решения о выплате субсидии на трудоустройство или возмещении части расходов работодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5327,70 +5239,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="96"/>
+    <w:bookmarkStart w:name="z137" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. После заключения социального контракта центры трудовой мобильности в течение трех рабочих дней перечисляют денежные выплаты на лицевой счет работодателя, открытого в банке второго уровня или в организациях, осуществляющих открытие и ведение банковских счетов физических и юридических лиц на основании лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5409,90 +5321,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="97"/>
+    <w:bookmarkStart w:name="z138" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. По предложению работодателей в социальном контракте предусматриваются дополнительные меры поддержки переселенцев и кандасов, в части предоставления материальной помощи, обеспечения социальной инфраструктуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z139" w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z139" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Выполнение условий социального контракта контролируется карьерным центром, центром трудовой мобильности и работодателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5521,126 +5433,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="99"/>
+    <w:bookmarkStart w:name="z141" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Порядок организации переселения в пределах одной области</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок параграфа 3 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="100"/>
+    <w:bookmarkStart w:name="z142" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Переселение в пределах одной области (далее - внутриобластное переселение) осуществляется в пределах области из СНП и моногородов с низким потенциалом экономического развития в СНП, малые и моногорода с средним и высоким потенциалом экономического развития, а также центры экономического роста при наличии обеспечения жильем из государственного жилищного фонда или за счет работодателей, трудоустройства или в развитии предпринимательской инициативы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5659,210 +5571,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="101"/>
+    <w:bookmarkStart w:name="z143" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Государственная поддержка добровольного внутриобластного переселения включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z144" w:id="102"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z144" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предоставление лицам и членам их семей материальной помощи, за исключением случаев, когда переезд работника осуществляется за счет средств работодателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z145" w:id="103"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z145" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) предоставление жилищ, служебных жилищ или комнат в общежитиях, за исключением случаев, когда работодатель предоставляет работнику жилое помещение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z146" w:id="104"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z146" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) профессиональное обучение при наличии потребности работодателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z147" w:id="105"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z147" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) содействие в трудоустройстве и предпринимательской инициативе на новом месте жительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z148" w:id="106"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z148" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) содействие в трудоустройстве у работодателей, участвующих в мерах добровольного переселения для повышения мобильности рабочей силы, с предоставлением субсидий на трудоустройство.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z149" w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z149" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Меры государственной поддержки внутриобластного переселения осуществляются за счет средств местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z150" w:id="108"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z150" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Участниками добровольного внутриобластного переселения являются лица, проживающие в СНП и моногородах с низким экономическим потенциалом, желающие и планирующие принять участие во внутриобластном переселении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5881,648 +5793,648 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="109"/>
+    <w:bookmarkStart w:name="z151" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Лица, желающие и планирующие переселение в пределах области, обращаются в карьерные центры по месту жительства, к акиматам сельских округов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z152" w:id="110"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z152" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Карьерные центры и акиматы сельских округов консультируют претендентов о порядке и условиях участия в добровольном внутриобластном переселении и оказания мер государственной поддержки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z153" w:id="111"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z153" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Акиматы сельских округов направляют в карьерные центры списки претендентов, планирующих переселение в пределах области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z154" w:id="112"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z154" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Карьерные центры формируют списки претендентов, планирующих переезд внутри одного района и в пределах области, консультируют о порядке и условиях переселения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z155" w:id="113"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z155" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Претенденты, желающие переехать внутри области, подают заявления в карьерные центры по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам и с приложением следующих документов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z156" w:id="114"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z156" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копия документа, удостоверяющего личность гражданина Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z157" w:id="115"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z157" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копия документа, подтверждающие трудовую деятельность (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z158" w:id="116"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z158" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копия документа об образовании (при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z159" w:id="117"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z159" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Карьерные центры в течение пяти рабочих дней после их принятия направляют заявления и документы желающих переехать в другие районы – местному органу по вопросам социальной зашиты и занятости населения области, внутри района на рассмотрение районной (городской) комиссии по вопросам занятости населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z160" w:id="118"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z160" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Местный орган по вопросам социальной защиты и занятости населения области в течение пяти рабочих дней со дня поступления заявлений и документов лиц, желающих переехать в город областного (районного) значения в пределах области, направляют их на рассмотрение региональной комиссии по вопросам занятости населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z161" w:id="119"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z161" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Региональные и районные (городские) комиссии по вопросам занятости населения по итогам рассмотрения документов лиц, подавших заявление, в течение пяти рабочих дней со дня поступления заявлений разрабатывают рекомендации о включении либо отказе в отношении граждан, переезжающих внутри области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z162" w:id="120"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z162" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Региональные и районные (городские) комиссии по вопросам занятости населения в течение трех рабочих дней после разработки направляют рекомендации в карьерные центры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z163" w:id="121"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z163" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Заседание региональной и районной (городской) комиссии по вопросам занятости населения проводится при поступлении заявлений и документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z164" w:id="122"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z164" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Карьерные центры на основании рекомендаций комиссий в течение пяти рабочих дней со дня получения рекомендаций принимают решение по внутриобластному переселению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z165" w:id="123"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z165" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Карьерные центры в течение пяти рабочих дней со дня принятия решения уведомляют лиц, участвующих в внутриобластном переселении, о принятом решении посредством услуг связи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z166" w:id="124"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z166" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. Карьерные центры, претенденту, имеющему положительную рекомендацию региональной комиссий по вопросам занятости населения, выдают направление на переселение, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. Переезд претендентов осуществляется самостоятельно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z167" w:id="125"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z167" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. С переехавшими лицами, центры трудовой мобильности социальной защиты и заключают социальный контракт о предоставлении государственной поддержки по содействию добровольному переселению для повышения мобильности рабочей силы по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z168" w:id="126"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z168" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 4. Порядок выплаты материальной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z169" w:id="127"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z169" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       66. Материальная помощь, предусмотренная </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 статьи 112 Социального кодекса выплачивается при наличии у переселенца или кандаса решения о включении в региональную квоту приема кандасов и переселенцев и прибытии на новое место жительство.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z825" w:id="128"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z825" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, расторгнувшие брак (супружество) за последние 36 месяцев до участия в мерах добровольного переселения лиц для повышения трудовой мобильности, предоставляют справку о государственной регистрации расторжения брака (супружества) в книге записи актов гражданского состояния.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z826" w:id="129"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z826" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Для получения материальной помощи в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 статьи 112 Социального кодекса кандас или переселенец представляет заявление по форме согласно приложениям 7 и 8 к настоящим Правилам в электронной форме через портал www.migration.enbek.kz, заявление подписывается или заверяется ЭЦП заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z827" w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z827" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление, поданное через портал "Migration.enbek.kz" (далее - портал) регистрируется в день поступления обращения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z828" w:id="131"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z828" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае подачи полного пакета документов, предусмотренными в приложении 7 и 8 к настоящим Правилам, в "личном кабинете" кандаса и переселенца отображается статус о принятии заявления для предосталвения материальной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z829" w:id="132"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z829" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии оснований, предусмотренных пунктом 73-1 настоящих Правил карьерный центр отказывает в приеме документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z830" w:id="133"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z830" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр трудовой мобильности решения о назначении выплаты либо решения об отказе в выплате материальной помощи направляет через портал кандасам и переселенцам в "личный кабинет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6540,2205 +6452,1969 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.03.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>67. Сертификат экономической мобильности предоставляется в порядке и на условиях, предусмотренных пунктами 68 и 69 настоящих Правил для покупки жилья в сельских населенных пунктах или первоначального взноса по ипотечным жилищным займам при приобретении жилья в городах областного и районного значения в рамках ипотечной программы, утвержденной Национальным Банком Республики Казахстан, и (или) документами Системы государственного планирования, в том числе Концепции развития жилищно-коммунальной инфраструктуры, жилищной программы "Наурыз", реализованной по поручению Главы государства Республики Казахстан, а также в рамках инструментов ипотечного кредитования финансовых институтов и системы жилищных строительных сбережений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z833" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сертификат экономической мобильности предоставляется кандасам или переселенцам при приобретении жилья в населенном пункте постоянного проживания региона прибытия, в размере 1 625 МРП. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z834" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, если стоимость жилья не превышает размера сертификата экономической мобильности, денежная выплата производится в размере фактической оценочной стоимости приобретаемого жилья.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z835" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр трудовой мобильности для выплаты по сертификату экономической мобильности дифференцируют кандасов и переселенцев по следующим категориям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z836" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) работающие по востребованным специальностям в регионах для расселения кандасов и переселенцев, определенных Правительством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z837" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) имеющие в составе семьи постоянно совместно проживающих с заявителем членов семьи трудоспособного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z838" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) имеющие в составе семьи постоянно совместно проживающих с заявителем несовершеннолетних детей либо детей, обучающихся по очной форме обучения по общеобразовательным или профессиональным программам в организациях общего среднего, технического и профессионального, послесреднего, высшего и (или) послевузовского образования, после достижения ими восемнадцатилетнего возраста до времени окончания организаций образования (но не более чем до достижения двадцатитрехлетнего возраста);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z839" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляющие индивидуальную предпринимательскую деятельность в регионах для расселения кандасов и переселенцев, определенных Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 67 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z173" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      68. Для получения сертификата экономической мобильности кандасы и переселенцы подают через портал "Migration.enbek.kz" заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам с приложением:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z840" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) решения о включении в региональную квоту приема кандасов и переселенцев, выданного местным исполнительным органом по вопросам занятости населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z841" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) одобрения банками второго уровня выдачи займа в случаях приобретения жилья по ипотечным жилищным займам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z842" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) текущего счета продавца либо заемщика в банке второго уровня в соответствии с договором жилищного займа в банке второго уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z843" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) копии договора купли-продажи и акта оценки приобретаемого недвижимого имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z844" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копии документа, подтверждающего трудовую деятельность заявителя на новом месте жительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z845" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документе, удостоверяющем личность, справка об отсутствии (наличии) недвижимого имущества в регионах расселения у заявителя и членов его семьи до включения услугополучателя и членов семьи в региональную квоту приема кандасов и переселенцев, документа подтверждающего трудовую деятельность услугополучателя на новом месте жительства услугодатель получает из информационных систем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z846" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При оказании государственной услуги услугополучатель предоставляет согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z847" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Истребование от услугополучателей документов и сведений, которые получены из информационных систем, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z848" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается использование сертификата экономической мобильности на приобретение кандасом или переселенцем недвижимого имущества у супруга (-ги) и своих близких родственников, а также близких родственников супруга (-ги) получателя (заявителя).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z849" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается реализация в течение 5 (пяти) лет недвижимого имущества, оформленного в собственность с использованием сертификата экономической мобильности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z850" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Карьерные центры обеспечивают качество воспроизведения копий документов и их соответствия оригиналам, представленным заявителем в соответствии с перечнем основных требований, осуществляют регистрацию заявления и документов кандасов или переселенцев о выдаче сертификата экономической мобильности, а также сверку представленных кандасом или переселенцем документов по объекту недвижимого имущества, приобретаемого с использованием денежной выплаты по сертификату экономической мобильности на предмет их полноты и достоверности и в течение трех рабочих дней, со дня регистрации направляют заявление кандаса или переселенца о выдаче денежной выплаты по сертификату экономической мобильности на рассмотрение в центр трудовой мобильности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z851" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дополнительная сверка на предмет достоверности и полноты представленных документов и сведений об объекте недвижимого имущества, приобретаемого с использованием сертификата экономической мобильности, осуществляется по решению центра трудовой мобильности о проведении выезда специалиста карьерного центра на объект сделки для его полного и тщательного осмотра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z852" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Карьерный центр после полного и тщательного осмотра объекта недвижимого имущества, приобретаемого с использованием сертификата экономической мобильности, представляет заключение с приложением фото и видео материалов и направляет их в центр трудовой мобильности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z853" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае наличия спора о достоверности величины рыночной или иной стоимости объекта оценки, установленной в отчете об оценке, в том числе и в связи с имеющимся иным отчетом об оценке этого же объекта, может проводиться экспертиза отчета об оценке в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z854" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Споры, возникающие между лицом, оспаривающим отчет об оценке и палатой оценщиков, выдавшей экспертное заключение рассматривается судом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z855" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подача искового заявления об оспаривании оценки стоимости приобретаемого недвижимого имущества приостанавливает сроки рассмотрения заявления о выплате сертификата экономической мобильности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z856" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Центр трудовой мобильности в течение трех рабочих дней со дня принятия заявления рассматривает его и выносит решение о выдаче сертификата экономической мобильности заявителю по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам либо принимают решение об отказе в ее выдаче с мотивированным обоснованием причин по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, а также уведомляет заявителя о принятом решении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z857" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основаниями для отказа в выдаче сертификата экономической мобильности являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z858" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) непредставление заявителем документов, предусмотренных частью первой настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z859" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выявление недостоверных данных (сведений), содержащихся в представленных документах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z860" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие оснований, предусмотренных пунктом 76 настоящих Правил, полученных из информационной системы единого государственного кадастра недвижимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z861" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) приобретение жилья за пределами населенного пункта назначения, указанного в направлении на переселение, выданном кандасу или переселенцу карьерным центром;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z862" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) покупка жилья, в случае если указанное жилье ранее было приобретено переселенцем либо кандасом, или членами его семьи за счет денежной выплаты по сертификату экономической мобильности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 67 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 68 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Центры трудовой мобильности перечисляют материальную помощь по сертификату экономической мобильности на текущий счет продавца либо заемщика в банке второго уровня в соответствии с договором жилищного займа в банке второго уровня, в соответствии с договором купли-продажи жилья либо банковского займа в течение двух рабочих дней после дня принятия решения о выдаче сертификата экономической мобильности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 69 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z192" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Субсидии на переезд осуществляется единовременно в размере 70 МРП на главу и каждого члена семьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для возмещения расходов на переезд кандасы и переселенцы подают заявление в порядке, предусмотренном пунктом 66 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Карьерные центры формируют перечень заявлений и в течение двух рабочих дней направляют перечень в центр трудовой мобильности для проведения оплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр трудовой мобильности в течение трех рабочих дней со дня принятия заявления рассматривает его и выносит решение о выдаче субсидий на переезд по форме согласно приложению 12 к настоящим Правилам, а также уведомляют заявителя о принятом решении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 70 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z194" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Субсидии на возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг предоставляется ежемесячно до приобретения жилья по договору купли-продажи жилья, но не более двенадцати месяцев в следующих размерах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z863" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) для переселившихся в городскую местность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z864" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в размере 20 МРП для одного человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z865" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в размере 25 МРП при количестве членов семьи от двух до четырех;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z866" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в размере 30 МРП при количестве членов семьи пять и более;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z867" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) для переселившихся в сельскую местность:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z868" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в размере 15 МРП для одного человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z869" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в размере 18 МРП при количестве членов семьи от двух до четырех;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z870" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в размере 21 МРП при количестве членов семьи пять и более.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 71 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z203" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сертификат экономической мобильности предоставляется в размере 50 % от стоимости жилья, но не более 1 160 МРП на семью, лицам, предусмотренным частью второй пункта 66 настоящих Правил, а также лицам, предусмотренным </w:t>
-[...111 lines deleted...]
-    </w:p>
+      72. Для выплаты субсидии на возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг кандасы или переселенцы подают заявление по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, к заявлению прикладывается копия договора найма (аренды) жилища.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z871" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Карьерные центры формируют перечень заявлений и в течение двух рабочих дней направляют в центр трудовой мобильности для выплаты субсидии на возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z872" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Центр трудовой мобильности рассматривает и принимает решение о выплате субсидий либо об отказе в ее выдаче с мотивированным обоснованием причин по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z873" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При предоставлении арендного и (или) служебного жилья из государственного жилищного фонда и предназначенного для заселения гражданами Республики Казахстан на период выполнения ими обязанностей, связанных с характером их трудовых отношений, в том числе при осуществлении ротации государственных служащих, а также участвующими в активных мерах содействия занятости в соответствии с законодательством Республики Казахстан о социальной защите в соответствии с договором найма, возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг не предоставляется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z874" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При предоставлении арендного и (или) служебного жилья работодателями в соответствии с договором найма, возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг кандасам и переселенцам не предоставляется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z875" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осуществление выплат прекращается при наступлении следующих случаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z876" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) приобретения жилища на праве собственности, в том числе по сертификату экономической мобильности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z877" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выселения получателя из занимаемого жилища, арендуемого в частном жилищном фонде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z878" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выезда получателя в другой населенный пункт на постоянное место жительства, а также за пределы региона приема;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z879" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отсутствия проживания кандаса или переселенца по адресу указанному в договоре аренды (найма);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z880" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) предоставления занимаемого арендного жилища в поднайм;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z881" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) предоставления фиктивных и ложных сведений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z882" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Суммы излишне (ошибочно) уплаченных сумм субсидий на возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг подлежат возврату.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z883" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возврат излишне зачисленных (выплаченных) сумм субсидий на возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг осуществляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z884" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по заявлению получателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z885" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на основании решения центра трудовой мобильности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z886" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по решению суда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 67 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 513</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 72 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Материальная помощь предоставляется в случае подачи заявления не позднее шести месяцев с момента включения в региональную квоту, за исключением случаев подачи заявления на выдачу сертификата экономической мобильности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z887" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление на выдачу сертификата экономической мобильности подается в течение соответствующего финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z888" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок подачи заявления подлежит восстановлению по ходатайству заявителя, поданному в течение трех месяцев после истечения срока, предусмотренного частью первой настоящего пункта Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z889" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К заявлению прилагается документ с указанием обстоятельств, независящих от заявителя воспрепятствовавших подаче заявления о выплате материальной помощи в указанный шестимесячный срок, и (или) документ, подтверждающий наличие этих обстоятельств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 73 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1776 lines deleted...]
-    <w:bookmarkStart w:name="z716" w:id="135"/>
+    </w:p>
+    <w:bookmarkStart w:name="z716" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       73-1. Основаниями для отказа в приеме заявления о выплате материальной помощи в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 статьи 112 Социального кодекса Республики Казахстан являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представление заявителем неполного пакета документов в соответствии с законодательством Республики Казахстан и (или) документов с истекшим сроком действия, и (или) документов, срок действия которых истекает на день принятия решения о назначении выплаты или отказе в назначении выплат материальной помощи в виде субсидий на переезд, возмещение расходов по найму (аренде) жилья, оплате коммунальных услуг, а также сертификатов экономической мобильности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8792,679 +8468,915 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z890" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73-2. Материальная помощь назначается со дня обращения. Днем обращения за назначением материальной помощи считается день регистрации заявления и необходимых документов на портале.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 73-2 в соответствии с приказом Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z891" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      73-3. Кандас, переселенец вправе обжаловать решение, действие (бездействие) центра трудовой мобильности, должностного лица в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z892" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается в Центр трудовой мобильности, должностному лицу, чье решение, действие (бездействие) обжалуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z893" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр трудовой мобильности, должностное лицо, чье решение, действие (бездействие) обжалуется, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в вышестоящий административный орган (далее – орган, рассматривающий жалобу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z894" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, Центр трудовой мобильности, должностное лицо, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение трех рабочих дней примет решение, совершит действие, полностью удовлетворяющее требование, указанное в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z895" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба кандаса, переселенца, поступившая в вышестоящий административный орган, непосредственно рассматривающему жалобу, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z896" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если иное не предусмотрено законами Республики Казахстан, обращение в суд допускается после обжалования в досудебном порядке в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 АППК РК.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Правила предусматриваются дополнить пунктами 73-2 и 73-3 в соответствии с приказом Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 73-3 в соответствии с приказом Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 359</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Участники госпрограммы "Еңбек" которым раннее была назначена субсидия на переезд, возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг получают выплату в соответствии с условиями настоящих Правил, согласно раннее заключенных социальных контрактов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">75. Исключен приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z206" w:id="136"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z208" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. В случае наличия у участника программы "С дипломом в село!", а также у кандаса или переселенца и членов его семьи по новому месту жительства жилища на праве собственности в течение последних пяти лет, либо жилища в постоянном пользовании из коммунального жилищного фонда со сроком более чем за последние шесть месяцев, то жилище, служебное жилище, либо комната в общежитии по новому месту жительства, и денежная выплата по сертификату экономической мобильности не представляется, возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг не осуществляется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 76 – в редакции приказа Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">75. Исключен приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z648" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-1. В случаях внутренней самостоятельной миграции кандасов или переселенцев и члена(ов) их семей (при наличии) по собственному волеизъявлению за пределы регионов, определенных Правительством Республики Казахстан, в течение пяти лет, основаниями для осуществления возврата выплаченных кандасам или переселенцам и члену(ам) их семей (при наличии) материальной помощи являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z649" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление получателя(ей) материальной помощи о ее возврате;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z650" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уведомление (претензия) центра трудовой мобильности о добровольном возврате полученной кандасом или переселенцем и членом(ами) их семей (при наличии) материальной помощи (далее - уведомление);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z651" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) решение суда о возмещении суммы полученной материальной помощи в бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 76-1 в соответствии с приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 169</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="137"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z652" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-2. Центры трудовой мобильности в течение трех рабочих дней со дня выявления (подтверждения) факта самостоятельного выбытия кандаса или переселенца и члена(ов) их семей за пределы регионов, определенных Правительством Республики Казахстан, направляют кандасу или переселенцу и члену(ам) их семей (при наличии) уведомления (претензии) о добровольном возврате полученной ими материальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 76 – в редакции приказа Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 76-2 в соответствии с приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 169</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z648" w:id="138"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z653" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-3. Кандас или переселенец и член(ы) их семей в течение пятнадцати рабочих дней со дня получения уведомления предоставляет адресату письменный ответ, предусматривающий срок возврата, не превышающий шести месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 76-1 в соответствии с приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 76-3 в соответствии с приказом Министра труда и социальной защиты населения РК от 30.05.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 169</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z652" w:id="142"/>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z654" w:id="144"/>
+    <w:bookmarkStart w:name="z654" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76-4. В судебные органы иски к кандасу или переселенцу и члену (ам) их семей (при наличии), вытекающие из оснований, предусмотренных пунктом 8 Социального контракта, утверждҰнного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, предъявляются центром трудовой мобильности в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z655" w:id="145"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z655" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) полного или частичного отказа кандасом или переселенцем и члена(ми) (при наличии) их семей удовлетворить претензию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z656" w:id="146"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z656" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) неполучения ответа от них на предъявленное(ую) уведомление (претензию) по истечении двадцати рабочих дней с момента направления уведомления (претензии) центром трудовой мобильности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9483,70 +9395,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z657" w:id="147"/>
+    <w:bookmarkStart w:name="z657" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76-5. Возврат выплаченных кандасам или переселенцам и члену(ам) их семей (при наличии) материальной помощи, осуществляется в доход местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9565,1504 +9477,1430 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z209" w:id="148"/>
+    <w:bookmarkStart w:name="z209" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 5. Порядок приобретения (выкупа) и(или) строительства жилья для переселенцев и кандасов, а также финансирования приобретения и(или) строительства жилья для переселенцев и кандасов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z210" w:id="149"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z210" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Для обеспечения жильем кандасов и переселенцев местные исполнительные органы, осуществляющие функции в сфере жилищных отношений осуществляют:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z211" w:id="150"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z211" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) строительство жилья по единому типовому проекту, приобретение (выкуп) жилья, в том числе у работодателей, построивших жилье за счет собственных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z212" w:id="151"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z212" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) разработку проектно-сметной документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z213" w:id="152"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z213" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отвод земельных участков для строительства жилья и инженерно-коммуникационной инфраструктуры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z214" w:id="153"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z214" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) строительство объектов инженерной инфраструктуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z215" w:id="154"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z215" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Необходимое количество жилья для кандасов и переселенцев определяется в зависимости от среднего размера домохозяйств по данным Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан, сложившихся в среднем за последние 5 лет до установления региональной квоты приема кандасов и переселенцев на соответствующий год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z216" w:id="155"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z216" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Численность жилья определяется в единицах путем деления численности кандасов и переселенцев установленной в региональной квоте на средний размер домохозяйств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z217" w:id="156"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z217" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом если общее число домов превышает или меньше десятой доли, применяется округление до целой единицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z218" w:id="157"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z218" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Строительство жилья по единому типовому проекту осуществляется при софинансировании со стороны работодателей, при этом работодатель софинансирует не менее 15%.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z219" w:id="158"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z219" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение о софинансировании принимается местным исполнительным органом по делам архитектуры, градостроительства, строительства и государственного архитектурно-строительного контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z220" w:id="159"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z220" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. В случае софинансирования со стороны работодателей, местный исполнительный орган по делам архитектуры, градостроительства, строительства и государственного архитектурно-строительного контроля и работодатель заключают договор намерения, предусматривающий следующие условия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z221" w:id="160"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z221" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) порядок совместного строительства жилья;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z222" w:id="161"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z222" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязательное трудоустройство переселяющихся граждан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z223" w:id="162"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z223" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) размер софинансирования работодателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z224" w:id="163"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z224" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. После определения подрядчика в установленном законодательством порядке и окончательной стоимости объекта администратор бюджетных программ, подрядчик и работодатель заключают трехсторонний договор о строительстве жилья и условиях софинансирования работодателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z225" w:id="164"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z225" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Приобретение (выкуп) и(или) строительство жилья, строительство объектов инженерной инфраструктуры финансируется за счет целевых текущих трансфертов, целевых трансфертов на развитие, предоставляемых из республиканского бюджета местным исполнительным органам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z226" w:id="165"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z226" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Для реализации данной задачи местными исполнительными органами привлекаются средства местного бюджета и другие источники, не запрещенные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z227" w:id="166"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z227" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Местные исполнительные органы в соответствии с законодательством осуществляют выделение земельных участков для строительства жилья, разработку проектно-сметной документации, проведение государственной экспертизы, выдачу технических условий на подключение, а также подведение и подключение к инженерно-коммуникационной инфраструктуре в соответствии с планом детальной планировки и планом застройки территорий за счет средств местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z228" w:id="167"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z228" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. Прием и ввод в эксплуатацию построенного или приобретенного (выкупленного) объекта производятся заказчиком при его полной готовности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z229" w:id="168"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z229" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае приемки объекта в эксплуатацию с нарушениями и строительными недоделками участники приемки объекта в эксплуатацию несут ответственность, установленном законом Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z230" w:id="169"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z230" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Окончательное финансирование приобретения (выкупа) жилья до получения акта ввода жилья в эксплуатацию не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z231" w:id="170"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z231" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. После приобретения (выкупа) и(или) ввода в эксплуатацию жилье передается на баланс местного исполнительного органа, осуществляющего функции в сфере жилищных отношений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z232" w:id="171"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z232" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Жилье предоставляется в случае заключения социального контракта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z233" w:id="172"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z233" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. Между местным исполнительным органом по вопросам строительства и жилищно-коммунального хозяйства, работодателем и кандасом либо переселенцем заключается договор аренды с предоставлением жилья сроком на 20 лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z234" w:id="173"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z234" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91. При соблюдении условий социального контракта по истечении пяти лет проживания, жилье приватизируется при:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z235" w:id="174"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z235" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) внесение оставшейся суммы единовременным платежом от балансовой стоимости жилья на момент приобретения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z236" w:id="175"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z236" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) внесение оставшейся суммы равными долями в течение последующих пятнадцати лет, (при этом жилье передается в собственность участника с обременением недвижимости в органах юстиции до полного возмещения в бюджет его стоимости).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z237" w:id="176"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z237" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Служебные жилища приватизируются в соответствии с частью третью пункта 2 статьи 109 Закона Республики Казахстан "О жилищных отношениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z238" w:id="177"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z238" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92. Ранее внесенные суммы арендных платежей, уплаченных в период фактического проживания, включаются в зачет стоимости жилья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z239" w:id="178"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z239" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. В случае отказа от условий приватизации по истечении 20 летнего срока, договор аренды пролонгируется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z240" w:id="179"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z240" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. В случае предоставления кандасу либо переселенцу арендного жилья за счет средств местного исполнительного органа или работодателей, расходы по найму (аренде) жилья и оплате коммунальных услуг не возмещается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z241" w:id="180"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z241" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Финансирование строительства жилья для кандасов и переселенцев осуществляется через уполномоченный орган по делам архитектуры, градостроительства и строительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z242" w:id="181"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z242" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96. Финансирование приобретения (выкупа) жилья для кандасов и переселенцев осуществляется через уполномоченный орган по вопросам миграции населения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z243" w:id="182"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z243" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 6. Порядок предоставления служебных жилищ и комнат в общежитиях из государственного жилищного фонда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z244" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Лицам, участвующим в активных мерах содействия занятости, в соответствии с законодательством Республики Казахстан о социальной защите в регионах приема предоставляются жилища, служебные жилища или комнаты в общежитиях, за исключением случаев, когда работодатель предоставляет работнику жилое помещение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 97 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z245" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Жилище из государственного жилищного фонда или жилище, арендованное местным исполнительным органом в частном жилищном фонде, предоставляется в размере не менее пятнадцати квадратных метров и не более восемнадцати квадратных метров полезной площади на человека.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z246" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      99. Между лицами, участвующими в активных мерах содействия занятости, в соответствии с законодательством Республики Казахстан о социальной защите и карьерным центром региона приема заключается договор найма (поднайма) жилища из государственного жилищного фонда или жилища, арендованного местным исполнительным органом в частном жилищном фонде по форме, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 2 июля 2013 года № 673 "Об утверждении Правил приватизации жилищ из государственного жилищного фонда".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 97 предусматривается в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 99 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 359</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...136 lines deleted...]
-    <w:bookmarkStart w:name="z248" w:id="185"/>
+    </w:p>
+    <w:bookmarkStart w:name="z248" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Комнаты в общежитиях предоставляются трудовой молодежи до тридцати пяти лет (в том числе воспитанникам организаций образования для детей-сирот и детей, оставшихся без попечения родителей, детям-сиротам и детям, оставшимся без попечения родителей, потерявшим родителей до наступления совершеннолетия) независимо от прежнего места их проживания, в том числе проживания в областных центрах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z249" w:id="186"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z249" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Комнаты в общежитиях для молодежи, в том числе состоящих в браке, предоставляются при соответствии следующим условиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z250" w:id="187"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z250" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) возраст до тридцати пяти лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z251" w:id="188"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z251" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие действующего трудового договора, либо социального контракта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z252" w:id="189"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z252" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличие справки об отсутствии недвижимого имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z253" w:id="190"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z253" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) наличие справки в банке второго уровня об открытие счета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z254" w:id="191"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z254" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Комнаты в общежитиях для молодежи предоставляются сроком до 10 лет, и не подлежат приватизации. По решению региональной комиссии по вопросам занятости населения договор найма комнаты в общежитиях для молодежи продлевается однократно, но не более чем на пять лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z255" w:id="192"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z255" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103. Комната в общежитии для молодежи, жилище, служебное жилище предоставляются в течение десяти рабочих дней на основании принятого комиссией по вопросам занятости населения решения о предоставлении жилища и заключенного между карьерным центром и кандасом либо переселенцем договора найма (поднайма) жилища, служебного жилища и комнаты в общежитии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z256" w:id="193"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z256" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104. В случае отсутствия кандаса либо переселенца или трудоспособного члена их семьи действующего трудового договора более двух месяцев либо социального контракта о предоставлении государственной поддержки, договор найма (поднайма) жилища, служебного жилья, комнаты в общежитии для молодежи с ним расторгается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z257" w:id="194"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z257" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105. Если в течение пяти рабочих дней со дня предложения о заключении договора кандасом либо переселенцем не подписан договор найма (поднайма), карьерный центр перераспределяет комнату в общежитии для молодежи, жилище, служебное жилище другому лицу, включенную квоту приема.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z258" w:id="195"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z258" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106. Договор найма (поднайма) комнаты в общежитии для молодежи, жилища, служебного жилища кандасом либо переселенцем заключается карьерным центром (место расселения) в течение пяти рабочих дней после принятия жилищной комиссией карьерного центра соответствующего решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z259" w:id="196"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z259" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107. Стороной договора найма (поднайма) комнаты в общежитии для молодежи, жилища, служебного жилища выступает кандас либо переселенца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z260" w:id="197"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z260" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       108. Договор найма (поднайма) комнаты в общежитии для молодежи, жилища, служебного жилища составляется в двух экземплярах в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гражданским кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z261" w:id="198"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z261" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. Один экземпляр договора найма (поднайма) комнаты в общежитии для молодежи, жилища, служебного жилища хранится в карьерном центре, второй выдается заявителю и является единственным документом, предоставляющим право на вселение в комнату в общежитии для молодежи, жилище, служебное жилище.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z262" w:id="199"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z262" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110. Договор найма (поднайма) заключается сроком на один календарный год и ежегодно автоматически продлевается (до истечения десятилетнего срока аренды комнаты в общежитии), за исключением случаев, когда одна из сторон направляет уведомление (в произвольной форме) о прекращении договора за один календарный месяц до его истечения в соответствии с условиями договора найма (поднайма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z263" w:id="200"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z263" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111. В случае смерти кандаса либо переселенца по решению жилищной комиссии с согласия городской (районной) комиссии по вопросам занятости населения ранее заключенный договор найма (поднайма) продлевается с совершеннолетним членом семьи нанимателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z264" w:id="201"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z264" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. При отсутствии совершеннолетнего члена семьи договор найма (поднайма) заключается с согласия городской (районной) комиссии с законными представителями несовершеннолетнего члена (членов) семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z265" w:id="202"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z265" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Перемена нанимателя влечет за собой переоформление договора найма (поднайма) жилища.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z266" w:id="203"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z266" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. Комната в общежитии для молодежи, жилище, служебное жилище предоставляется кандасу либо переселенцу один раз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z267" w:id="204"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z267" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. В случае признания комнаты в общежитии для молодежи, жилища, служебного жилища аварийным, непригодным для проживания в результате чрезвычайных обстоятельств или обстоятельств непреодолимой силы (форс-мажор), таких как: пожар, землетрясение, наводнения при наличии свободного жилья предоставляется другое равноценное жилье.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z268" w:id="205"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z268" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       116. Размер ежемесячных арендных платежей за проживание в комнате в общежитии для молодежи, в жилище, служебном жилище устанавливается карьерным центром в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Методикой</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> расчета размера платы за пользование жилищем из государственного жилищного фонда, утвержденной приказом Председателя Агентства Республики Казахстан по делам строительства и жилищно-коммунального хозяйства от 26 августа 2011 года № 306 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 7232).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z269" w:id="206"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z269" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Данный порядок распределения жилья распространяется на ранее построенное (приобретенное) служебное жилье и общежития для трудовой молодежи в рамках Программы ДКЗ 2020, госпрограммы "Еңбек", а также жилья и общежитий построенного и (или) приобретенного за счет средств местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="280"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11219,68 +11057,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z272" w:id="207"/>
+    <w:bookmarkStart w:name="z272" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о включении в региональную квоту приема переселенцев</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 исключено приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11475,68 +11313,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z545" w:id="208"/>
+    <w:bookmarkStart w:name="z545" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Социальный контракт о предоставлении государственной поддержки по содействию добровольному переселению для повышения мобильности рабочей силы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 – в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11789,148 +11627,148 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       номер, серия, номер документа, удостоверяющего личность, когда и кем выдан)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>именуемый (-ая) в дальнейшем "Участник добровольного переселения" с другой стороны заключили настоящий социальный контракт (далее – Контракт) о нижеследующем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z717" w:id="209"/>
+    <w:bookmarkStart w:name="z717" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Предмет Контракта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z718" w:id="210"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z718" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Контракт заключен в целях оказания содействия добровольному переселению для повышения мобильности рабочей силы, а также оказания мер государственной поддержки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z719" w:id="211"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z719" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сторонами контракта выступают Карьерный центр как филиал Центра трудовой мобильности и Участник добровольного переселения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z720" w:id="212"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z720" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В рамках Контракта Участнику добровольного переселения предоставляются следующие меры государственной поддержки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z721" w:id="213"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z721" w:id="287"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -11938,1040 +11776,1040 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             (указать меры государственной поддержки)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z722" w:id="214"/>
+    <w:bookmarkStart w:name="z722" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контракт заключен на основании приказа руководителя Центра трудовой мобильности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z723" w:id="215"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z723" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Права и обязанности сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z724" w:id="216"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z724" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Карьерный центр имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z725" w:id="217"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z725" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) принимать от Участника добровольного переселения заявление и пакет документов для выплаты материальной помощи и предоставление жилища, служебного жилища (комнаты в общежитиях для трудовой молодежи);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z726" w:id="218"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z726" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) принимать решение от жилищной комиссии о предоставлении Участнику добровольного переселения жилища, служебного жилища (комнат в общежитиях для трудовой молодежи);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z727" w:id="219"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z727" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заключать договор найма (аренды) жилища, служебного жилища (комнат в общежитиях для трудовой молодежи) с Участником добровольного переселения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z728" w:id="220"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z728" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) принимать решение о выплате материальной помощи и направлять в Центр трудовой мобильности для перечисления субсидий на лицевой счет Участника добровольного переселения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z729" w:id="221"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z729" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечивать заселение Участника добровольного переселения в жилище, служебное жилище (в комнату в общежитиях для трудовой молодежи);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z730" w:id="222"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z730" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) оказывать содействие в регистрации Участника добровольного переселения по новому местожительству;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z731" w:id="223"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z731" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) перезаключать договор аренды жилищ с другими совершеннолетним членами семьи Участника добровольного переселения в случаях оговоренных в Правилах добровольного переселения лиц для повышения мобильности рабочей силы, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра- Министра труда и социальной защиты населения Республики Казахстан от 22 июня 2023 года № 234 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32880).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z732" w:id="224"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z732" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Карьерный центр обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z733" w:id="225"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z733" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) содействовать в трудоустройстве Участника добровольного переселения на постоянное рабочее место, развития предпринимательской деятельности и получения профессиональных навыков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z734" w:id="226"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z734" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществлять мониторинг исполнения Участником добровольного переселения обязательств, предусмотренных настоящим Контрактом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z735" w:id="227"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z735" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) запрашивать и получать от сторон информацию, документы и материалы, необходимые для осуществления мониторинга исполнения обязательств сторонами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z736" w:id="228"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z736" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) расторгать договор аренды жилища, служебного жилища (комнаты в общежитиях для трудовой молодежи) при неисполнении и (или) ненадлежащем исполнений условий Контракта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z737" w:id="229"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z737" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) отражать в индивидуальной карте трудоустройства сведения о трудоустройстве Участника добровольного переселения на постоянную работу после переселения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z738" w:id="230"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z738" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Участник добровольного переселения имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z739" w:id="231"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z739" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) подавать в Карьерный центр заявление и пакет документов, необходимых для выплаты материальной помощи и выделения жилища, служебного жилища (комнаты в общежитиях для трудовой молодежи);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z740" w:id="232"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z740" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получать информацию от Карьерного центра места выбытия о порядке, сроке переезда и условиях приема, в том числе по вопросам обеспечения жилищем, служебным жилищем (комнатой в общежитиях для трудовой молодежи) и трудоустройства на постоянное рабочее место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z741" w:id="233"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z741" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) требовать от сторон Контракта своевременного и надлежащего исполнения Контракта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z742" w:id="234"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z742" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) получать меры государственной поддержки, предусмотренные Контрактом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z743" w:id="235"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z743" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заключать договор аренды жилища, служебного жилища (комнаты в общежитиях для трудовой молодежи) с Карьерным центром и заселиться в него в установленные сроки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z744" w:id="236"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z744" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) в соответствии с разработанным бизнес-планом заняться предпринимательской деятельностью с обязательной регистрацией в качестве индивидуального предпринимателя, юридического лица, лица, занимающегося частной практикой или в форме крестьянских или фермерских хозяйств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z745" w:id="237"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z745" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) трудоустраиваться на предложенное работодателем постоянное рабочее место либо пройти профессиональное обучение с последующим трудоустройством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z746" w:id="238"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z746" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Участник добровольного переселения обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z747" w:id="239"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z747" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) зарегистрироваться по месту жительства и месту временного пребывания (проживания) на территории Республики Казахстан в соответствии с Правилами оказания государственных услуг по вопросам документирования и регистрации населения Республики Казахстан, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 30 марта 2020 года № 267 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20192);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z748" w:id="240"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z748" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) своевременно оплачивать коммунальную и арендную плату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z749" w:id="241"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z749" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) своевременно и в полном объеме предоставлять информацию, документы и материалы по запросам сторон, необходимые для осуществления мониторинга исполнения обязательств сторон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z750" w:id="242"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z750" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) исполнять обязательства, возлагаемые в рамках, оказываемых ему, мер государственной поддержки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z751" w:id="243"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z751" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) досрочно возвратить в полном объеме полученные Участником добровольного переселения и членом его семьи меры государственной поддержки, предусмотренные участникам активных мер содействия занятости в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Социальным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, в случаях внутренней самостоятельной миграции по собственному волеизъявлению за пределы регионов, определенных Правительством Республики Казахстан, в течение пяти лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z752" w:id="244"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z752" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Возврат полученным Участником добровольного переселения и членом (ами) его семьи меры государственной поддержки в бюджет осуществляется в порядке, предусмотренными Правилами добровольного переселения лиц для повышения мобильности рабочей силы, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместитель Премьер-Министра – Министра труда и социальной защиты населения Республики Казахстан от 22 июня 2023 года № 234 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32880), за исключением случаев трудоустройства вахтовым методом, призыва на воинскую службу, заболевания, не позволяющего проживать в данном населенном пункте, обучение члена семьи в учебных заведениях Участника добровольного переселения за пределами региона места расселения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z753" w:id="245"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z753" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Ответственность сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z754" w:id="246"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z754" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. За неисполнение, либо ненадлежащее исполнение своих обязанностей, предусмотренных настоящим Контрактом Карьерный центр и Участник добровольного переселения несут ответственность, установленную законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z755" w:id="247"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z755" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Меры ответственности Карьерного центра и Участника добровольного переселения, не предусмотренные в настоящем Контракте, применяются в соответствии с нормами гражданского законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z756" w:id="248"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z756" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Окончание срока действия настоящего Контракта не освобождает Карьерный центр и Участника добровольного переселения от ответственности за его нарушение, имевшее место до истечения этого срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z757" w:id="249"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z757" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Обстоятельства непреодолимой силы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z758" w:id="250"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z758" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Карьерный центр и Участник добровольного переселения освобождаются от ответственности за полное или частичное неисполнение обязательств в случае чрезвычайных обстоятельств или обстоятельств непреодолимой силы (форс-мажор), наступивших после подписания настоящего Контракта, таких как: пожар, землетрясение, наводнение и стихийные явления, военные действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z759" w:id="251"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z759" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. При возникновении обстоятельств форс-мажора Карьерный центр и Участник добровольного переселения, чье исполнение каких-либо обязательств в соответствии с настоящим Контрактом оказалось невозможным в силу наступления таких обстоятельств, обязуется в течение трех рабочих дней с момента наступления или прекращения обстоятельств форс-мажора уведомить в письменной форме (мотивировав и обосновав невозможность исполнения своих обязательств по настоящему контракту).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z760" w:id="252"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z760" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Неуведомление или несвоевременное уведомление лишает Карьерный центр и Участника добровольного переселения права ссылаться на любое обстоятельство форс-мажора, как на основание, освобождающее от ответственности за неисполнение обязательств по настоящему Контракту, за исключением случаев, когда такое неуведомление или несвоевременное уведомление прямо вызваны соответствующим обстоятельством форс-мажора. Уведомление о начале и прекращении обстоятельств форс-мажора подтверждается документом либо решением соответствующего органа и (или) учреждения, подтверждающим такие обстоятельства, за исключением случаев, когда обстоятельства форс-мажора носят общеизвестный и массовый характер и не требуют доказательств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z761" w:id="253"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z761" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Срок исполнения обязательств по настоящему Контракту отодвигается соразмерно времени, в течение которого действовали обстоятельства форс-мажора, а также последствия, вызванные этими обстоятельствами. Если невозможность полного или частичного исполнения Карьерным центром и Участником добровольного переселения обязательств по настоящему Контракту в связи с наступлением обстоятельств форс-мажора будет существовать свыше _____ (указать период), то Карьерный центр и Участник добровольного переселения вправе расторгнуть настоящий Контракт.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z762" w:id="254"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z762" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Прочие условия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z763" w:id="255"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z763" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В Контракт вносятся изменения и дополнения по соглашению сторон путем подписания дополнительного контракта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z764" w:id="256"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z764" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Подписывая настоящий Контракт для проведения мониторинга исполнения обязательств, предусмотренных Контрактом, Участник дает согласие в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите" на сбор и обработку персональных данных его и членов его семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z765" w:id="257"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z765" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Настоящий Контракт вступает в силу с момента его подписания Центром трудовой мобильности и Участником добровольного переселения и действует до "__" ______ 20__ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z766" w:id="258"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z766" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Адреса и реквизиты сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkEnd w:id="332"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -13584,136 +13422,50 @@
               </w:rPr>
               <w:t>
 __________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...84 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13773,64 +13525,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для повышения</w:t>
+              <w:t>переселения лиц</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мобильности рабочей силы</w:t>
+              <w:t>для повышения мобильности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13981,368 +13746,385 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(при его наличии</w:t>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z600" w:id="259"/>
+    <w:bookmarkStart w:name="z600" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 - в редакции приказа Министра труда и социальной защиты населения РК от 29.12.2023 </w:t>
+      Сноска. Приложение 3 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 536</w:t>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...36 lines deleted...]
-        <w:t>______________________________________________________________________,</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z897" w:id="334"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящим</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(наименование работодателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>в лице ________________________________________________________________</w:t>
-[...67 lines deleted...]
-        <w:t>______________________________________________________________________</w:t>
+        <w:t>в лице________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, фамилия, имя, отчество (при его наличии) уполномоченного представителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действующего на основании</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>прошу включить в состав участников добровольного межрегионального переселения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>в качестве работодателя и выплатить субсидию на трудоустройство в размере 400</w:t>
-[...84 lines deleted...]
-        <w:t>или пяти лет на постоянную работу;</w:t>
+        <w:t>в качестве работодателя и выплатить субсидию на трудоустройство в размере</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>400 МРП или возместить расходы жилья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В случае положительного решения вопроса принимаю обязательство о нижеследующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) трудоустроить Участника добровольного переселения сроком не менее два года или</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пяти лет на постоянную работу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) обеспечить размещение в АИС "Единая система учета электронных трудовых</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -14366,51 +14148,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) оплатить расходы Участника добровольного переселения по переезду,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>предоставлению пособия на обустройство на новом месте жительства, предоставлению служебного жилища или компенсация расходов работника по найму</w:t>
+        <w:t>предоставлению пособия на обустройство на новом месте жительства,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предоставлению служебного жилища или компенсация расходов работника по найму</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>жилья, частичному возмещению расходов работника на приобретение жилья, полной</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -14446,102 +14245,114 @@
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z898" w:id="335"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="335"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ФИО участника добровольного переселения</w:t>
+Фамилия, имя, отчество (при его наличии) участника добровольного переселения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14631,68 +14442,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z904" w:id="336"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="336"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -15951,300 +15774,202 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z604" w:id="261"/>
+    <w:bookmarkStart w:name="z952" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приложение:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z605" w:id="262"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z953" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Смета расходов по переезду, предоставлению пособия на обустройство на новом месте жительства, предоставлению служебного жилища или компенсация расходов работника по найму жилья, частичному возмещению расходов работника на приобретение жилья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z606" w:id="263"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z954" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Решение местного исполнительного орган по вопросам социальной защиты и занятости населения о включении в региональную квоту приема кандасов и переселенцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z607" w:id="264"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z955" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Акт работодателя о приеме на работу либо копии заключенного с работниками трудового договора, заверенную подписью и печатью (при наличии) работодателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z956" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) договор купли-продажи жилья при возмещении расходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z957" w:id="342"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) договор аренды либо безвозмездного пользования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-[...129 lines deleted...]
-</w:t>
+    <w:bookmarkEnd w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель ________________ _____________ подпись дата</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>М.П. (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16306,64 +16031,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для</w:t>
+              <w:t>переселения лиц</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>повышения мобильности</w:t>
+              <w:t>для повышения мобильности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16397,230 +16122,275 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>форма</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z959" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> РЕШЕНИЕ</w:t>
-[...13 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> РЕШЕНИЕ о выплате субсидий на трудоустройство</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 3-1 в соответствии с приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...109 lines deleted...]
-      субсидии на трудоустройство в следующих размерах:</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z960" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _____ 20___ года № _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z961" w:id="345"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр трудовой мобильности _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>области в соответствии с подпунктом 1) пункта 36 Правил добровольного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>переселения лиц для повышения мобильности рабочей силы рассмотрев</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявление о выплате субсидий, принял нижеследующее решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z962" w:id="346"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Выплатить ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование работодателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субсидии на трудоустройство в следующих размерах:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -16637,329 +16407,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...37 lines deleted...]
-              <w:t>п/п</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Ф.И.О. (ИИН) работника (ов)</w:t>
+Фамилия, имя, отчество (при его наличии) (ИИН) работника (ов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Должность работника (ов)</w:t>
+Должность работника (ов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...37 lines deleted...]
-              <w:t>(МРП)</w:t>
+Размер субсидии (МРП)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...37 lines deleted...]
-              <w:t>(тенге)</w:t>
+Сумма к выплате (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17772,243 +17408,147 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...191 lines deleted...]
-</w:t>
+      <w:bookmarkStart w:name="z963" w:id="347"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Перечислить на текущий счет работодателя KZ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указываются наименование банка, индивидуальный идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>банка, банковский идентификационный код банка, номер банковского счета получателя).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись руководителя _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>/(Фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18070,64 +17610,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для</w:t>
+              <w:t>переселения лиц</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>повышения мобильности</w:t>
+              <w:t>для повышения мобильности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18167,549 +17707,593 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z965" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>о возмещении части расходов работодателя для предоставления жилья семье переселенца или кандаса</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>о возмещении части расходов работодателя для предоставления жилья</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>семье переселенца или кандаса "___" _____ 20___ года № _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 3-2 в соответствии с приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...127 lines deleted...]
-      части расходов работодателя для предоставления жилья семье переселенца или кандаса в следующей сумме:</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z966" w:id="349"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр трудовой мобильности ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>области в соответствии с подпунктом 2) пункта 36 Правил добровольного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>переселения лиц для повышения мобильности рабочей силы рассмотрев заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о выплате субсидий, принял нижеследующее решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z967" w:id="350"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Выплатить __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(наименование работодателя) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>части расходов работодателя для предоставления жилья семье переселенца</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или кандаса в следующей сумме:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z968" w:id="351"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...19 lines deleted...]
-                <w:b/>
+          <w:bookmarkEnd w:id="351"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Ф.И.О. (ИИН) работника (ов)</w:t>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ИИН) работника (ов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Должность работника (ов)</w:t>
+Должность работника (ов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...32 lines deleted...]
-                <w:b/>
+Сумма к выплате</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z973" w:id="352"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="352"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -18785,68 +18369,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z978" w:id="353"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="353"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -18922,68 +18518,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z983" w:id="354"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="354"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -19059,68 +18667,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z988" w:id="355"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="355"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -19196,68 +18816,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z993" w:id="356"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="356"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -19319,180 +18951,147 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...128 lines deleted...]
-</w:t>
+      <w:bookmarkStart w:name="z998" w:id="357"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Перечислить на текущий счет работодателя KZ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указываются наименование банка, индивидуальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер банка, банковский</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный код банка, номер банковского счета получателя).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись руководителя _______________/ (Фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19687,68 +19286,68 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z390" w:id="267"/>
+    <w:bookmarkStart w:name="z390" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Трехсторонний социальный контракт о предоставлении государственной поддержки по содействию добровольному переселению для повышения мобильности рабочей силы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkEnd w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 4 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20085,764 +19684,764 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> работодателя) именуемый (-ая) в дальнейшем "Работодатель" с третьей стороны,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> заключили настоящий социальный контракт (далее – Контракт) о нижеследующем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z768" w:id="268"/>
+    <w:bookmarkStart w:name="z768" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Предмет Контракта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z769" w:id="269"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z769" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Контракт заключен в целях оказания содействия добровольному переселению для повышения мобильности рабочей силы, а также оказания мер государственной поддержки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z770" w:id="270"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z770" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сторонами контракта выступают Карьерный центр как филиала Центра трудовой мобильности, Участник добровольного переселения и Работодатель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z771" w:id="271"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z771" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В рамках Контракта Работодатель обязуется предоставить Участнику добровольного переселения следующие меры поддержки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z772" w:id="272"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z772" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z773" w:id="273"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z773" w:id="364"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              (указать меры государственной поддержки, оказываемые</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkEnd w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         Участнику добровольного переселения).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z774" w:id="274"/>
+    <w:bookmarkStart w:name="z774" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контракт заключен на основании приказа руководителя Центра трудовой мобильности № ___от "____" ___________20 ____года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z775" w:id="275"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z775" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Права и обязанности сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z776" w:id="276"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z776" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Карьерный центр имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z777" w:id="277"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z777" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) принимать от Работодателя заявление и пакет документов для назначения субсидий, возмещения расходов работодателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z778" w:id="278"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z778" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оказывать содействие в регистрации Участника добровольного переселения по новому месту жительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z779" w:id="279"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z779" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) перезаключать договор аренды жилищ с другими совершеннолетними членами семьи Участника добровольного переселения в случаях, оговоренных в Правилах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z780" w:id="280"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z780" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) требовать от Участника добровольного переселения и работодателя, своевременного и надлежащего исполнения условий Контракта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z781" w:id="281"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z781" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Карьерный центр обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z782" w:id="282"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z782" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществлять мониторинг сохранения рабочего места Участника добровольного переселения в течение двух и пяти лет со дня трудоустройства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z783" w:id="283"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z783" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осуществлять мониторинг исполнения контракта Участником добровольного переселения и работодателем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z784" w:id="284"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z784" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) запрашивать и получать от сторон информацию, документы и материалы, необходимые для осуществления мониторинга исполнения обязательств сторонами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z785" w:id="285"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z785" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) отражать в индивидуальной карте трудоустройства сведения о трудоустройстве Участников добровольного переселения на постоянную работу после переселения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z786" w:id="286"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z786" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Участник добровольного переселения имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z787" w:id="287"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z787" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) требовать от сторон Контракта своевременного и надлежащего исполнения контракта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z788" w:id="288"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z788" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получать меры поддержки от Работодателя, предусмотренные контрактом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z789" w:id="289"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z789" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) трудоустроиться на предложенное работодателем постоянное рабочее место либо пройти профессиональное обучение по заявке работодателя с последующим трудоустройством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z790" w:id="290"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z790" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Участник добровольного переселения обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z791" w:id="291"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z791" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) зарегистрироваться по месту жительства и месту временного пребывания (проживания) на территории Республики Казахстан в соответствии с Правилами оказания государственных услуг по вопросам документирования и регистрации населения Республики Казахстан, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 30 марта 2020 года № 267 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20192);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z792" w:id="292"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z792" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) своевременно и в полном объеме предоставлять информацию, документы и материалы по запросам сторон, необходимые для осуществления мониторинга исполнения обязательств сторон;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z793" w:id="293"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z793" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) исполнять обязательства, возлагаемые в рамках оказываемых ему мер поддержки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z794" w:id="294"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z794" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Работодатель имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z795" w:id="295"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z795" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) подавать в Карьерный центр заявление и пакет документов, необходимых для назначения субсидий, возмещении расходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z796" w:id="296"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z796" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) требовать от сторон Контракта своевременного и надлежащего исполнения контракта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z797" w:id="297"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z797" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) трудоустроить Участников добровольного переселения на срок не менее двадцать четыре календарных месяцев со дня принятия на постоянное рабочее место при получении субсидии в размере 400 МРП;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z798" w:id="298"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z798" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) трудоустроить Участников добровольного переселения на срок не менее шестидесяти календарных месяцев со дня принятия на постоянное рабочее место при возмещении расходов путем предоставления сертификата экономической мобильности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z799" w:id="299"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z799" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Работодатель обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z800" w:id="300"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z800" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) направлять информацию в карьерный центр о приеме на работу или отказе в сроки, установленные законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z801" w:id="301"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z801" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заключать с Участником добровольного переселения трудовые договоры в соответствии с Трудовым кодексом Республики Казахстан (далее – Трудовой кодекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z802" w:id="302"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z802" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) производить удержание и перечисление индивидуального подоходного налога и обязательных пенсионных взносов с доходов, полученных Участником добровольного переселения, а также уплату социального налога и перечисление социальных отчислений с расходов, а также отчисления на обязательное социальное медицинское страхование работодателя в виде доходов, выплачиваемых Участнику добровольного переселения за выполненные работы и оказанные услуги, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20877,383 +20476,383 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об обязательном социальном медицинском страховании";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z803" w:id="303"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z803" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) направлять на профессиональное обучение с последующим трудоустройством Участника добровольного переселения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z804" w:id="304"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z804" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В соответствии с условиями социального контракта, в случаях внутренней самостоятельной миграции Участника добровольного переселения по собственному волеизъявлению за пределы регионов, определенных Правительством Республики Казахстан, в течение пяти лет работодатель обязан досрочно возвратить в полном объеме полученные ими меры государственной поддержки, предусмотренные участникам активных мер содействия занятости в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Социальным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z805" w:id="305"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z805" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Ответственность сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z806" w:id="306"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z806" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. За неисполнение, либо ненадлежащее исполнение своих обязанностей, предусмотренных настоящим Контрактом Карьерный центр, Участник добровольного переселения и работодатель несут ответственность, установленную законодательными актами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z807" w:id="307"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z807" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В случае неисполнения работодателями обязательства по трудоустройству Участника добровольного переселения, работодатели возмещают расходы, понесенные государством на компенсации расходов работника по переезду, предоставлению пособия на обустройство на новом месте жительства, предоставлению служебного жилища или компенсация расходов работника по найму жилья, частичному возмещению расходов работника на приобретение жилья, полной или частичной компенсации расходов работника на оплату услуг дошкольных образовательных организаций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z808" w:id="308"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z808" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Меры ответственности Карьерного центра занятости населения, Участника добровольного переселения и работодателя не предусмотренные в настоящем Контракте, применяются в соответствии с нормами гражданского законодательства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z809" w:id="309"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z809" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Окончание срока действия настоящего Контракта не освобождает Карьерный центр, Участника добровольного переселения и работодателя от ответственности за его нарушение, имевшее место до истечения этого срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z810" w:id="310"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z810" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Обстоятельства непреодолимой силы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z811" w:id="311"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z811" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Карьерный центр, Участник добровольного переселения и работодатель освобождаются от ответственности за полное или частичное неисполнение обязательств в случае чрезвычайных обстоятельств или обстоятельств непреодолимой силы (форс-мажор), наступивших после подписания настоящего Контракта, таких как: пожар, землетрясение, наводнения и стихийные явления, военные действия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z812" w:id="312"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z812" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. При возникновении обстоятельств форс-мажора Карьерный центр, Участник добровольного переселения и работодатель, чье исполнение каких-либо обязательств в соответствии с настоящим Контрактом оказалось невозможным в силу наступления таких обстоятельств, обязуется в течение трех рабочих дней с момента наступления или прекращения обстоятельств форс-мажора уведомить в письменной форме (мотивировав и обосновав невозможность исполнения своих обязательств по настоящему контракту).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z813" w:id="313"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z813" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Неуведомление или несвоевременное уведомление лишает Карьерный центр, Участника добровольного переселения и работодателя права ссылаться на любое обстоятельство форс-мажора, как на основание, освобождающее от ответственности за неисполнение обязательств по настоящему Контракту, за исключением случаев, когда такое неуведомление или несвоевременное уведомление прямо вызваны соответствующим обстоятельством форс-мажора. Уведомление о начале и прекращении обстоятельств форс-мажора подтверждается документом либо решением соответствующего органа и (или) учреждения, подтверждающим такие обстоятельства, за исключением случаев, когда обстоятельства форс-мажора носят общеизвестный и массовый характер и не требуют доказательств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z814" w:id="314"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z814" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Срок исполнения обязательств по настоящему Контракту отодвигается соразмерно времени, в течение которого действовали обстоятельства форс-мажора, а также последствия, вызванные этими обстоятельствами. Если невозможность полного или частичного исполнения Карьерным центром, Участником добровольного переселения и работодателем обязательств по настоящему Контракту в связи с наступлением обстоятельств форс-мажора будет существовать свыше _____ (указать период), то Карьерный центр, Участник добровольного переселения и работодатель вправе расторгнуть настоящий Контракт.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-    <w:bookmarkStart w:name="z815" w:id="315"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z815" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Прочие условия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z816" w:id="316"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z816" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. В Контракт вносятся изменения и дополнения по соглашению сторон путем подписания дополнительного социального контракта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z817" w:id="317"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z817" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Настоящий Контракт вступает в силу с момента его подписания Карьерным центром, Участником добровольного переселения и работодателем и действует до "__" ______ 20__ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-    <w:bookmarkStart w:name="z818" w:id="318"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z818" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Адреса и реквизиты сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkEnd w:id="409"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22165,158 +21764,65 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-      </w:pPr>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...94 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22378,64 +21884,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для повышения</w:t>
+              <w:t>переселения лиц</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мобильности рабочей силы</w:t>
+              <w:t>для повышения мобильности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -22592,146 +22111,196 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z450" w:id="319"/>
+    <w:bookmarkStart w:name="z450" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о включении в число участников добровольного внутриобластного переселения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 5 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z999" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу включить меня/меня и членов моей семьи в число участников добровольного внутриобластного переселения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1000" w:id="412"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ИИН</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="412"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -22743,66 +22312,95 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1003" w:id="413"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при его наличии)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="413"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22816,68 +22414,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1006" w:id="414"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата рождения</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата рождения</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="414"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -22889,68 +22499,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1009" w:id="415"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пол</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пол</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="415"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -22962,219 +22584,260 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1012" w:id="416"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адрес проживания</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес проживания</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="416"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z452" w:id="321"/>
+    <w:bookmarkStart w:name="z1015" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имею следующий состав семьи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkEnd w:id="417"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1016" w:id="418"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ИИН</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="418"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при его наличии)</w:t>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23300,68 +22963,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1023" w:id="419"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="419"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -23895,352 +23570,255 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z453" w:id="322"/>
-[...300 lines deleted...]
-</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1044" w:id="420"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К заявлению прилагаю следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим даю свое согласие на сбор и обработку моих персональных данных,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>необходимых для включения в число участников добровольного внутриобластного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>переселения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" ___________ 20 ___</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) должность лица, принявшего документы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24302,64 +23880,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для повышения</w:t>
+              <w:t>переселения лиц</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мобильности рабочей силы</w:t>
+              <w:t>для повышения мобильности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -24386,357 +23977,438 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z462" w:id="329"/>
+    <w:bookmarkStart w:name="z462" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Направление № _______ на переселение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-[...192 lines deleted...]
-    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 6 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1045" w:id="422"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участник _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер) на основании решения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>региональной комиссии от</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"__" ___________ 20 __ года №_______ направляется в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование населенного пункта/района/области) для проживания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и трудоустройства по специальности (профессии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование профессии / специальности)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Совместно с ним переселяются:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1046" w:id="423"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ИИН</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="423"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при его наличии)</w:t>
+Фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24862,68 +24534,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1053" w:id="424"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="424"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -25857,299 +25541,287 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z465" w:id="332"/>
+      <w:bookmarkStart w:name="z1088" w:id="425"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Директор карьерного центра _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-[...176 lines deleted...]
-    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при наличии) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>--------------------------------------------------------------------------------------------</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(линия отреза)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Возвращается в Карьерный центр, выдавшего направление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Уведомление к направлению №______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование карьерного центра мест расселения района/города, области)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1089" w:id="426"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ИИН</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="426"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -26161,68 +25833,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1092" w:id="427"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при его наличии)</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="427"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -26234,68 +25918,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1095" w:id="428"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата рождения</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата рождения</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="428"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -26307,68 +26003,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1098" w:id="429"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пол</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пол</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="429"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -26380,493 +26088,388 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1101" w:id="430"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адрес проживания</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес проживания</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="430"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z474" w:id="341"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1104" w:id="431"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в соответствии с заключенным социальным контрактом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-[...369 lines deleted...]
-</w:t>
+    <w:bookmarkEnd w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "___" ______20 ____ года № ____ (приказ № ___ от _________ 20 _____ года)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>является участником добровольного внутриобластного переселения и предоставляется</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жилье, служебное жилье, комната в общежития, субсидия на возмещение расходов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по найму (аренде) жилья и оплате коммунальных услуг (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование населенного пункта/района/области)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с последующим трудоустройством в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование работодателя, юридический адрес, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Директор карьерного центра </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________ _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество (при его наличии)) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>М.П.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -26928,64 +26531,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для</w:t>
+              <w:t>переселения лиц</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>повышения мобильности</w:t>
+              <w:t>для повышения мобильности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27024,861 +26627,867 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Директору Карьерного центра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>района (города)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...102 lines deleted...]
-    <w:bookmarkStart w:name="z611" w:id="349"/>
+    <w:bookmarkStart w:name="z611" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkEnd w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 7 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      Сноска. Приложение 7 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 513</w:t>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...637 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1106" w:id="433"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу Вас выплатить мне материальную помощь в виде сертификата экономической</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мобильности для реализации права на приобретения жилья в собственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сертификат экономической мобильности будет использован:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- для приобретения жилья___________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- для первоначального взноса по ипотечному жилищному займу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указывается название банка второго уровня, индивидуальный идентификационный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер банка, банковский идентификационный код банка, номер лицевого счета</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>получателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес жилья: город (район, село), улица, дом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(нужное выбрать и подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К заявлению прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) решение о включении в региональную квоту приема кандасов и переселенцев,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выданное местным исполнительным органом по вопросам занятости населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) одобрение банками второго уровня выдачи займа в случаях приобретения жилья</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по ипотечным жилищным займам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) текущий счет продавца либо заемщика в банке второго уровня в соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с договором жилищного займа в банке второго уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) копии договора купли-продажи и акта оценки приобретаемого недвижимого имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) копии документа, подтверждающего трудовую деятельность заявителя на новом</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>месте жительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен (-на) на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______ __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(дата) (подпись) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Документы приняты: "____" ________ 20____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись фамилия, имя, отчество (при его наличии) должностного лица,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принявшего документы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заявление кандаса или/и переселенца ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с прилагаемыми документами в количестве ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>штук принято "_____"__________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________ _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись фамилия, имя, отчество (при его наличии) должностного лица,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принявшего документы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -27940,64 +27549,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для</w:t>
+              <w:t>переселения лиц</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>повышения мобильности</w:t>
+              <w:t>для повышения мобильности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28096,263 +27705,267 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Директору Карьерного центра</w:t>
+              <w:t>Директору карьерного центра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>__________________________</w:t>
+              <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>района (города)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от ________________________</w:t>
+              <w:t>от _______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z493" w:id="350"/>
+    <w:bookmarkStart w:name="z493" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkEnd w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 8 - в редакции приказа Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      Сноска. Приложение 8 - в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 513</w:t>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1109" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявление о выплате субсидий на переезд и (или) о возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="435"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1110" w:id="436"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ИИН</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="436"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -28364,66 +27977,95 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1113" w:id="437"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ф.И.О. (при его наличии)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="437"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28437,68 +28079,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1116" w:id="438"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата рождения</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата рождения</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="438"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -28510,68 +28164,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1119" w:id="439"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пол</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пол</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="439"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -28583,482 +28249,493 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1122" w:id="440"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Адрес проживания</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес проживания</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="440"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...26 lines deleted...]
-      (нужное подчеркнуть)</w:t>
+      <w:bookmarkStart w:name="z1125" w:id="441"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прошу выплатить субсидии на переезд и (или) о возмещение расходов по найму</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(аренде) мне и членам моей семьи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(нужное подчеркнуть)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1126" w:id="442"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ИИН</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="442"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Ф.И.О. (при его наличии)</w:t>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Степень родства</w:t>
+Степень родства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Дата рождения</w:t>
+Дата рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Статус</w:t>
+Статус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Адрес проживания по новому месту жительства</w:t>
+Адрес проживания по новому месту жительства</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1133" w:id="443"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="443"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -29992,310 +29669,317 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...44 lines deleted...]
-      (указывается название банка, индивидуальный идентификационный номер банка,</w:t>
+      <w:bookmarkStart w:name="z1168" w:id="444"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Причитающуюся нам сумму субсидий на переезд и (или) возмещение расходов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по найму (аренде) перечислить</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указывается название банка, индивидуальный идентификационный номер банка,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> банковский идентификационный код банка, номер лицевого счета получателя)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...179 lines deleted...]
-       (подпись заявителя)</w:t>
+        <w:t>Проживаю по адресу ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фактический адрес проживания, (регион, город/район, населенный пункт, улица,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дом, квартира))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>К заявлению прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) номер текущего счета, открытого в банках второго уровня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) договор аренды жилого помещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _____20__года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись заявителя)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -30571,68 +30255,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z505" w:id="351"/>
+    <w:bookmarkStart w:name="z505" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о возмещение расходов по найму (аренде) жилья и оплате коммунальных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkEnd w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 9 исключено приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30827,210 +30511,116 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1203" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РАСПИСКА</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> об отказе в приеме заявления на выплату материальной помощи в виде субсидий на переезд, возмещение расходов по найму (аренде) жилья, оплате коммунальных услуг, а также сертификатов экономической мобильности</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkEnd w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Приложение 10 исключено приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 10 исключено приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.03.2025).</w:t>
-      </w:r>
-[...84 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -31092,64 +30682,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для</w:t>
+              <w:t>переселения лиц</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>повышения мобильности</w:t>
+              <w:t>для повышения мобильности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31189,424 +30779,518 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1204" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>о выплате материальной помощи в виде денежной выплаты по сертификату экономической мобильности</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>о выплате материальной помощи по сертификату экономической мобильности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"___" _____ 20___ года № _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 11 в соответствии с приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...73 lines deleted...]
-      1. Выплатить заявителю денежные выплаты по сертификату экономической мобильности в размере __________________(сумма прописью) тенге.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1170" w:id="448"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр трудовой мобильности _______________________________ области</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с пунктом 68 Правил добровольного переселения лиц для повышения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мобильности рабочей силы рассмотрев заявление о выплате субсидий, принял</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нижеследующее решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Выплатить заявителю материальную помощь по сертификату экономической</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мобильности в размере __________________(сумма прописью) тенге.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1171" w:id="449"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
-[...27 lines deleted...]
-                <w:b/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="449"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Ф.И.О.(при его наличии) заявителя и членов его семьи (при наличии)</w:t>
+Фамилия, имя, отчество</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(при его наличии) </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аявителя и членов его семьи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Адрес приобретаемого жилья</w:t>
+Адрес приобретаемого жилья</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Сумма к выплате (тенге)</w:t>
+Сумма к выплате</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -32164,226 +31848,130 @@
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1201" w:id="450"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Перечислить на текущий счет KZ</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...162 lines deleted...]
-</w:t>
+    <w:bookmarkEnd w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указываются наименование банка, БИН банка, БИК банка, номер банковского</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>счета получателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись руководителя _______________/ (Фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -32445,64 +32033,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для</w:t>
+              <w:t>переселения лиц</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>повышения мобильности</w:t>
+              <w:t>для повышения мобильности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32542,493 +32130,496 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1205" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ № </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>о выплате материальной помощи в виде субсидий на переезд</w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"___" _____ 20___ года № _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 12 в соответствии с приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...25 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1206" w:id="452"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр трудовой мобильности _______________________________области</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...52 lines deleted...]
-      1) Выплатить заявителю и членам его семьи (при наличии) субсидии на переезд заявителю в следующих размерах:</w:t>
+    <w:bookmarkEnd w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с пунктом 70 Правил добровольного переселения лиц для повышения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мобильности рабочей силы рассмотрев заявление о выплате субсидий, принял</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нижеследующее решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) Выплатить заявителю и членам его семьи (при наличии) субсидии на переезд</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявителю в следующих размерах:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1207" w:id="453"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
-[...27 lines deleted...]
-                <w:b/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="453"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Ф.И.О. (при его наличии) заявителя и членов его семьи (при наличии)</w:t>
+Фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заявителя и членов его семьи (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...32 lines deleted...]
-                <w:b/>
+Размер субсидии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(МРП)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...32 lines deleted...]
-                <w:b/>
+Сумма к выплате</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -33666,174 +33257,130 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...122 lines deleted...]
-</w:t>
+      <w:bookmarkStart w:name="z1237" w:id="454"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Перечислить на текущий счет KZ _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указываются наименование банка, БИН банка, БИК банка,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер банковского счета получателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись руководителя _______________/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -33895,64 +33442,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для</w:t>
+              <w:t>переселения лиц</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>повышения мобильности</w:t>
+              <w:t>для повышения мобильности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -33992,475 +33539,414 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1273" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № о выплате материальной помощи в виде субсидий возмещение расходов по найму (аренде) жилья, оплате коммунальных услуг</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> о выплате материальной помощи в виде субсидий возмещение расходов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по найму (аренде) жилья, оплате коммунальных услуг "__" __20_года №</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 13 в соответствии с приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...57 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1238" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр трудовой мобильности _______________________________области в соответствии с пунктом 71 Правил добровольного переселения лиц для повышения мобильности рабочей силы рассмотрев заявление о выплате субсидий, принял нижеследующее решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z1239" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Выплатить заявителю и членам его семьи (при наличии) субсидии на возмещение расходов по найму (аренде) жилья, оплате коммунальных услуг в следующих размерах:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="457"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1240" w:id="458"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
-[...27 lines deleted...]
-                <w:b/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="458"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Ф.И.О. (при его наличии) заявителя и членов его семьи (при наличии)</w:t>
+Фамилия, имя, отчество. (при его наличии) заявителя и членов его семьи (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...32 lines deleted...]
-                <w:b/>
+Размер субсидии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(МРП)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...32 lines deleted...]
-                <w:b/>
+Сумма к выплате</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -35098,209 +34584,130 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1270" w:id="459"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Перечислить на текущий счет KZ _______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...145 lines deleted...]
-</w:t>
+    <w:bookmarkEnd w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указываются наименование банка, БИН банка, БИК банка,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер банковского счета получателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись руководителя _______________/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество. (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -35362,64 +34769,64 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам добровольного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>переселения лиц для</w:t>
+              <w:t>переселения лиц</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>повышения мобильности</w:t>
+              <w:t>для повышения мобильности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>рабочей силы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -35459,265 +34866,292 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z1274" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЕШЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>об отказе денежной выплаты по сертификату экономической мобильности</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>об отказе в материальной помощи по сертификату экономической мобильности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"__" ________ 20__№ _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 14 в соответствии с приказом Министра труда и социальной защиты населения РК от 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...35 lines deleted...]
-      Центр трудовой мобильности ___________________________________области, рассмотрев заявление о выплате по сертификату экономической мобильности</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра труда и социальной защиты населения РК от 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1275" w:id="461"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр трудовой мобильности ___________________________________области,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рассмотрев заявление о выплате по сертификату экономической мобильности</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1276" w:id="462"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="462"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>ФИО (при его наличии) заявителя</w:t>
+Фамилия, имя, отчество (при его наличии) заявителя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35731,68 +35165,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1280" w:id="463"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="463"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -35840,68 +35286,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1284" w:id="464"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="464"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -35949,68 +35407,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1288" w:id="465"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="465"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -36058,68 +35528,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1292" w:id="466"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...1 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="466"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -36153,130 +35635,130 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...78 lines deleted...]
-</w:t>
+      <w:bookmarkStart w:name="z1296" w:id="467"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отказывает в выплате по сертификату экономической мобильности по основаниям,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренным подпунктом ______части седьмой пункта 68 Правил добровольного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>переселения лиц для повышения мобильности рабочей силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись руководителя _______________/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -36383,614 +35865,614 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июня 2023 года № 234</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z515" w:id="352"/>
+    <w:bookmarkStart w:name="z515" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>утративших силу некоторых приказов и структурных элементов приказа Министерства труда и социальной защиты и здравоохранения и социального развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z516" w:id="353"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z516" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 14 июня 2016 года № 515 "Об утверждении Правил добровольного переселения лиц для повышения мобильности рабочей силы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13921).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z517" w:id="354"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z517" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения, утвержденного приказом Приказ Министра труда и социальной защиты населения Республики Казахстан от 14 февраля 2017 года № 8 "О внесении изменений в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан и признании утратившими силу некоторых приказов Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14863);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z518" w:id="355"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z518" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения и дополнение, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 14 июня 2018 года № 242 "О внесении изменений и дополнения в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17194);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z519" w:id="356"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z519" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приказа и.о. Министра труда и социальной защиты населения Республики Казахстан от 4 января 2019 года № 5 "О внесении изменений и дополнений в приказы Министра здравоохранения и социального развития Республики Казахстан от 14 июня 2016 года № 515 "Об утверждении Правил добровольного переселения лиц для повышения мобильности рабочей силы" и от 14 июня 2016 года № 516 "О некоторых вопросах содействия занятости населения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18161);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z520" w:id="357"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z520" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 27 марта 2019 года № 146 "О внесении изменений в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18446);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z521" w:id="358"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z521" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 26 августа 2019 года № 461 "О внесении изменений в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 19289);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z522" w:id="359"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z522" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра здравоохранения и социального развития Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан в которые вносятся изменения и дополнения, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 12 июня 2020 года № 226 "О внесении изменений и дополнений в некоторые приказы Министра здравоохранения и социального развития Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20854);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z523" w:id="360"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z523" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра труда и социальной защиты населения Республики Казахстан, Министра здравоохранения и социального развития Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 11 августа 2021 года № 284 "О внесении изменений в некоторые приказы Министра труда и социальной защиты населения Республики Казахстан, Министра здравоохранения и социального развития Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 23990);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z524" w:id="361"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z524" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 27 мая 2022 года № 179 "О внесении изменений в приказ Министра здравоохранения и социального развития Республики Казахстан от 14 июня 2016 года № 515 "Об утверждении Правил добровольного переселения лиц для повышения мобильности рабочей силы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28364);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z525" w:id="362"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z525" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 24 февраля 2023 года № 57 "О внесении изменений и дополнений в приказ Министра здравоохранения и социального развития Республики Казахстан от 14 июня 2016 года № 515 "Об утверждении Правил добровольного переселения лиц для повышения мобильности рабочей силы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 31966).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z526" w:id="363"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z526" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и.о. Министра здравоохранения и социального развития Республики Казахстан от 6 января 2016 года № 4 "Об утверждении Типового положения комиссии по включению в региональную квоту приема оралманов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13013)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z527" w:id="364"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z527" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра труда и социальной защиты населения Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра труда и социальной защиты населения Республики Казахстан от 16 марта 2021 года № 78 "О внесении изменений в некоторые приказы Министра труда и социальной защиты населения Республики Казахстан и исполняющего обязанности Министра здравоохранения и социального развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22354).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkEnd w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>