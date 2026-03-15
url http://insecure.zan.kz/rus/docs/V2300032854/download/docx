--- v0 (2025-11-13)
+++ v1 (2026-03-15)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f410a28" w14:textId="f410a28">
+    <w:p w14:paraId="3cfa9dd" w14:textId="3cfa9dd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,74 +113,166 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра информации и общественного развития Республики Казахстан от 14 июня 2023 года № 244-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 20 июня 2023 года № 32854.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 1) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 9 Закона Республики Казахстан "О медиации" ПРИКАЗЫВАЮ:</w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 4 статьи 9 Закона Республики Казахстан "О медиации" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 87)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве культуры и информации Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 4 октября 2023 года № 866 "О некоторых вопросах Министерства культуры и информации Республики Казахстан", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Заместителя Премьер-Министра - Министра культуры и информации РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 696-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -572,809 +665,1917 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Утверждены приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>министр информации и</w:t>
+              <w:t>Министр информации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>общественного развития</w:t>
+              <w:t>и общественного развития</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 14 июня 2023 года № 244-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила прохождения обучения по программе подготовки медиаторов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила – в редакции приказа Заместителя Премьер-Министра - Министра культуры и информации РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 696-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила прохождения обучения по программе подготовки медиаторов (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 4 статьи 9 Закона Республики Казахстан "О медиации" (далее – Закон) и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 87)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве культуры и информации Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 4 октября 2023 года № 866, и определяют порядок прохождения обучения по программе подготовки медиаторов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      2. Настоящие Правила служат основой для разработки и утверждения программ подготовки профессиональных медиаторов и тренеров медиаторов организациями медиаторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) андрагогика – это область науки, изучающая теорию и практику обучения и воспитания взрослых;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) медиабельность конфликта – это свойство, характеризующее возможность или невозможность разрешения конкретного конфликта посредством медиации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила прохождения обучения по программе подготовки медиаторов (далее – Правила) разработаны в соответствии с подпунктом 1) </w:t>
+      3) медиатор – независимое физическое лицо, привлекаемое сторонами для проведения медиации на профессиональной основе или общественных началах в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) медиация - процедура урегулирования спора (конфликта) между сторонами при содействии медиатора (медиаторов) в целях достижения ими взаимоприемлемого решения, реализуемая по добровольному согласию сторон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организации медиаторов – некоммерческие организации, создаваемые для объединения медиаторов на добровольной основе для достижения ими общих целей по развитию медиации, не противоречащих законодательству Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) программа подготовки медиаторов – учебный план, описывающий содержание и структуру учебных курсов, специально предназначенных для подготовки лиц, желающих стать медиаторами, и формирующих их профессиональные компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) координационный совет по взаимодействию с организациями медиаторов при уполномоченном органе (далее – Координационный совет) – консультативно-совещательный орган, который рассматривает программы подготовки медиаторов, представленные организациями медиаторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок утверждения программы подготовки медиаторов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Программа подготовки медиаторов состоит из следующих программ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) "Общий курс медиации" - предназначен для подготовки лиц, изъявивших желание стать профессиональными медиаторами, при условии соответствия требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 9 Закона Республики Казахстан "О медиации" (далее – Закон) и определяют порядок подготовки профессиональных медиаторов в сфере урегулирования споров (конфликтов), возникающих из гражданских, трудовых, семейных, административных правоотношений и иных общественных отношений с участием физических и (или) юридических лиц, административных органов, должностных лиц, а также рассматриваемые в ходе производства по делам об административных правонарушениях, в ходе уголовного судопроизводства по делам об уголовных проступках, преступлениях небольшой и средней тяжести, а также тяжких преступлениях в случаях, предусмотренных частью второй </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+        <w:t xml:space="preserve"> статьи 9 Закона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Настоящие Правила предусматривают необходимый минимум знаний для получения статуса профессионального медиатора, повышения квалификации медиатора и служат основой для разработки и утверждения организациями медиаторов (далее – организации медиаторов), осуществляющими в соответствии с Законом профессиональную подготовку и повышение квалификации медиаторов учебных программ по профессиональной подготовке и повышению квалификации медиаторов.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+      2) "Специализированный курс медиации" - предназначен для подготовки по конкретной области медиации и повышения квалификации профессиональных медиаторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Курс подготовки тренеров медиаторов" - предназначен для подготовки тренера медиаторов, изъявивших желание проводить обучение по медиации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Программы подготовки медиаторов разрабатываются организациями медиаторов на основе типовых учебных планов по формам, согласно приложениям 1, 2 и 3 к настоящим Правилам и вносятся на рассмотрение Координационного совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Координационный совет принимает решение об утверждении программ подготовки медиаторов в срок не позднее 10 (десять) рабочих дней с момента их поступления на рассмотрение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок прохождения обучения по программе подготовки медиаторов</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+        <w:t xml:space="preserve"> Глава 3. Порядок прохождения обучения по программе "Общий курс медиации"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Подготовка профессиональных медиаторов осуществляется по утвержденным организациями медиаторов программам, разработанным в соответствии с требованиями настоящих Правил.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+      7. Целью обучения по программе "Общий курс медиации" является приобретение навыков, необходимых для ведения деятельности в качестве медиатора на профессиональной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Целью обучения по программе подготовки медиаторов является получение лицами, проходящими обучение по программе подготовки медиаторов знаний и умений, приобретение навыков, необходимых для ведения деятельности в качестве медиатора на профессиональной основе, а также для повышения квалификации медиаторов.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+      8. Обучение по программе "Общий курс медиации" проводится организациями медиаторов. Объем программы составляет не менее 72 (семьдесят два) академических часов и содержит теоретическую часть (лекции), проведение практических занятий, согласно приложению 1 к настоящим Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Обучения по программе подготовки профессиональных медиаторов осуществляется по очной форме.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+      9. Обучение по программе "Общий курс медиации" проводится в дистанционной и/или очной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Учебная группа формируется численностью не более 15 (пятнадцать) человек.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+      10. Учебная группа формируется в составе не более 10 (десять) человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Лица, проходящие обучение по программе подготовки медиаторов в период занятий, обеспечиваются учебно-методическим материалом на бумажных (электронных) носителях.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+      11. К обучению по программе "Общий курс медиации" не допускаются следующие лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Обучение по программе подготовки медиаторов проходят лица, имеющие высшее образование, достигшие возраста 25 (двадцать пять) лет.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+      1) уполномоченные на выполнение государственных функций и приравненные к нему;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Программа подготовки медиаторов состоит из учебных программ "Общий курс медиации" и "Специализированный курс медиации".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+      2) признанные судом в установленном законом порядке недееспособными или ограниченно дееспособными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      3) в отношении которых осуществляется уголовное преследование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) имеющие не погашенную или не снятую в установленном законом порядке судимость.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. До начала обучения лицом предоставляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) диплом о высшем образовании или электронный документ из сервиса цифровых документов (требуется для сверки);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, удостоверяющий личность, в том числе документ предоставляемый физическим и юридическим лицам посредством сервиса цифровых документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      10. "Общий курс медиации" предназначен для подготовки лиц, изъявивших желание стать профессиональным медиатором, которые соответствуют требованиям </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+      3) cогласно приложению 4 к настоящим Правилам, лица, изъявившие желание пройти обучение по программе "Общий курс медиации" предоставляют согласие на сбор и обработку своих персональных данных в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      До начала обучения лицом предоставляются в организацию медиаторов следующие документы:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+      В случае отказа в приеме на обучение организация медиаторов предоставляет заявителю мотивированный письменный ответ с указанием конкретных оснований отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок прохождения обучения по программе "Специализированный курс медиации"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) копия диплома о высшем образовании (нотариально засвидетельствованную копию в случае непредставления оригинала диплома для сверки);</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+      13. Целью обучения по программе "Специализированный курс медиации" является подготовка профессиональных медиаторов по конкретной специализации, с учетом особенностей разрешения споров в различных отраслях права и видов конфликтов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) копии документов, удостоверяющих личность;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+      Обучение по программе "Специализированный курс медиации" проходят лица, получившие сертификат об окончании обучения по программе "Общий курс медиации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) медицинские справки из наркологического и психиатрического диспансеров, выданные по месту жительства лица не ранее, чем за месяц до их представления в организацию медиаторов;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+      14. Обучение по программе "Специализированный курс медиации включает теоретическую часть (лекции), проведение практических занятий, согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) справку об отсутствии судимости, выданную по месту жительства лица не ранее, чем за месяц до ее представления в организацию медиаторов.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+      15. Обучение по программе "Специализированный курс медиации" проводится в дистанционной и/или очной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. "Специализированный курс медиации" предназначен для лиц, прошедших "Общий курс медиации". "Специализированный курс медиации" предназначен для подготовки профессионального медиатора по конкретной специализации и составляет в объеме не менее 50 (пятьдесят) часов.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+      16. Учебная группа формируется численностью не более 15 (пятнадцать) человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      17. Обучение проводится организациями медиаторов, объем курса составляет не менее 32 (тридцать два) академических часов по каждому направлению типового учебного плана по программе "Специализированный курс медиации", согласно приложению 2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. К обучению по программе "Специализированный курс медиации" не допускаются следующие лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уполномоченные на выполнение государственных функций и приравненные к нему;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признанные судом в установленном законом порядке недееспособными или ограниченно дееспособными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении которых осуществляется уголовное преследование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) имеющие не погашенную или не снятую в установленном законом порядке судимость.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. До начала обучения лицом предоставляются следующие документы в организацию медиаторов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сертификат об окончании обучения по программе "Общий курс медиации" (нотариально засвидетельствованную копию в случае непредставления оригинала сертификата для сверки);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документ, удостоверяющий личность, либо документы предоставляемые через сервис цифровых документов для физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      12. Содержание учебных программ представлено типовым учебным планом по каждой образовательной программе и темам по формам, согласно </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+      3) cогласно приложению 4 к настоящим Правилам, лица, изъявившие желание пройти обучение по программе "Специализированный курс медиации", предоставляют согласие на сбор и обработку своих персональных данных в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Программа обучения медиаторов предусматривает теоретическую часть (чтение лекций), проведение практических занятий, тренингов, деловых игр. В связи с практической направленностью обучения медиаторов объем лекционных занятий не превышает 40 (сорок) процентов общего объема занятий.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+      В случае отказа в приеме на обучение организация медиаторов предоставляет заявителю мотивированный письменный ответ с указанием конкретных оснований отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Порядок прохождения обучения по программе "Курс подготовки тренеров медиаторов"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      20. Целью обучения по программе "Курс подготовки тренеров медиаторов" является подготовка тренеров медиаторов, осуществляющих обучение медиации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обучение по программе "Курс подготовки тренеров медиаторов" проходят лица, получившие сертификат об окончании обучения по программам "Общий курс медиации" и "Специализированный курс медиации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Обучение по программе "Курс подготовки тренеров медиаторов" предусматривает основы андрогогики, педагогическое мастерство, методику обучения медиации, специальные методы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Обучение по программе "Курс подготовки тренеров медиаторов" проводится в очной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Обучение проводится организациями медиаторов, объем курса составляет не менее 32 (тридцать два) академических часов по каждой теме типового учебного плана по программе "Курс подготовки тренеров медиаторов", согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. К обучению по программе "Курс подготовки тренеров медиаторов" не допускаются следующие лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уполномоченные на выполнение государственных функций и приравненные к нему;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признанные судом в установленном законом порядке недееспособными или ограниченно дееспособными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении которых осуществляется уголовное преследование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) имеющие не погашенную или не снятую в установленном законом порядке судимость.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. До начала обучения лицом предоставляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подтверждающие документы о непрерывной профессиональной деятельности в качестве медиатора, не менее 5 (пять) лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      документы, подтверждающие профессиональную деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z83" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      копии трудового договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z84" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      справка с места работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z85" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сертификаты об окончании обучения по программам "Общий курс медиации" и "Специализированный курс медиации" (нотариально засвидетельствованные копии в случае непредставления оригинала сертификата для сверки);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z86" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие не менее 5 (пять) сертификатов об участии на семинарах и (или) курсах по повышению квалификации. Один из представленных сертификатов выдается не позднее чем за 1 (один) год до момента обучения по программе "Курсу подготовки тренеров медиаторов";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z87" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) документ, удостоверяющий личность, в том числе документ предоставляемый физическим и юридическим лицам посредством сервиса цифровых документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z88" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      14. Каждая из 2 (два) учебных программ по подготовке медиаторов завершается итоговой аттестацией и выдачей документа (сертификата), по форме согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+      5) cогласно приложению 4 к настоящим Правилам, лица, изъявившие желание пройти обучение по программе "Курс подготовки тренеров медиаторов", предоставляют согласие на сбор и обработку своих персональных данных в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z89" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Итоговая аттестация проводится экзаменационной комиссией, состав которой определяется руководителем организации медиаторов, проводящей обучение и включает в себя 2 (два) уровня проверки знаний и навыков медиатора:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+      В случае отказа в приеме на обучение организация медиаторов предоставляет заявителю мотивированный письменный ответ с указанием конкретных оснований отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z90" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Итоговая аттестация и сертификация медиаторов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z91" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      теоретические знания проверяются на экзамене в форме собеседования или тестирования;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+      26. По завершении обучения по каждой программе "Общий курс медиации", "Специализированный курс медиации" и "Курс подготовки тренеров медиаторов" проводится итоговая аттестация, удостоверяемая печатью организации медиаторов, осуществлявшей обучение, и выдается сертификат по форме согласно приложению 5 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z92" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      практические навыки проверяются и оцениваются по результатам имитационной медиации.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+      27. Состав экзаменационной комиссии утверждается руководителем организации медиаторов и предусматривает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z93" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Экзаменационная комиссия состоит из 3 (три) членов – 2 (два) представителей организации медиаторов, проводящей обучение и 1 (один) представителя другой организации медиаторов.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+      1) проверку теоретических знаний (экзамен в форме собеседования и (или) тестирования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z94" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Результаты итоговой аттестации оформляются протоколом, подписываемым членами экзаменационной комиссии и доводятся до сведения лиц, прошедших обучение по программе подготовки медиаторов.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+      2) проверку практических навыков (оценка результатов).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z95" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Лицам, прошедшим обучение по учебным программам "Общий курс медиации" и (или) "Специализированный курс медиации", организацией медиаторов, проводящей обучение, выдается документ (сертификат), подтверждающий прохождение обучения.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+      28. Результаты итоговой аттестации оформляются протоколом, подписываемыми членами экзаменационной комиссии, доводятся до сведения лиц, прошедших обучение по программе подготовки медиаторов, и вносятся в специальный журнал учета обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z96" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лица, получившие документ (сертификат), подтверждающего прохождение обучение по учебной программе "Общий курс медиации", осуществляют практическую деятельность в качестве медиатора на профессиональной основе.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+      В случае несогласия с результатами аттестации обучающееся лицо вправе в течение 5 (пять) рабочих дней со дня получения результатов подать апелляцию в письменной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z97" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лица, получившие документ (сертификат) по учебной программе "Специализированный курс медиации", осуществляют практическую деятельность в качестве медиатора на профессиональной основе, в том числе по конкретной специализации.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
+      Апелляция рассматривается в течение 7 (семь) рабочих дней, по результатам чего принимается мотивированное решение апелляционной комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z98" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Лица, получившие сертификат об окончании обучения по программе "Общий курс медиации", осуществляют практическую деятельность в качестве медиатора на профессиональной основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z99" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Лица, получившие сертификат об окончании обучения по программе "Специализированный курс медиации", осуществляют практическую деятельность в качестве медиатора на профессиональной основе, в том числе медиатора с определенной специализацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z100" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Лица, получившие сертификат об окончании обучения по программе "Курс подготовки тренеров медиаторов", осуществляют практическую деятельность в качестве медиатора на профессиональной основе, в том числе медиатора с определенной специализацией, а также осуществляют обучение медиации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1453,68 +2654,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>обучения по программе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подготовки медиаторов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовой учебный план по программе "Общий курс медиации"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1621,68 +2822,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Всего</w:t>
-[...16 lines deleted...]
-              <w:t>часов</w:t>
+Всего часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1776,86 +2960,66 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лекции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="39"/>
-[...34 lines deleted...]
-занятия</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Практические занятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1873,191 +3037,175 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z47" w:id="40"/>
-[...139 lines deleted...]
-            </w:pPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основы конфликтологии, способы разрешения конфликтов, стили управления ими. Основы медиации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2089,51 +3237,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Понятие медиации</w:t>
+Понятие и принципы медиации.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2188,57 +3336,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2255,86 +3407,66 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="41"/>
-[...34 lines deleted...]
-по медиации</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Законодательство Республики Казахстан по медиации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2389,57 +3521,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2471,51 +3607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основные принципы медиации</w:t>
+Зарубежный опыт медиации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2570,57 +3706,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2909,87 +4049,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...35 lines deleted...]
-4</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3022,156 +4162,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиатор и процедура медиации</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+Медиабельность конфликта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3203,51 +4347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Правила проведения процедуры медиации</w:t>
+Роль медиатора, права и обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3275,84 +4419,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3384,156 +4532,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Результат процедуры медиации</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+Работа с интересами и возражениями сторон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3565,51 +4717,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Информация в медиации</w:t>
+Особенности переговорного процесса в медиации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3637,84 +4825,52 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3746,159 +4902,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Работа с интересами сторон</w:t>
-[...107 lines deleted...]
-4</w:t>
+Невербальные коммуникации, язык жестов и движений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3916,195 +5072,171 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="42"/>
-[...143 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Участие третьих лиц в медиации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -4121,114 +5253,102 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="43"/>
-[...62 lines deleted...]
-процедуре медиации</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Результат процедуры медиации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4256,84 +5376,52 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -4365,51 +5453,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Понятие и классификации конфликтов</w:t>
+Исполнение медиативного соглашения: принципы, роль медиатора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4437,84 +5525,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -4546,51 +5638,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Работа с возражениями в медиации</w:t>
+Продвижение медиации и этические нормы в медиации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4716,194 +5808,174 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="44"/>
-[...142 lines deleted...]
-1</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Практические инструменты для медиатора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4936,156 +6008,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Зарубежный опыт медиации</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+Налогообложение деятельности медиатора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -5117,51 +6193,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Итоговый контроль</w:t>
+Оформление документации при проведении процедуры медиации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5180,112 +6256,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...60 lines deleted...]
-работа с практическим заданием, тестирование</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5318,159 +6378,538 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Практическое занятие для закрепления знаний и приобретения практических навыков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итоговый контроль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работа с практическим заданием, тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
-[...71 lines deleted...]
-18</w:t>
+72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5509,113 +6948,113 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Правилам прохождения</w:t>
+              <w:t>к Правилам прохождения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>обучения по программе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подготовки медиаторов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:bookmarkStart w:name="z104" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовой учебный план по программе "Специализированный курс медиации"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5685,105 +7124,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование темы</w:t>
+Наименование направления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Всего</w:t>
-[...16 lines deleted...]
-              <w:t>часов</w:t>
+Всего часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5877,86 +7299,66 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лекции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="47"/>
-[...34 lines deleted...]
-занятия</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Практические занятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5974,222 +7376,174 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="48"/>
-[...170 lines deleted...]
-3</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Особенности проведения процедуры медиации, возникающих из гражданских правоотношений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6207,222 +7561,174 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="49"/>
-[...170 lines deleted...]
-3</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Особенности проведения процедуры медиации, возникающих из трудовых правоотношений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6440,222 +7746,174 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="50"/>
-[...170 lines deleted...]
-4</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Особенности проведения процедуры медиации, возникающих из семейных правоотношений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6673,222 +7931,174 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="51"/>
-[...170 lines deleted...]
-3</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Особенности проведения процедуры медиации по уголовным делам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6906,194 +8116,174 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="52"/>
-[...142 lines deleted...]
-4</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение процедуры медиации при групповых спорах (конфликтов). Социальная медиация (в сфере образования, корпоративные, межэтнические и другие споры).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7111,1175 +8301,174 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="53"/>
-[...1087 lines deleted...]
-18</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Особенности проведения процедуры медиации по финансово-кредитным отношениям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8318,432 +8507,2956 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3 к</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Правилам прохождения</w:t>
+              <w:t>к Правилам прохождения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>обучения по программе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подготовки медиаторов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z106" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовой учебный план по программе "Курс подготовки тренеров медиаторов"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование темы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лекции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Практические занятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основы обучения медиации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Работа с группой при обучении медиации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Игровое взаимодействие при обучении медиации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальная работа тренера медиации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итоговый контроль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работа с практическим заданием, тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИТОГО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам прохождения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучения по программам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовки медиаторов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кому _______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(организация медиаторов)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от _________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии) заявителя,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение личности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ ____, выдано (когда, кем))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z110" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласие</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z71" w:id="57"/>
+      <w:bookmarkStart w:name="z111" w:id="94"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ______________________________________________________________</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
+      Я, ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>(фамилия, имя, отчество (при наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(юридический адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(контактные данные) (почтовый адрес или адрес электронной почты,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>либо номер телефона или телефакса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(сведения о специализации в сфере медиации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(сведения о языке, на котором может осуществляться медиация)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласен на сбор и обработку моих персональных данных согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона Республики Казахстан "О персональных данных и их защите"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для включения в состав учебной группы по программам подготовки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Общий курс медиации", "Специализированный курс медиации",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Курс подготовки тренеров медиаторов" (подчеркнуть нужное).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" ____________20___ года. Подпись заявителя _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам прохождения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение по программе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовки медиаторов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z113" w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>(наименование организации медиаторов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="58"/>
+    <w:bookmarkStart w:name="z114" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> СЕРТИФИКАТ</w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>№ ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(номер сертификата)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z73" w:id="59"/>
-[...36 lines deleted...]
-      <w:bookmarkStart w:name="z74" w:id="60"/>
+      <w:bookmarkStart w:name="z115" w:id="97"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Настоящим Сертификатом удостоверяется, что</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                         Фамилия, имя, отчество (при его наличии)</w:t>
+        <w:t>Фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>успешно окончил (а) обучение по программе подготовки медиаторов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                               (наименование программы)</w:t>
+        <w:t>(наименование программы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">             (Фамилия, имя, отчество (при его наличии) тренера-медиатора) (подпись)</w:t>
+        <w:t>(Фамилия, имя, отчество (при его наличии) тренера-медиатора) (подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">             (Фамилия, имя, отчество (при его наличии) руководителя (подпись)</w:t>
+        <w:t>(Фамилия, имя, отчество (при его наличии) руководителя (подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                               организации медиаторов)</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>организации медиаторов)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М.П.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(дата выдачи сертификата)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1422400" cy="914400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1422400" cy="914400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                           М.П.</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z76" w:id="62"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                               ________________________</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">                               (дата выдачи сертификата)</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -8751,55 +11464,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9121,35 +11834,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>