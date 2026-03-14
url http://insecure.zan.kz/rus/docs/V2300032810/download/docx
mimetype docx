--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6694648" w14:textId="6694648">
+    <w:p w14:paraId="4211995" w14:textId="4211995">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -142,120 +142,130 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2-3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 27-1 Закона Республики Казахстан "О персональных данных и их защите" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 373)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 12 июля 2019 года № 501, </w:t>
+        <w:t>подпунктом 467)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 19.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 566/НҚ</w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 672/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 08.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -817,110 +827,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2-3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 27-1 Закона Республики Казахстан "О персональных данных и их защите" (далее – Закон) и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 373)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 12 июля 2019 года № 501 и определяют порядок осуществления собственником и (или) оператором, а также третьим лицом мер по защите персональных данных.</w:t>
+        <w:t>подпунктом 467)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве искусственного интеллекта и цифрового развития Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 9 октября 2025 года № 846 и определяют порядок осуществления собственником и (или) оператором, а также третьим лицом мер по защите персональных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 19.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 566/НҚ</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 672/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 08.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1974,366 +1984,366 @@
         </w:rPr>
         <w:t>6. Иные особенности защиты персональных данных при их сборе и обработке в объектах информатизации устанавливаются в соответствии с законодательством Республики Казахстан об информатизации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Собственник и (или) оператор при обработке персональных данных ограниченного доступа:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:bookmarkStart w:name="z102" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) устанавливают цели обработки персональных данных ограниченного доступа. Персональные данные ограниченного доступа используются в соответствии с декларируемыми целями.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:bookmarkStart w:name="z103" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяют порядок обработки, распространения и доступа к персональным данным ограниченного доступа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:bookmarkStart w:name="z104" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) определяют порядок блокирования персональных данных ограниченного доступа, относящихся к субъекту, при обращении субъекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:bookmarkStart w:name="z105" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Собственник и (или) оператор, а также третье лицо при обработке персональных данных ограниченного доступа:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:bookmarkStart w:name="z106" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) определяют перечень лиц, имеющих доступ к персональным данным ограниченного доступа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:bookmarkStart w:name="z107" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оповещают уполномоченный орган об инцидентах информационной безопасности, связанных с незаконным доступом к персональным данным ограниченного доступа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:bookmarkStart w:name="z108" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивают установку средств защиты информации, обновлений программного обеспечения на технических средствах, осуществляющих обработку персональных данных ограниченного доступа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:bookmarkStart w:name="z109" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечивают ведение журнала событий систем управления базами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:bookmarkStart w:name="z110" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечивают ведение журнала действий пользователей, имеющих доступ к персональным данным ограниченного доступа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:bookmarkStart w:name="z111" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) применяют средства контроля целостности персональных данных ограниченного доступа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:bookmarkStart w:name="z112" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) обеспечивают передачу персональных данных ограниченного доступа иным лицам по защищенным каналам связи и (или) с применением шифрования и при наличии согласия субъекта персональных данных, если иное не предусмотрено законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:bookmarkStart w:name="z113" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) выделяют бизнес-процессы, содержащие персональные данные ограниченного доступа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:bookmarkStart w:name="z114" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) обеспечивают применение средств криптографической защиты информации для надежного хранения персональных данных ограниченного доступа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z68" w:id="65"/>
-[...15 lines deleted...]
-      10) применяют средства идентификации и (или) аутентификации пользователей при работе с персональными данными ограниченного доступа.</w:t>
+    <w:bookmarkStart w:name="z115" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) применяют средства идентификации и (или) аутентификации пользователей, в том числе биометрической аутентификации для базы, содержащей более ста тысяч записей персональных данных при работе с персональными данными ограниченного доступа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 28.02.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 100/НҚ</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 - в редакции приказа Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 672/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2396,50 +2406,112 @@
         </w:rPr>
         <w:t xml:space="preserve"> "Средства криптографической защиты информации. Общие технические требования".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z71" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования настоящего пункта не распространяются на случаи трансграничной передачи данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 8 вносятся изменения на казахском языке, текст на русском языке не меняется, в соответствии с приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 672/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z101" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Хранение персональных данных, содержащихся в электронных информационных ресурсах, осуществляется собственником и (или) оператором, а также третьим лицом в электронной базе, находящейся в серверном помещении или центре обработки данных, расположенном на территории Республики Казахстан, с принятием необходимых мер по защите персональных данных согласно настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>