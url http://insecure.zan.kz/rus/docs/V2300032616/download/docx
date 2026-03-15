--- v0 (2025-11-09)
+++ v1 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="11d6f70" w14:textId="11d6f70">
+    <w:p w14:paraId="4f811b7" w14:textId="4f811b7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,417 +152,411 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах", а также в целях оптимизации процессов оказания государственной услуги ПРИКАЗЫВАЕМ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. До 31 декабря 2025 года во всех областях, городах республиканского значения, столицы Республики Казахстан запустить пилотный проект по оказанию следующих государственных услуг Министерства юстиции Республики Казахстан в автоматизированном режиме:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. До 31 марта 2026 года во всех областях, городах республиканского значения, столицы Республики Казахстан запустить пилотный проект по оказанию следующих государственных услуг Министерства юстиции Республики Казахстан в автоматизированном режиме:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z408" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Проведение аттестации лиц, претендующих на занятие адвокатской деятельностью";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z409" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Проведение аттестации лиц, претендующих на право занятия нотариальной деятельностью"; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z410" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Проведение аттестации лиц, претендующих на занятие деятельностью частного судебного исполнителя";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z411" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Аттестация судебных экспертов";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z412" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Аттестация судебно-медицинских, судебно-психиатрических, судебно-наркологических экспертов".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z413" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Аттестация лиц, претендующих на занятие деятельностью патентного поверенного";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z414" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Присвоение квалификации на право производства определенного вида судебно-медицинской, судебно-психиатрической и судебно-наркологической экспертиз";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z415" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Присвоение квалификации судебного эксперта".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции совместного приказа Министра юстиции РК от 14.07.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 383</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции совместного приказа Министра юстиции РК от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 724</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 23.07.2025 № 382/НҚ (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> и и.о. Министра искусственного интеллекта и цифрового развития РК от 08.12.2025 № 628/НҚ (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>порядок</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> реализации пилотного проекта по оказанию государственных услуг Министерства юстиции Республики Казахстан по проведению аттестации лиц, претендующих на право занятия профессиональной деятельностью и присвоению квалификаций в автоматизированном режиме".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z15" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департаменту цифровизации и автоматизации государственных услуг Министерства юстиции Республики Казахстан обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z16" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего совместного приказа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z17" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего совместного приказа на официальном интернет-ресурсе Министерства юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z18" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего совместного приказа возложить на курирующего соответствующее направление вице-министра юстиции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий совместный приказ вступает в силу со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -617,51 +611,61 @@
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="left"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>И.о. министра цифрового</w:t>
+                    <w:t>И.о</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>. министра цифрового</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>развития,</w:t>
                   </w:r>
@@ -732,51 +736,61 @@
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Республики Казахстан</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>__________А. Жамбакин</w:t>
+                    <w:t xml:space="preserve">__________А. </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Жамбакин</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="left"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
@@ -895,51 +909,61 @@
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>Республики Казахстан</w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
-                    <w:t>__________А. Ескараев</w:t>
+                    <w:t xml:space="preserve">__________А. </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman"/>
+                      <w:b/>
+                      <w:i w:val="false"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Ескараев</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 </w:t>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:ind w:left="0"/>
                     <w:jc w:val="left"/>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p/>
           <w:p>
@@ -1137,4100 +1161,4100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 мая 2023 года № 115/НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ПОРЯДОК реализации пилотного проекта по оказанию государственных услуг Министерства юстиции Республики Казахстан по проведению аттестации лиц, претендующих на право занятия профессиональной деятельностью и присвоению квалификаций в автоматизированном режиме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Порядок - в редакции совместного приказа Министра юстиции РК от 01.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 555</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 02.07.2024 № 391/НҚ (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z25" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящий порядок определяет процесс оказания государственных услуг Министерства юстиции Республики Казахстан (далее - Министерство) по проведению аттестации лиц, претендующих на право занятия профессиональной деятельностью ("Проведение аттестации лиц, претендующих на занятие адвокатской деятельностью"; "Проведение аттестации лиц претендующих на право занятия нотариальной деятельностью"; "Проведение аттестации лиц, претендующих на занятие деятельностью частного судебного исполнителя"; "Аттестация судебных экспертов"; "Аттестация судебно-медицинских, судебно-психиатрических, судебно-наркологических экспертов"; "Аттестация лиц, претендующих на занятие деятельностью патентного поверенного") и присвоению квалификаций ("Присвоение квалификации на право производства определенного вида судебно-медицинской, судебно-психиатрической и судебно-наркологической экспертиз"; "Присвоение квалификации судебного эксперта") в автоматизированном режиме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции совместного приказа Министра юстиции РК от 14.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 23.07.2025 № 382/НҚ (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z218" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В Порядке используются следующие основные понятия и сокращения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z219" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Услугополучатель – физическое лицо, претендующее на занятие профессиональной деятельностью и на присвоение квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z220" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ДЮ – департаменты юстиции областей, городов республиканского значения и столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z221" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ЦСЭ – Центр судебных экспертиз Министерства юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z222" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оператор тестирования – оператор, обеспечивающий организацию процедур тестирования и техническое сопровождение ИС "Программное обеспечение для проведения комплексного тестирования на право занятия профессиональной деятельностью и присвоения квалификации в автоматизированном режиме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z223" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ЭЦП (электронная цифровая подпись) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z224" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Портал – веб-портал "электронного правительства" www.egov.kz, www.elicense.kz.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      1. Настоящий порядок определяет процесс оказания государственных услуг Министерства юстиции Республики Казахстан (далее - Министерство) по проведению аттестации лиц, претендующих на право занятия профессиональной деятельностью ("Проведение аттестации лиц, претендующих на занятие адвокатской деятельностью"; "Проведение аттестации лиц претендующих на право занятия нотариальной деятельностью"; "Проведение аттестации лиц, претендующих на занятие деятельностью частного судебного исполнителя"; "Аттестация судебных экспертов"; "Аттестация судебно-медицинских, судебно-психиатрических, судебно-наркологических экспертов"; "Аттестация лиц, претендующих на занятие деятельностью патентного поверенного") и присвоению квалификаций ("Присвоение квалификации на право производства определенного вида судебно-медицинской, судебно-психиатрической и судебно-наркологической экспертиз"; "Присвоение квалификации судебного эксперта") в автоматизированном режиме.</w:t>
+    <w:bookmarkStart w:name="z225" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Все иные термины, используемые в Порядке, используются в том значении, в котором они употребляются в Законах Республики Казахстан "Об электронном документе и электронной цифровой подписи", "О государственных услугах", "Об информатизации"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции совместного приказа Министра юстиции РК от 14.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным совместным приказом Министра юстиции РК от 14.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 383</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 23.07.2025 № 382/НҚ (вводится в действие после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="19"/>
-[...15 lines deleted...]
-      2. В Порядке используются следующие основные понятия и сокращения:</w:t>
+    <w:bookmarkStart w:name="z226" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок реализации пилотного проекта по оказанию государственных услуг</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z219" w:id="20"/>
-[...15 lines deleted...]
-      1) Услугополучатель – физическое лицо, претендующее на занятие профессиональной деятельностью и на присвоение квалификации;</w:t>
+    <w:bookmarkStart w:name="z227" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок оказания государственных услуг "Проведение аттестации лиц, претендующих на занятие адвокатской деятельностью", "Проведение аттестации лиц, претендующих на занятие нотариальной деятельностью", "Проведение аттестации лиц, претендующих на занятие деятельностью частного судебного исполнителя"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z220" w:id="21"/>
-[...15 lines deleted...]
-      2) ДЮ – департаменты юстиции областей, городов республиканского значения и столицы;</w:t>
+    <w:bookmarkStart w:name="z228" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для допуска к аттестации на занятие адвокатской деятельностью, услугополучатель направляет в ДЮ через портал заявление в форме электронного документа согласно приложению 7 к настоящему Порядку и документы, указанные в пункте 8 приложения 1 к Правилам оказания государственной услуги "Проведение аттестации лиц, претендующих на занятие адвокатской деятельностью", утвержденным приказом исполняющего обязанности Министра юстиции Республики Казахстан от 28 мая 2020 года №61 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 20774).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z221" w:id="22"/>
-[...15 lines deleted...]
-      3) ЦСЭ – Центр судебных экспертиз Министерства юстиции Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z229" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для допуска к аттестации на занятие нотариальной деятельностью, услугополучатель направляет в ДЮ через портал заявление в форме электронного документа согласно приложению 7 к настоящему Порядку и документы, указанные в пункте 8 приложения 1 к Правилам оказания государственной услуги "Проведение аттестации лиц, претендующих на занятие нотариальной деятельностью", утвержденным приказом исполняющего обязанности Министра юстиции Республики Казахстан от 28 мая 2020 года №62 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 20775).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z222" w:id="23"/>
-[...15 lines deleted...]
-      4) оператор тестирования – оператор, обеспечивающий организацию процедур тестирования и техническое сопровождение ИС "Программное обеспечение для проведения комплексного тестирования на право занятия профессиональной деятельностью и присвоения квалификации в автоматизированном режиме;</w:t>
+    <w:bookmarkStart w:name="z230" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для допуска к аттестации на занятие деятельностью частного судебного исполнителя услугополучатель направляет в ДЮ через портал заявление в форме электронного документа согласно приложению 2 к Правилам оказания государственной услуги "Проведение аттестации лиц, претендующих на занятие деятельностью частного судебного исполнителя", утвержденным приказом Министра юстиции Республики Казахстан от 29 мая 2020 года №69 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 20836) и документы, указанные в пункте 8 приложения 1 к вышеуказанным правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z223" w:id="24"/>
-[...15 lines deleted...]
-      5) ЭЦП (электронная цифровая подпись) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
+    <w:bookmarkStart w:name="z231" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. ДЮ в течение 1 (одного) рабочего дня с момента поступления документов осуществляет их прием и регистрацию. Через портал услугополучателю в "личный кабинет" направляется статус о принятии заявления на государственную услугу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z224" w:id="25"/>
-[...15 lines deleted...]
-      6) Портал – веб-портал "электронного правительства" www.egov.kz, www.elicense.kz.</w:t>
+    <w:bookmarkStart w:name="z232" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z225" w:id="26"/>
-[...15 lines deleted...]
-      Все иные термины, используемые в Порядке, используются в том значении, в котором они употребляются в Законах Республики Казахстан "Об электронном документе и электронной цифровой подписи", "О государственных услугах", "Об информатизации"</w:t>
+    <w:bookmarkStart w:name="z233" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. ДЮ в течение 2 (двух) рабочих дней с момента регистрации документов проверяет полноту представленных документов, в случае установления факта неполноты представленных документов готовит отказ в приеме заявления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок реализации пилотного проекта по оказанию государственных услуг</w:t>
+    <w:bookmarkStart w:name="z234" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае предоставления услугополучателем полного пакета документов ДЮ проверяет документы на соответствие квалификационным требованиям и перечню документов, подтверждающих соответствие им для осуществления адвокатской деятельности, утвержденным приказом исполняющего обязанности Министра юстиции Республики Казахстан от 20 января 2015 года №20, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10270); квалификационным требованиям и перечню документов, подтверждающих соответствие им для осуществления нотариальной деятельности, утвержденным приказом исполняющего обязанности Министра юстиции Республики Казахстан от 20 января 2015 года №20, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10270); квалификационным требованиям и перечню документов, подтверждающих соответствие им для деятельности частного судебного исполнителя, утвержденным приказом Министра юстиции Республики Казахстан от 22 января 2015 года №32, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10308).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z227" w:id="28"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Параграф 1. Порядок оказания государственных услуг "Проведение аттестации лиц, претендующих на занятие адвокатской деятельностью", "Проведение аттестации лиц, претендующих на занятие нотариальной деятельностью", "Проведение аттестации лиц, претендующих на занятие деятельностью частного судебного исполнителя"</w:t>
+    <w:bookmarkStart w:name="z235" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Документы услугополучателя о допуске к аттестации рассматриваются ДЮ в течение 5 (пяти) рабочих дней с момента регистрации документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z228" w:id="29"/>
-[...15 lines deleted...]
-      3. Для допуска к аттестации на занятие адвокатской деятельностью, услугополучатель направляет в ДЮ через портал заявление в форме электронного документа согласно приложению 7 к настоящему Порядку и документы, указанные в пункте 8 приложения 1 к Правилам оказания государственной услуги "Проведение аттестации лиц, претендующих на занятие адвокатской деятельностью", утвержденным приказом исполняющего обязанности Министра юстиции Республики Казахстан от 28 мая 2020 года №61 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 20774).</w:t>
+    <w:bookmarkStart w:name="z236" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Для отказа в оказании государственной услуги ДЮ в течение 3 (трех) рабочих дней уведомляет услугополучателя о предварительном решении об отказе государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z229" w:id="30"/>
-[...15 lines deleted...]
-      Для допуска к аттестации на занятие нотариальной деятельностью, услугополучатель направляет в ДЮ через портал заявление в форме электронного документа согласно приложению 7 к настоящему Порядку и документы, указанные в пункте 8 приложения 1 к Правилам оказания государственной услуги "Проведение аттестации лиц, претендующих на занятие нотариальной деятельностью", утвержденным приказом исполняющего обязанности Министра юстиции Республики Казахстан от 28 мая 2020 года №62 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 20775).</w:t>
+    <w:bookmarkStart w:name="z237" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возражение услугополучателя по предварительному решению принимается ДЮ в течение 2 (двух) рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z230" w:id="31"/>
-[...15 lines deleted...]
-      Для допуска к аттестации на занятие деятельностью частного судебного исполнителя услугополучатель направляет в ДЮ через портал заявление в форме электронного документа согласно приложению 2 к Правилам оказания государственной услуги "Проведение аттестации лиц, претендующих на занятие деятельностью частного судебного исполнителя", утвержденным приказом Министра юстиции Республики Казахстан от 29 мая 2020 года №69 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 20836) и документы, указанные в пункте 8 приложения 1 к вышеуказанным правилам.</w:t>
+    <w:bookmarkStart w:name="z238" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания ДЮ выносит мотивированное решение о допуске либо об отказе в допуске претендента к аттестации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z231" w:id="32"/>
-[...15 lines deleted...]
-      4. ДЮ в течение 1 (одного) рабочего дня с момента поступления документов осуществляет их прием и регистрацию. Через портал услугополучателю в "личный кабинет" направляется статус о принятии заявления на государственную услугу.</w:t>
+    <w:bookmarkStart w:name="z239" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение об отказе в допуске к аттестации направляется ДЮ услугополучателю посредством передачи на его абонентский номер короткого текстового сообщения или через портал в "личный кабинет" не позднее 10 (десяти) рабочих дней с момента регистрации заявления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z232" w:id="33"/>
-[...15 lines deleted...]
-      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+    <w:bookmarkStart w:name="z240" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Услугополучатель допущенный к аттестации, уведомляется ДЮ о месте, дате, времени, порядке проведения аттестации посредством передачи на его абонентский номер короткого текстового сообщения или через портал в "личный кабинет" в течение 1 (одного) рабочего дня с момента решения о допуске к аттестации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z233" w:id="34"/>
-[...15 lines deleted...]
-      5. ДЮ в течение 2 (двух) рабочих дней с момента регистрации документов проверяет полноту представленных документов, в случае установления факта неполноты представленных документов готовит отказ в приеме заявления.</w:t>
+    <w:bookmarkStart w:name="z241" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. ДЮ в течение 1 (одного) рабочего дня с момента решения о допуске к аттестации направляет Оператору тестирования список лиц, допущенных к аттестации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z234" w:id="35"/>
-[...15 lines deleted...]
-      В случае предоставления услугополучателем полного пакета документов ДЮ проверяет документы на соответствие квалификационным требованиям и перечню документов, подтверждающих соответствие им для осуществления адвокатской деятельности, утвержденным приказом исполняющего обязанности Министра юстиции Республики Казахстан от 20 января 2015 года №20, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10270); квалификационным требованиям и перечню документов, подтверждающих соответствие им для осуществления нотариальной деятельности, утвержденным приказом исполняющего обязанности Министра юстиции Республики Казахстан от 20 января 2015 года №20, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10270); квалификационным требованиям и перечню документов, подтверждающих соответствие им для деятельности частного судебного исполнителя, утвержденным приказом Министра юстиции Республики Казахстан от 22 января 2015 года №32, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 10308).</w:t>
+    <w:bookmarkStart w:name="z242" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Аттестация проводится в технически оснащенных залах тестирования Оператора тестирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z235" w:id="36"/>
-[...15 lines deleted...]
-      6. Документы услугополучателя о допуске к аттестации рассматриваются ДЮ в течение 5 (пяти) рабочих дней с момента регистрации документов.</w:t>
+    <w:bookmarkStart w:name="z243" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аттестация состоит из двух этапов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z236" w:id="37"/>
-[...15 lines deleted...]
-      7. Для отказа в оказании государственной услуги ДЮ в течение 3 (трех) рабочих дней уведомляет услугополучателя о предварительном решении об отказе государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+    <w:bookmarkStart w:name="z244" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) комплексного компьютерного тестирования на знание законодательства Республики Казахстан (по адвокатской деятельности – 100 вопросов: Гражданский кодекс Республики Казахстан – 15, Гражданский процессуальный кодекс Республики Казахстан – 15, Уголовный кодекс Республики Казахстан – 15, Уголовно-процессуальный кодекс Республики Казахстан – 15, Кодекс Республики Казахстан об административных правонарушениях – 15, Административный процедурно-процессуальный кодекс Республики Казахстан – 5, Закон Республики Казахстан "О противодействии коррупции" – 5, Закон Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" - 5, Закон Республики Казахстан "Об адвокатской деятельности и юридической помощи" – 10; по нотариальной деятельности – 100 вопросов: Гражданский кодекс Республики Казахстан – 15, Земельный кодекс Республики Казахстан – 15, Кодекс Республики Казахстан "О браке (супружестве) и семье" – 15, Административный процедурно-процессуальный кодекс Республики Казахстан – 5, Закон Республики Казахстан "О противодействии коррупции" – 5, Закон Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" - 5, Закон Республики Казахстан "О государственной регистрации прав на недвижимое имущество" – 10, Закон Республики Казахстан "О жилищных отношениях" – 15, Закон Республики Казахстан "О нотариате" – 15; по деятельности частного судебного исполнителя – 100 вопросов: Закон Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей" - 45, Гражданский кодекс Республики Казахстан – 10, Гражданский процессуальный кодекс Республики Казахстан – 10, Уголовный кодекс – 5, Уголовно-процессуальный кодекс Республики Казахстан – 5, Кодекс Республики Казахстан об административных правонарушениях – 5, Административный процедурно-процессуальный кодекс Республики Казахстан – 15, Кодекс Республики Казахстан "О браке (супружестве) и семье" – 5);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z237" w:id="38"/>
-[...15 lines deleted...]
-      Возражение услугополучателя по предварительному решению принимается ДЮ в течение 2 (двух) рабочих дней со дня его получения.</w:t>
+    <w:bookmarkStart w:name="z245" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) компьютерного тестирования на проверку должного уровня практических навыков (3 ситуационных задачи по 12 вопросов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z238" w:id="39"/>
-[...15 lines deleted...]
-      По результатам заслушивания ДЮ выносит мотивированное решение о допуске либо об отказе в допуске претендента к аттестации.</w:t>
+    <w:bookmarkStart w:name="z246" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Перечень вопросов, подлежащих включению в аттестационные тесты, формируется Министерством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z239" w:id="40"/>
-[...15 lines deleted...]
-      Решение об отказе в допуске к аттестации направляется ДЮ услугополучателю посредством передачи на его абонентский номер короткого текстового сообщения или через портал в "личный кабинет" не позднее 10 (десяти) рабочих дней с момента регистрации заявления.</w:t>
+    <w:bookmarkStart w:name="z247" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Вопросы на знание норм законодательства Республики Казахстан содержат не менее трех вариантов ответа с одним правильным.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z240" w:id="41"/>
-[...15 lines deleted...]
-      8. Услугополучатель допущенный к аттестации, уведомляется ДЮ о месте, дате, времени, порядке проведения аттестации посредством передачи на его абонентский номер короткого текстового сообщения или через портал в "личный кабинет" в течение 1 (одного) рабочего дня с момента решения о допуске к аттестации.</w:t>
+    <w:bookmarkStart w:name="z248" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Вопросы на проверку должного уровня практических навыков содержат не менее трех вариантов ответа с одним правильным.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z241" w:id="42"/>
-[...15 lines deleted...]
-      9. ДЮ в течение 1 (одного) рабочего дня с момента решения о допуске к аттестации направляет Оператору тестирования список лиц, допущенных к аттестации.</w:t>
+    <w:bookmarkStart w:name="z249" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Вопросы аттестации и ответы к ним являются конфиденциальной информацией и не подлежат распространению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z242" w:id="43"/>
-[...15 lines deleted...]
-      10. Аттестация проводится в технически оснащенных залах тестирования Оператора тестирования.</w:t>
+    <w:bookmarkStart w:name="z250" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министерство передает Оператору тестирования вопросы аттестации и ответы к ним посредством электронного носителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z243" w:id="44"/>
-[...15 lines deleted...]
-      11. Аттестация состоит из двух этапов:</w:t>
+    <w:bookmarkStart w:name="z251" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Передача вопросов аттестации и ответов к ним по техническим каналам открытых видов связи (телефонная, факсимильная связь общего пользования, радиосвязь, спутниковая и сотовая (подвижная (мобильная) связь, сеть Интернет) не допускается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z244" w:id="45"/>
-[...15 lines deleted...]
-      1) комплексного компьютерного тестирования на знание законодательства Республики Казахстан (по адвокатской деятельности – 100 вопросов: Гражданский кодекс Республики Казахстан – 15, Гражданский процессуальный кодекс Республики Казахстан – 15, Уголовный кодекс Республики Казахстан – 15, Уголовно-процессуальный кодекс Республики Казахстан – 15, Кодекс Республики Казахстан об административных правонарушениях – 15, Административный процедурно-процессуальный кодекс Республики Казахстан – 5, Закон Республики Казахстан "О противодействии коррупции" – 5, Закон Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" - 5, Закон Республики Казахстан "Об адвокатской деятельности и юридической помощи" – 10; по нотариальной деятельности – 100 вопросов: Гражданский кодекс Республики Казахстан – 15, Земельный кодекс Республики Казахстан – 15, Кодекс Республики Казахстан "О браке (супружестве) и семье" – 15, Административный процедурно-процессуальный кодекс Республики Казахстан – 5, Закон Республики Казахстан "О противодействии коррупции" – 5, Закон Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" - 5, Закон Республики Казахстан "О государственной регистрации прав на недвижимое имущество" – 10, Закон Республики Казахстан "О жилищных отношениях" – 15, Закон Республики Казахстан "О нотариате" – 15; по деятельности частного судебного исполнителя – 100 вопросов: Закон Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей" - 45, Гражданский кодекс Республики Казахстан – 10, Гражданский процессуальный кодекс Республики Казахстан – 10, Уголовный кодекс – 5, Уголовно-процессуальный кодекс Республики Казахстан – 5, Кодекс Республики Казахстан об административных правонарушениях – 5, Административный процедурно-процессуальный кодекс Республики Казахстан – 15, Кодекс Республики Казахстан "О браке (супружестве) и семье" – 5);</w:t>
+    <w:bookmarkStart w:name="z252" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обработка, использование, хранение, учет и уничтожение вопросов аттестации и ответов к ним должны осуществляться на средствах вычислительной техники (далее – СВТ) без возможности скачивания, пересылки документов и подключения к Интернету.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z245" w:id="46"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z253" w:id="54"/>
+    <w:bookmarkStart w:name="z253" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Доступ к магнитным носителям информации на СВТ, на котором будет производиться тестирование должен быть заблокирован. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z254" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При явке на аттестацию услугополучателю необходимо иметь при себе документ, удостоверяющий его личность либо цифровое удостоверение личности из сервиса цифровых документов (для идентификации).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z255" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Перед прохождением аттестации Оператор тестирования информирует услугополучателя о порядке проведения этапов аттестации и их продолжительности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z256" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Услугополучатель по своему выбору проходит аттестацию на казахском или русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z257" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. При проведении аттестации не допускается использование услугополучателем справочной, специальной и прочей литературы на бумажных, электронных и иных носителях, принимающих-передающих электронных устройств (в том числе мобильных телефонов и иных электронных оборудований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z258" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Такие устройства на время проведения тестирования помещаются на хранение в специальные шкафы с ячейками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z259" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае нарушения указанных требований Оператором тестирования составляется акт о нарушении с отстранением услугополучателя от текущей аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z260" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Услугополучатель, отстраненный от аттестации, повторно подает заявление о допуске к аттестации по истечении 3 (трех) месяцев со дня вынесения решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z261" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. При невозможности продолжения тестирования вследствие непреодолимой силы (стихийные явления, военные действия), а также по причине технических неполадок тестирование приостанавливается и оформляется акт о приостановлении процедуры тестирования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z254" w:id="55"/>
-[...15 lines deleted...]
-      15. При явке на аттестацию услугополучателю необходимо иметь при себе документ, удостоверяющий его личность либо цифровое удостоверение личности из сервиса цифровых документов (для идентификации).</w:t>
+    <w:bookmarkStart w:name="z262" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В этом случае услугополучатель повторно проходит аттестацию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z255" w:id="56"/>
-[...15 lines deleted...]
-      16. Перед прохождением аттестации Оператор тестирования информирует услугополучателя о порядке проведения этапов аттестации и их продолжительности.</w:t>
+    <w:bookmarkStart w:name="z263" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Общее время, отведенное на выполнение комплексного компьютерного тестирования на знание законодательства - 90 (девяносто) минут (100 вопросов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z256" w:id="57"/>
-[...15 lines deleted...]
-      17. Услугополучатель по своему выбору проходит аттестацию на казахском или русском языках.</w:t>
+    <w:bookmarkStart w:name="z264" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общее время, отведенное на выполнение теста на проверку должного уровня практических навыков - 30 (тридцать) минут (не менее 12 вопросов к 3 практическим ситуациям).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z257" w:id="58"/>
-[...15 lines deleted...]
-      18. При проведении аттестации не допускается использование услугополучателем справочной, специальной и прочей литературы на бумажных, электронных и иных носителях, принимающих-передающих электронных устройств (в том числе мобильных телефонов и иных электронных оборудований).</w:t>
+    <w:bookmarkStart w:name="z265" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Услугополучатель считается прошедшим комплексное компьютерное тестирование на знание законодательства, если количество правильных ответов составляет 70 % (семьдесят) и более от общего числа предложенных вопросов, и допускается ко второму этапу компьютерного тестирования на проверку должного уровня практических навыков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z258" w:id="59"/>
+    <w:bookmarkStart w:name="z266" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель считается прошедшим компьютерное тестирование на проверку должного уровня практических навыков, если количество правильных ответов составляет 65 % (шестьдесят пять) и более от общего числа предложенных вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z267" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель считается прошедшим аттестацию, при положительном прохождении двух этапов аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z268" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Кандидаты, получившие результаты аттестации ниже установленных значений, допускаются к повторной аттестации не ранее чем через тридцать календарных дней со дня прохождения тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z269" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Результаты прохождения каждого этапа аттестации направляются Оператором тестирования в ДЮ в течение 1 (одного) рабочего дня после прохождения услугополучателем последнего этапа аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z270" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Результатом оказания государственной услуги является мотивированное решение об аттестации/неаттестации по форме, согласно приложениям 1, 2 и 3 к настоящему порядку (в пилотируемых регионах).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z271" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результат оказания государственной услуги оформляется в электронной форме, заверяется ЭЦП уполномоченного лица ДЮ и направляется в "личный кабинет" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z272" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. В случае установления ДЮ технических неполадок и/или ошибок в процессе компьютерного тестирования либо в практических заданиях (не зависящих от услугополучателя), которая подтверждается актом технического сбоя, ДЮ принимает решение о допуске на второй этап аттестации путем направления мотивированного письма в адрес Оператора тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z273" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основанием для допуска на второй этап аттестации является наличие ошибок (не зависящих от услугополучателя) в правильно отмеченных ответах услугополучателя, позволяющие ему набрать 70% (семьдесят) и более от общего числа предложенных вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z274" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При установлении ошибок (не зависящих от услугополучателя) в практических заданиях услугополучатель повторно направляется на второй этап.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z275" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Услугополучатель, не явившийся на аттестацию по уважительной причине (болезнь, смерть близкого родственника и обстоятельства непреодолимой силы), при представлении заявления и подтверждающих документов может пройти тестирование в другой день, установленный ДЮ. При этом заявление должно быть предоставлено не позднее 5 рабочих дней со дня пропуска тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z276" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучателю, не явившемуся на аттестацию без уважительной причины отказывается в оказании государственной услуги. В этом случае услугополучатель повторно подает заявление о допуске к аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z277" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Услугополучатель в целях проверки знаний законодательства Республики Казахстан в сфере адвокатуры, нотариата и частного судебного исполнения, а также подготовки к прохождению аттестации вправе пройти пробную аттестацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z278" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты пробного тестирования не являются основанием для вынесения мотивированного решения об аттестации/неаттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z279" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Решение об аттестации является действительным в течение трех лет со дня его вынесения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z280" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок оказания государственных услуг "Аттестация судебных экспертов"; "Аттестация судебно-медицинских, судебно-психиатрических, судебно-наркологических экспертов"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z281" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. ЦСЭ уведомляет Оператора тестирования и услугополучателей, подлежащих к аттестации о проведении аттестации, не позднее тридцати календарных дней до начала ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z282" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Решение о проведении внеочередной аттестации в соответствии с пунктом 2 статьи 22 Закона Республики Казахстан "О судебно-экспертной деятельности" для лиц, занимающихся судебно-экспертной деятельностью на основании лицензии, принимается комиссией по лицензированию судебно-экспертной деятельности Министерства, для судебных экспертов, являющихся сотрудниками органов судебных экспертиз, принимается руководителем ЦСЭ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z283" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Аттестация по определению соответствия судебного эксперта квалификационным требованиям проводится по 1 (одной) экспертной специальности за один раз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z284" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Услугополучатели направляют в ЦСЭ через портал документы, указанные в пунктах 8 Приложения 1 к Правилам аттестации судебных экспертов, утвержденным приказом Министра юстиции Республики Казахстан от 30 марта 2017 года №336, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 15033).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z285" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Общий срок рассмотрения документов и выдачи разрешения ЦСЭ составляет 7 (семь) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z286" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. ЦСЭ в течение 1 (одного) рабочего дня с момента поступления документов осуществляет их прием и регистрацию. Через портал услугополучателю в "личный кабинет" направляется статус о принятии заявления на государственную услугу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z287" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z288" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. ЦСЭ в течение 2 (двух) рабочих дней с момента регистрации документов проверяет полноту представленных документов, в случае установления факта неполноты представленных документов готовит мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z289" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z290" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугополучатель допускается к прохождению аттестации либо направляется мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z291" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. ЦСЭ уведомляет услугополучателей, подлежащих к аттестации о месте, дате, времени, порядке проведения аттестации, посредством передачи на его абонентский номер короткого текстового сообщения или через портал в "личный кабинет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z292" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Аттестация проводится в 2 этапа, на казахском или русском языках по выбору услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z293" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) компьютерное тестирование на знание законодательства (100 вопросов): по уголовно-процессуальному праву (20 вопросов); гражданско-процессуальному праву (20 вопросов); криминалистике (20 вопросов); административному праву (20 вопросов); Закону Республики Казахстан "О судебно-экспертной деятельности" (далее – Закон) (20 вопросов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z294" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) компьютерное тестирование на проверку должного уровня практических навыков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z295" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Перечень вопросов, подлежащих включению в аттестационные тесты, формируется Министерством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z296" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Вопросы аттестации и ответы к ним являются конфиденциальной информацией и не подлежат распространению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z297" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министерство передает Оператору тестирования вопросы аттестации и ответы к ним посредством электронного носителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z298" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Передача вопросов аттестации и ответов к ним по техническим каналам открытых видов связи (телефонная, факсимильная связь общего пользования, радиосвязь, спутниковая и сотовая (подвижная (мобильная) связь, сеть Интернет) не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z299" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обработка, использование, хранение, учет и уничтожение вопросов аттестации и ответов к ним должны осуществляться на средствах вычислительной техники (далее – СВТ) без возможности скачивания, пересылки документов и подключения к Интернету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z300" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доступ к магнитным носителям информации на СВТ, на котором будет производиться тестирование должен быть заблокирован.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z301" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Услугополучатели допускаются к тестированию при предъявлении документа, удостоверяющего личность либо электронного документа из сервиса "цифровые документы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z302" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Время тестирования на знание законодательства составляет - 90 минут, тестирования на проверку должного уровня практических навыков - 30 (тридцать) минут, 2 (два) кейса по определенной специальности, по 5 (пять) заданий по каждому кейсу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z303" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. При проведении аттестации не допускается использование услугополучателем справочной, специальной и прочей литературы на бумажных, электронных и иных носителях, принимающих-передающих электронных устройств (в том числе мобильных телефонов и иных электронных оборудований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z304" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Такие устройства на время проведения тестирования помещаются на хранение в специальные шкафы с ячейками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z259" w:id="60"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z305" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае нарушения указанных требований Оператором тестирования составляется акт о нарушении с отстранением услугополучателя от текущей аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z262" w:id="63"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z306" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель, отстраненный от аттестации, повторно подает заявление о допуске к аттестации по истечении 3 (трех) месяцев со дня вынесения решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z307" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. При невозможности продолжения тестирования вследствие непреодолимой силы (стихийные явления, военные действия), а также по причине технических неполадок тестирование приостанавливается и оформляется акт о приостановлении процедуры тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z308" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В этом случае услугополучатель повторно проходит аттестацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-[...260 lines deleted...]
-    <w:bookmarkStart w:name="z276" w:id="77"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z309" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Пороговый уровень прохождения тестирования на знание законодательства составляет 70 % правильных ответов от общего числа вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z310" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если результаты тестирования на знание законодательства составляют менее установленного порогового уровня, услугополучатель к следующему этапу аттестации, не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z311" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пороговый уровень прохождения тестирования на проверку должного уровня практических навыков составляет 70 % правильных ответов от общего количества вопросов ситуационных задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z312" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Подсчет результатов тестирования проводится при помощи используемой компьютерной программы Оператора тестирования автоматически.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z313" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Результаты распечатываются в двух экземплярах, которые заверяются печатью ЦСЭ с целью обеспечения подлинности и достоверности. Один экземпляр выдается услугополучателю, второй экземпляр с подписью услугополучателя хранится в аттестационном деле услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z314" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Услугополучатель, не прошедший аттестацию, подлежит повторной аттестации не более одного раза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z315" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Повторная аттестация проводится не ранее одного месяца и не позднее трех месяцев со дня проведения аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z316" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. При повторной аттестации услугополучатель, прошедший пороговый уровень по тестированию на знание законодательства, допускается к тестированию на проверку должного уровня практических навыков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z317" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. ЦСЭ в течение 1 (одного) рабочего дня оформляет решение о прохождении/не прохождении аттестации в электронном формате, которое направляется услугополучателю через портал в "личный кабинет" услугополучателя в форме электронного документа, подписанного ЭЦП руководителя ЦСЭ, согласно приложению 4 к настоящему порядку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z318" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Решение о прохождении аттестации является действительным в течение 5 (пяти) лет со дня его вынесения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z319" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Услугополучатель, не явившийся на аттестацию по уважительной причине (болезнь, смерть близкого родственника и обстоятельства непреодолимой силы), при представлении заявления и подтверждающих документов может пройти тестирование в другой день, установленный ЦСЭ. При этом заявление должно быть предоставлено не позднее 5 рабочих дней со дня пропуска тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z320" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучателю, не явившемуся на аттестацию без уважительной причины отказывается в оказании государственной услуги. В этом случае услугополучатель повторно подает заявление о допуске к аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z278" w:id="79"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z321" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Услугополучатель в целях проверки знаний законодательства Республики Казахстан в сфере судебно-экспертной деятельности, а также подготовки к прохождению аттестации вправе пройти пробную аттестацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z322" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результаты пробного тестирования не являются основанием для вынесения мотивированного решения об аттестации/неаттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z280" w:id="81"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z323" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 2. Порядок оказания государственных услуг "Аттестация судебных экспертов"; "Аттестация судебно-медицинских, судебно-психиатрических, судебно-наркологических экспертов"</w:t>
-[...263 lines deleted...]
-    <w:bookmarkStart w:name="z294" w:id="95"/>
+        <w:t xml:space="preserve"> Параграф 3. "Присвоение квалификации на право производства определенного вида судебно-медицинской, судебно-психиатрической и судебно-наркологической экспертиз"; "Присвоение квалификации судебного эксперта"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z324" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Присвоение квалификации судебного эксперта осуществляется путем сдачи услугополучателем тестирования на знание законодательства и проверку должного уровня практических навыков, с выдачей квалификационного свидетельства либо дополнения к квалификационному свидетельству.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z325" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. По завершению квалификационной подготовки, список лиц, подлежащих тестированию, в течение десяти рабочих дней Услугодателем направляется Оператору тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 57 - в редакции совместного приказа и.о. Министра юстиции РК от 25.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 27.01.2025 № 31/НҚ (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z327" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Услугополучатель за 3 (три) рабочих дня до сдачи тестирования направляет в ЦСЭ заявление в форме электронного документа согласно приложению 6 к настоящему порядку и документы для получения квалификационного свидетельства либо дополнения к квалификационному свидетельству в форме электронного документа, согласно пункту 8 приложения 1 к Правилам приема экзаменов для присвоения квалификации судебного эксперта, утвержденных приказом Министра юстиции Республики Казахстан от 30 марта 2017 года №335 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 15031).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z328" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Общий срок оказания государственных услуг составляет 7 (семь) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z329" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. ЦСЭ в течение 1 (одного) рабочего дня с момента поступления документов осуществляет их прием и регистрацию. Через портал услугополучателю в "личный кабинет" направляется статус о принятии заявления на государственную услугу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z330" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. ЦСЭ в течение 2 (двух) рабочих дней с момента регистрации документов проверяет полноту представленных документов, в случае установления факта неполноты представленных документов готовит мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z331" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z332" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугополучатель допускается к сдаче квалификационного экзамена либо направляется мотивированный отказ в оказании государственной услуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z333" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. В случае предоставления услугополучателем полного пакета документов, а также отсутствия оснований для мотивированного отказа в оказании государственной услуги, услугополучатель уведомляется о месте, дате, времени, порядке проведения аттестации посредством передачи на его абонентский номер короткого текстового сообщения или через портал в "личный кабинет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z334" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Тестирование проводится в 2 этапа, на казахском или русском языках по выбору услугополучателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z335" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) компьютерное тестирование на знание законодательства (100 вопросов): по уголовно-процессуальному праву (20 вопросов); гражданско-процессуальному праву (20 вопросов); криминалистике (20 вопросов); административному праву (20 вопросов); Закону (20 вопросов).;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z336" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) компьютерное тестирование на проверку должного уровня практических навыков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z300" w:id="101"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z337" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Перечень вопросов, подлежащих включению в тестирование, формируется Министерством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z338" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Вопросы тестирования и ответы к ним являются конфиденциальной информацией и не подлежат распространению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z339" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Министерство передает Оператору вопросы тестирования и ответы к ним посредством электронного носителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z340" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Передача вопросов тестирования и ответов к ним по техническим каналам открытых видов связи (телефонная, факсимильная связь общего пользования, радиосвязь, спутниковая и сотовая (подвижная (мобильная) связь, сеть Интернет) не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z341" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обработка, использование, хранение, учет и уничтожение вопросов тестирования и ответов к ним должны осуществляться на средствах вычислительной техники (далее – СВТ) без возможности скачивания, пересылки документов и подключения к Интернету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z342" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доступ к магнитным носителям информации на СВТ, на котором будет производиться тестирование должен быть заблокирован.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z304" w:id="105"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z343" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Услугополучатели допускаются к тестированию при предъявлении документа, удостоверяющего личности либо электронного документа из сервиса "Цифровые документы".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z344" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Время тестирования на знание законодательства составляет 90 (девяносто) минут, тестирования на проверку должного уровня практических навыков - 30 (тридцать) минут (2 (два) кейса по определенной специальности, по 5 (пять) заданий по каждому кейсу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z345" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. При проведении тестирования не допускается использование услугополучателем справочной, специальной и прочей литературы на бумажных, электронных и иных носителях, принимающих-передающих электронных устройств (в том числе мобильных телефонов и иных электронных оборудований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z346" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Такие устройства на время проведения тестирования помещаются на хранение в специальные шкафы с ячейками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-[...360 lines deleted...]
-    <w:bookmarkStart w:name="z323" w:id="124"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z347" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае нарушения указанных требований Оператором тестирования составляется акт о нарушении с отстранением услугополучателя от текущего тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z348" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель, отстраненный от тестирования, повторно подает заявление о допуске к присвоению квалификации судебного эксперта по истечении 3 (трех) месяцев со дня вынесения решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z349" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. При невозможности продолжения тестирования вследствие непреодолимой силы (стихийные явления, военные действия), а также по причине технических неполадок тестирование приостанавливается и оформляется акт о приостановлении процедуры тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z350" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В этом случае услугополучатель повторно проходит тестирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z351" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Пороговый уровень прохождения тестирования на знание законодательства для услугополучателей составляет не менее 70 % правильных ответов от общего числа вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z352" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если результаты тестирования на знание законодательства составляют менее установленного порогового уровня, услугополучатель к следующему этапу тестирования не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z353" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пороговый уровень прохождения тестирования на проверку должного уровня практических навыков составляет 70 % правильных ответов от общего количества вопросов ситуационных задач по определенной специальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 57 - в редакции совместного приказа и.о. Министра юстиции РК от 25.01.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 71 - в редакции совместного приказа и.о. Министра юстиции РК от 25.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и Министра цифрового развития, инноваций и аэрокосмической промышленности РК от 27.01.2025 № 31/НҚ (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z327" w:id="127"/>
-[...601 lines deleted...]
-    <w:bookmarkStart w:name="z354" w:id="154"/>
+    <w:bookmarkStart w:name="z354" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       72. Подсчет результатов тестирования производится автоматически компьютерной программой при помощи используемой компьютерной программы Оператора тестирования автоматически. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z355" w:id="155"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z355" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. ЦСЭ в течение 1 (одного) рабочего дня оформляет решение о прохождении/непрохождении квалификационного экзамена в электронном формате, которое направляется услугополучателю через портал – в "личном кабинете" услугополучателя в форме электронного документа, подписанного ЭЦП руководителя ЦСЭ, согласно приложению 5 к настоящему порядку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z356" w:id="156"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z356" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Услугополучатель, не прошедший тестирование, повторно проходит не ранее чем через три месяца и не позднее шести месяцев, после прохождения дополнительной квалификационной подготовки судебных экспертиз.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z357" w:id="157"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z357" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Услугополучатель, не явившийся на тестирование по уважительной причине (болезнь, смерть близкого родственника и обстоятельства непреодолимой силы), при представлении заявления и подтверждающих документов может пройти тестирование в другой день, установленный ЦСЭ. При этом заявление должно быть предоставлено не позднее 5 рабочих дней со дня пропуска тестирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z358" w:id="158"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z358" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучателю, не явившемуся на тестирование без уважительной причины отказывается в оказании государственной услуги. В этом случае услугополучатель повторно подает заявление о допуске к аттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z359" w:id="159"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z359" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76. Услугополучатель в целях проверки знаний законодательства Республики Казахстан в сфере судебно-экспертной деятельности вправе пройти пробное тестирование. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z360" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результаты пробного тестирования не являются основанием для вынесения мотивированного решения о присвоении/неприсвоении квалификации судебного эксперта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z361" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 4. "Аттестация лиц, претендующих на занятие деятельностью патентного поверенного"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z362" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Услугополучатель направляет через портал документы, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги "Аттестация лиц, претендующих на занятие деятельностью патентного поверенного", утвержденного приказом Министра юстиции Республики Казахстан от 28 августа 2018 года №1316, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 17322).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z363" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Министерство в течение 1 (одного) рабочего дня с момента поступления документов осуществляет их прием и регистрацию. Через портал услугополучателю в "личный кабинет" направляется статус о принятии заявления на государственную услугу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z364" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Министерство в течение 2 (двух) рабочих дней с момента регистрации документов проверяет полноту представленных документов, в случае установления факта неполноты представленных документов готовит мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z365" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. В случае предоставления услугополучателем полного пакета документов Министерство проверяет документы на соответствие квалификационным требованиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z366" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Для отказа в оказании государственной услуги Министерство уведомляет услугополучателя о предварительном решении об отказе государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z367" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Возражение услугополучателя по предварительному решению принимается Министерством в течение 2 (двух) рабочих дней со дня его получения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z360" w:id="160"/>
-[...15 lines deleted...]
-      Результаты пробного тестирования не являются основанием для вынесения мотивированного решения о присвоении/неприсвоении квалификации судебного эксперта.</w:t>
+    <w:bookmarkStart w:name="z368" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания Министерство выносит мотивированное решение о допуске либо об отказе в допуске претендента к аттестации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z361" w:id="161"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Параграф 4. "Аттестация лиц, претендующих на занятие деятельностью патентного поверенного"</w:t>
+    <w:bookmarkStart w:name="z369" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Решение об отказе в допуске к аттестации направляется Министерством не позднее 7 (семи) рабочих дней с момента регистрации заявления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z362" w:id="162"/>
-[...15 lines deleted...]
-      77. Услугополучатель направляет через портал документы, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги "Аттестация лиц, претендующих на занятие деятельностью патентного поверенного", утвержденного приказом Министра юстиции Республики Казахстан от 28 августа 2018 года №1316, (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 17322).</w:t>
+    <w:bookmarkStart w:name="z370" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Услугополучатель допущенный к аттестации, уведомляется Министерством о месте, дате, времени, порядке проведения аттестации посредством направления на его абонентский номер уведомления или через портал в "личный кабинет" в течение 1 (одного) рабочего дня с момента решения о допуске к аттестации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z363" w:id="163"/>
-[...15 lines deleted...]
-      78. Министерство в течение 1 (одного) рабочего дня с момента поступления документов осуществляет их прием и регистрацию. Через портал услугополучателю в "личный кабинет" направляется статус о принятии заявления на государственную услугу.</w:t>
+    <w:bookmarkStart w:name="z371" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Министерство в течение 1 (одного) рабочего дня с момента решения о допуске к аттестации направляет Оператору тестирования список лиц, допущенных к аттестации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z364" w:id="164"/>
-[...15 lines deleted...]
-      79. Министерство в течение 2 (двух) рабочих дней с момента регистрации документов проверяет полноту представленных документов, в случае установления факта неполноты представленных документов готовит мотивированный отказ.</w:t>
+    <w:bookmarkStart w:name="z372" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Аттестация проводится в течение 10 рабочих дней со дня регистрации документов Министерством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z365" w:id="165"/>
-[...15 lines deleted...]
-      80. В случае предоставления услугополучателем полного пакета документов Министерство проверяет документы на соответствие квалификационным требованиям.</w:t>
+    <w:bookmarkStart w:name="z373" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Аттестация проводится в виде комплексного компьютерного тестирования на знание законодательства в сфере интеллектуальной собственности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z366" w:id="166"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z374" w:id="174"/>
+    <w:bookmarkStart w:name="z374" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       87. Перечень вопросов, подлежащих включению в аттестационные тесты, формируется Министерством. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z375" w:id="175"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z375" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       88. Вопросы для претендентов на знание норм законодательства Республики Казахстан (100 вопросов: правовая охрана изобретений и полезных моделей - 25, правовая охрана промышленных образцов – 25, правовая охрана селекционных достижений - 25, правовая охрана товарных знаков и наименований мест происхождения товаров - 25) должны содержать не менее четырех вариантов ответа с одним правильным. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z376" w:id="176"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z376" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Вопросы аттестации и ответы к ним являются конфиденциальной информацией и не подлежат распространению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z377" w:id="177"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z377" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерство передает Оператору тестирования вопросы аттестации и ответы к ним посредством электронного носителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z378" w:id="178"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z378" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Передача вопросов аттестации и ответов к ним по техническим каналам открытых видов связи (телефонная, факсимильная связь общего пользования, радиосвязь, спутниковая и сотовая (подвижная (мобильная) связь, сеть Интернет) не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z379" w:id="179"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z379" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обработка, использование, хранение, учет и уничтожение вопросов аттестации и ответов к ним должны осуществляться на средствах вычислительной техники (далее – СВТ) без возможности скачивания, пересылки документов и подключения к Интернету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z380" w:id="180"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z380" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Доступ к магнитным носителям информации на СВТ, на котором будет производиться тестирование должен быть заблокирован. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z381" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Аттестация проводится на базе Оператора тестирования с использованием компьютерной техники.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z382" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Перед прохождением аттестации Оператор тестирования информирует претендента о порядке проведения этапов аттестации, их продолжительности и содержании процедуры отбора претендентов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z383" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. При проведении аттестации не допускается использование услугополучателем справочной, специальной и прочей литературы на бумажных, электронных и иных носителях, принимающих-передающих электронных устройств (в том числе мобильных телефонов и иных электронных оборудований).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z384" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Такие устройства на время проведения тестирования помещаются на хранение в специальные шкафы с ячейками.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z385" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае нарушения указанных требований Оператором тестирования составляется акт о нарушении с отстранением услугополучателя от текущей аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z386" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель, отстраненный от аттестации, повторно подает заявление о допуске к аттестации по истечении 3 (трех) месяцев со дня вынесения решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z387" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. При невозможности продолжения тестирования вследствие непреодолимой силы (стихийные явления, военные действия), а также по причине технических неполадок тестирование приостанавливается и оформляется акт о приостановлении процедуры тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z388" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В этом случае услугополучатель повторно проходит аттестацию.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z381" w:id="181"/>
-[...15 lines deleted...]
-      90. Аттестация проводится на базе Оператора тестирования с использованием компьютерной техники.</w:t>
+    <w:bookmarkStart w:name="z389" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Общее время, отведенное на выполнение теста на знание законодательства - 90 (девяносто) минут (100 вопросов).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z382" w:id="182"/>
-[...15 lines deleted...]
-      91. Перед прохождением аттестации Оператор тестирования информирует претендента о порядке проведения этапов аттестации, их продолжительности и содержании процедуры отбора претендентов</w:t>
+    <w:bookmarkStart w:name="z390" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель считается прошедшим комплексное компьютерное тестирование на знание законодательства, если количество правильных ответов составляет 70 (семьдесят) и более от общего числа предложенных вопросов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z383" w:id="183"/>
-[...15 lines deleted...]
-      92. При проведении аттестации не допускается использование услугополучателем справочной, специальной и прочей литературы на бумажных, электронных и иных носителях, принимающих-передающих электронных устройств (в том числе мобильных телефонов и иных электронных оборудований).</w:t>
+    <w:bookmarkStart w:name="z391" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Подсчет правильных ответов тестирования производится при помощи используемой компьютерной программы автоматически.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z384" w:id="184"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z392" w:id="192"/>
+    <w:bookmarkStart w:name="z392" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       96. Результаты тестирования распечатываются на принтере в двух экземплярах, один из которых предоставляется кандидату сразу после окончания тестирования для ознакомления и отражения факта ознакомления с результатами проставлением личной подписи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z393" w:id="193"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z393" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерство в течение 1 (одного) рабочего дня со дня получения результатов тестирования оформляет решение о прохождении/непрохождении аттестации в электронном формате, которое направляется услугополучателю через портал в "личный кабинет" услугополучателя в форме электронного документа, подписанного ЭЦП руководителя Министерства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z394" w:id="194"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z394" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. Кандидаты, получившие результаты аттестации ниже установленных значений, допускаются к повторной аттестации не ранее чем через тридцать календарных дней со дня прохождения тестирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z395" w:id="195"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z395" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. В случае неявки услугополучателя на тестирование, аттестация считается не пройденной. Результат аттестации направляется Министерством в "личный кабинет" услугополучателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z396" w:id="196"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z396" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оператор тестирования уведомляет Министерство о неявке услугополучателя в день проведения тестирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z397" w:id="197"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z397" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучатель, не явившийся на аттестацию по уважительной причине (болезнь, смерть близкого родственника и обстоятельства непреодолимой силы), при представлении заявления и подтверждающих документов может пройти тестирование в другой день, установленный ДЮ. При этом заявление должно быть предоставлено не позднее 5 рабочих дней со дня пропуска тестирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z398" w:id="198"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z398" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       99. Услугополучатель в целях проверки знаний законодательства Республики Казахстан в сфере деятельности патентных поверенных, а также подготовки к прохождению аттестации вправе пройти пробную аттестацию. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z399" w:id="199"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z399" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результаты пробного тестирования не являются основанием для вынесения мотивированного решения об аттестации/неаттестации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z400" w:id="200"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z400" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования результатов аттестации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z401" w:id="201"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z401" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. В случае обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц жалоба подается на имя руководителя услугодателя, в Министерство либо в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z402" w:id="202"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z402" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       101. Жалоба услугополучателя, поступившая в адрес услугодателя либо в Министерство, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z403" w:id="203"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z403" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z404" w:id="204"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z404" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. В случае несогласия с решением, принятым по результатам обжалования оказания государственной услуги, услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5634,90 +5658,90 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в автоматизированном режиме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z182" w:id="205"/>
+    <w:bookmarkStart w:name="z182" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z183" w:id="206"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z183" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение об аттестации/неаттестации претендента на занятие адвокатской деятельностью</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6540,122 +6564,122 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в автоматизированном режиме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z186" w:id="207"/>
+    <w:bookmarkStart w:name="z186" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="208"/>
+    <w:bookmarkStart w:name="z187" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решениеоб аттестации/неаттестации претендента на занятие нотариальной деятельностью</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6709,70 +6733,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дата___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z405" w:id="209"/>
+    <w:bookmarkStart w:name="z405" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Признать аттестованным/неаттестованным</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ______________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7347,70 +7371,70 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в автоматизированном режиме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="210"/>
+    <w:bookmarkStart w:name="z190" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер_________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8275,70 +8299,70 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>автоматизированном режиме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z197" w:id="211"/>
+    <w:bookmarkStart w:name="z197" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение о прохождении/непрохождении аттестации судебного эксперта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8963,70 +8987,70 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>режиме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z200" w:id="212"/>
+    <w:bookmarkStart w:name="z200" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Министерство юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -10648,68 +10672,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>юстиции Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z213" w:id="213"/>
+    <w:bookmarkStart w:name="z213" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу Вас допустить меня к сдаче тестирования на присвоение квалификации судебного эксперта по следующим экспертным специальностям: __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11738,68 +11762,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>значения и столицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z216" w:id="214"/>
+    <w:bookmarkStart w:name="z216" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу Вас допустить меня к аттестации на право занятия адвокатской/нотариальной деятельностью</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12003,55 +12027,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>