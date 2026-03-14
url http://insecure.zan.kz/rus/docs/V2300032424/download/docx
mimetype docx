--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="60d286c" w14:textId="60d286c">
+    <w:p w14:paraId="d374308" w14:textId="d374308">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -333,90 +333,148 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) форму, предназначенную для сбора административных данных в области племенного животноводства "Реестр племенных животных", согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) форму, предназначенную для сбора административных данных в области племенного животноводства "Импорт племенного крупного рогатого скота молочного, молочно-мясного и мясного направления продуктивности", согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра сельского хозяйства РК от 18.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра сельского хозяйства РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -39099,50 +39157,4244 @@
         <w:t>
       78. В графе 6 главы 12 Формы указывается количество пчелосемей II класса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="318"/>
     <w:bookmarkStart w:name="z1434" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. В графе 7 главы 12 Формы указывается количество пчелосемей III класса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="319"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 5 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра сельского хозяйства</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 27 апреля 2023 года № 164</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предназначенная для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приказ дополнен приложением 5 в соответствии с приказом Министра сельского хозяйства РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представляется: в Министерство сельского хозяйства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.gov.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Импорт племенного крупного рогатого скота молочного, молочно-мясного и мясного направления продуктивности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: ОТИ-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: ежеквартальная</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: ____ квартал 20 ___года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: Областные территориальные инспекции Комитета государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежеквартально, до пятого числа месяца, следующего за отчетным кварталом</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес-идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="4279900" cy="482600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="4279900" cy="482600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе или в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ввезено племенного скота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Страна-экспортер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сельхозформирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+района</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+завоза скота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+завершения карантинирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+всего, голов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бычков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+коров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нетелей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+телок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________область</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого по области:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя и отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Импорт племенного крупного рогатого скота молочного, молочно-мясного и мясного направления продуктивности" приведено в приложении к настоящей форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к форме,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предназначенной для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Импорт племенного крупного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рогатого скота молочного,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>молочно-мясного и мясного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>направления продуктивности"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>данных на безвозмездной основе "Импорт племенного крупного рогатого скота</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>молочного, молочно-мясного и мясного направления продуктивности"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(индекс: ОТИ-1, периодичность: ежеквартальная) Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Импорт племенного крупного рогатого скота молочного, молочно-мясного и мясного направления продуктивности" (далее – Форма).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма заполняется областными территориальными инспекциями Комитета государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан (далее – ОТИ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Форма подписывается исполнителем и руководителем, либо лицом, исполняющим его обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Форма представляется ОТИ в Министерство сельского хозяйства Республики Казахстан ежеквартально, до пятого числа месяца, следующего за отчетным кварталом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма заполняется на казахском и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В графе 1 Формы указывается нумерация по порядку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В графе 2 Формы указывается наименование сельхозформирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В графе 3 Формы указывается наименование района согласно Национальному классификатору Республики Казахстан НК РК 11 "Классификатор административно-территориальных объектов", утвержденного приказом Председателя Комитета технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан от 16 января 2025 года № 2-НҚ "О некоторых вопросах стандартизации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В графе 4 Формы указывается порода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В графе 5 Формы указывается дата завоза скота.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В графе 6 Формы указывается дата завершения карантинирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В графе 7 Формы указывается всего ввезенного племенного скота, голов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В графе 8 Формы указывается количество завезенных бычков, голов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В графе 9 Формы указывается количество завезенных коров, голов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. В графе 10 Формы указывается количество завезенных нетелей, голов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. В графе 11 Формы указывается количество завезенных телок, голов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. В графе 12 Формы указывается страна-экспортер согласно Национальному классификатору Республики Казахстан НК РК ISO 3166-1-2016 "Коды для представления названий стран и единиц их административно-территориальных подразделений. Часть 1. Коды стран", утвержденного приказом исполняющего обязанности Председателя Комитета технического регулирования и метрологии Министерства по инвестициям и развития Республики Казахстан от 18 ноября 2016 года № 290-од "Об утверждении национальных стандартов, национального классификатора и отмене национального классификатора".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В графе 13 Формы указывается источник финансирования.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -39180,55 +43432,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -39550,35 +43802,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>