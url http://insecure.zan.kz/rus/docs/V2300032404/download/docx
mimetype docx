--- v0 (2025-10-17)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2c4097b" w14:textId="2c4097b">
+    <w:p w14:paraId="14dd160" w14:textId="14dd160">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -913,54 +913,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах", и определяют порядок оформления и выдачи сертификата конечного пользователя Республики Казахстан (далее – сертификат конечного пользователя), международного импортного сертификата Республики Казахстан (далее – международный импортный сертификат) и квалификационные требования, а также оказания государственной услуги "Выдача сертификата конечного пользователя и международного импортного сертификата".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. "Выдача сертификата конечного пользователя и международного импортного сертификата" является государственной услугой (далее – государственная услуга) и оказывается Комитетом индустриального развития Министерства индустрии и инфраструктурного развития Республики Казахстан (далее – услугодатель) согласно настоящим Правилам.</w:t>
+      2. "Выдача сертификата конечного пользователя и международного импортного сертификата" является государственной услугой (далее – государственная услуга) и оказывается Комитетом промышленности Министерства промышленности и строительства Республики Казахстан (далее – услугодатель) согласно настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции приказа Министра промышленности и строительства РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Услугодатель в течение трех рабочих дней с даты введения в действие изменений и (или) дополнений в настоящие Правила направляет информацию о внесенных изменениях и (или) дополнениях в Единый контакт-центр и оператору информационно-коммуникационной инфраструктуры "электронного правительства".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1037,264 +1099,426 @@
         <w:t>
       3) сертификат конечного пользователя Республики Казахстан – документ, который содержит подтверждение уполномоченного органа о том, что конечный пользователь обязуется использовать импортированные товары в заявленных целях и не допускать их передачу третьим странам и третьим лицам без получения соответствующего разрешения страны-экспортера и (или) страны-происхождения и уполномоченного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) специфические товары – товары двойного и военного назначения, а также товары, контролируемые для обеспечения национальной безопасности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование в сфере контроля специфических товаров, а также в пределах, предусмотренных законодательством Республики Казахстан, – межотраслевую координацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Сертификат конечного пользователя и международный импортный сертификат оформляется на одну сделку независимо от количества и номенклатуры специфических товаров, включенных во внешнеторговый договор (контракт) или иной документ отчуждения между участниками сделки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификат конечного пользователя и международный импортный сертификат выдаются на товары двойного и военного назначения, товары, контролируемые для обеспечения национальной безопасности, а также по требованию компетентного органа страны-экспортера и (или) страны-происхождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сертификат конечного пользователя и международный импортный сертификат оформляются с указанием десятизначного кода в соответствии с единой товарной номенклатурой внешнеэкономической деятельности Евразийского экономического союза и Единого таможенного тарифа Евразийского экономического союза, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совета Евразийской экономической комиссии от 14 сентября 2021 года № 80.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции приказа Министра промышленности и строительства РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) уполномоченный орган – центральный исполнительный орган, осуществляющий государственное регулирование в сфере контроля специфических товаров, а также в пределах, предусмотренных законодательством Республики Казахстан, – межотраслевую координацию;</w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Внесение изменений в сертификат конечного пользователя и международный импортный сертификат не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При изменении условий внешнеторгового договора (контракта), отражаемых в сертификате конечного пользователя и в международном импортном сертификате, услугополучатель вправе получить новый сертификат конечного пользователя и международный импортный сертификат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. На основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 29 Закона, услугодатель вправе запрашивать и получать от услугополучателя необходимые документы и (или) информацию относящиеся к сфере контроля специфических товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Для получения государственной услуги физические и юридические лица Республики Казахстан (далее – услугополучатели) подают услугодателю через веб-портал "электронного правительства" (далее – портал) документы в соответствии с Перечнем основных требований к оказанию государственной услуги (далее – Перечень основных требований) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При подаче услугополучателем всех необходимых документов посредством портала - в "личном кабинете" услугополучателя отображается статус о принятии документов для оказания государственной услуги с указанием даты получения результата государственной услуги.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
+      Документы, составленные на иностранных языках, предоставляются с переводом на государственный язык и/или русский язык.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Министра промышленности и строительства РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Работник канцелярии услугодателя осуществляет прием и регистрацию документов, поступивших из портала, в день их поступления и направляет ответственному исполнителю.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1371,528 +1595,606 @@
         <w:t xml:space="preserve">
       12. В случае представления услугополучателем полного пакета документов, ответственный исполнитель проверяет документы на соответствие квалификационым требованиям, установленным согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На основании результатов проверки представленных документов на соответствия квалификационным требованиям, ответственный исполнитель готовит результат государственной услуги - сертификат конечного пользователя и (или) международный импортный сертификат по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сертификаты конечного пользователя при импорте товаров военного назначения, товаров (продукции) двойного назначения в рамках исполнения государственного оборонного заказа подписываются на бумажном носителе первым руководителем уполномоченного органа в области государственного оборонного заказа или лицом, его замещающим по форме, утвержденной компетентным органом страны-экспортера и (или) страны-происхождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 – в редакции приказа Министра промышленности и строительства РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. При выявлении оснований для отказа в оказании государственной услуги установленные законодательством Республики Казахстан, и изложенных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> основных требований услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется заказным письмом с уведомлением о его вручении, телефонограммой или телеграммой, текстовым сообщением по абонентскому номеру сотовой связи или по электронному адресу услугополучателя, указанный в заявлении, либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова, не позднее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам заслушивания, услугодатель выдает сертификат конечного пользователя и (или) международный импортный сертификат, либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного ЭЦП руководителя услугодателя либо лица его замещающего.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Услугодатель обеспечивает внесение данных о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги, утвержденными приказом и.о. Министра транспорта и коммуникаций Республики Казахстан от 14 июня 2013 года № 452 "Об утверждении Правил внесения данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 8555).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) услугодателя по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Жалоба на решение, действий (бездействий) услугодателя по вопросам оказания государственных услуг может быть подана услугодателю, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, не позднее трех рабочих дней со дня поступления жалобы направляют жалобу и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Жалоба услугополучателя в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) услугодателем – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) получения дополнительной информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. В случаях несогласия с результатом оказания государственной услуги, услугополучатель обращается в суд в соответствии с подпунктом 6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан "О государственных услугах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1997,68 +2299,113 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>импортного сертификата и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>квалификационные требования к ним</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги "Выдача сертификата конечного пользователя и международного импортного сертификата"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 с изменением, внесенным приказом Министра промышленности и строительства РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2185,51 +2532,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Комитет индустриального развития Министерства индустрии и инфраструктурного развития Республики Казахстан (далее - услугодатель).</w:t>
+Комитет промышленности Министерства промышленности и строительства Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(далее - услугодатель).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2622,70 +2986,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="49"/>
+          <w:bookmarkStart w:name="z58" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Сертификат конечного пользователя;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
+          <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2896,70 +3260,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="50"/>
+          <w:bookmarkStart w:name="z60" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодатель - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно Трудовому кодексу Республики Казахстан (далее - Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) портал - круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3049,70 +3413,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="51"/>
+          <w:bookmarkStart w:name="z61" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Для получения сертификата конечного пользователя: </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3486,70 +3850,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="52"/>
+          <w:bookmarkStart w:name="z70" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) занятие видом деятельности запрещено законами Республики Казахстан для данной категории физических или юридических лиц;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3835,70 +4199,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="53"/>
+          <w:bookmarkStart w:name="z78" w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
+          <w:bookmarkEnd w:id="52"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4186,275 +4550,307 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа Министра промышленности и строительства РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                               заявление</w:t>
-[...207 lines deleted...]
-        <w:t>улицы, номер дома/здания, телефон)</w:t>
+      В ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование услугодателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>физического лица, индивидуальный идентификационный номер, № уведомление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о начале деятельности в качестве индивидуального предпринимателя-</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для индивидуального предпринимателя; полное наименование юридического лица</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявителя, бизнес‒идентификационный номер, № свидетельства или справки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной регистрации юридического лица заявителя – для юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>почтовый индекс, область, город, район, населенный пункт, наименование улицы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер дома/здания, телефон)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заявление на получение сертификата конечного пользователя</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -4495,153 +4891,238 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящим подтверждается, что:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>услугополучатель дает согласие на использование сведений составляющих охраняемую</w:t>
-[...101 lines deleted...]
-        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при его наличии)</w:t>
+        <w:t>услугополучатель дает согласие на использование сведений составляющих</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>охраняемую законом тайну, содержащихся в информационных системах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в отношении услугополучателя не имеется вступившее в законную силу решение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(приговор) суда о приостановлении или запрещении деятельности или отдельных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>видов деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все прилагаемые документы соответствуют действительности и являются</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действительными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю достоверность представленной информации и осведомлен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>об ответственности за предоставление недостоверных сведений в соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заявитель ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата заполнения "___" _________ 20 __ года.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -4700,513 +5181,607 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z87" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                               заявление</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z88" w:id="57"/>
+      В ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(полное наименование услугодателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>физического лица, индивидуальный идентификационный номер, № уведомление</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о начале деятельности в качестве индивидуального предпринимателя -</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для индивидуального предпринимателя; полное наименование юридического лица</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявителя, бизнес‒идентификационный номер, № свидетельства или справки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной регистрации юридического лица заявителя – для юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>почтовый индекс, область, город, район, населенный пункт, наименование улицы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер дома/здания, телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заявление на получение международного импортного сертификата</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу выдать международный импортный сертификат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прилагается ______ листов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящим подтверждается, что:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучатель дает согласие на использование сведений составляющих</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>охраняемую законом тайну, содержащихся в информационных системах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в отношении услугополучателя не имеется вступившее в законную силу решение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(приговор) суда о приостановлении или запрещении деятельности или отдельных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>видов деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>все прилагаемые документы соответствуют действительности и являются</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действительными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю достоверность представленной информации и осведомлен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>об ответственности за предоставление недостоверных сведений в соответствии</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заявитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения "___" _________ 20 __ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В ________________________________________________________________</w:t>
-[...425 lines deleted...]
-        <w:t>Дата заполнения "___" _________ 20 __ года.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5255,51 +5830,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к Перечню основных </w:t>
+              <w:t>к Перечню основных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>требований к оказанию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5326,68 +5901,113 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пользователя и международного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>импортного сертификата"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="58"/>
+    <w:bookmarkStart w:name="z90" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Гарантийное обязательство импортера (конечного пользователя)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции приказа Министра промышленности и строительства РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5484,52 +6104,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- 3. Экспортер (страна и адрес) </w:t>
+              <w:t>
+3. Экспортер (страна и адрес)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5603,52 +6223,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- 6. Наименование и описание продукции </w:t>
+              <w:t>
+6. Наименование и описание продукции</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5831,2075 +6451,267 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12. Импортер (конечный пользователь) обязуется импортировать продукцию, указанную в пункте 6, в Республику Казахстан. Импортер (конечный пользователь) обязуется использовать продукцию, указанную в пункте 6, в целях, указанных в пункте 5, не передавать ее другому юридическому или физическому лицу на территории Республику Казахстан и не реэкспортировать без разрешения уполномоченного государственного органа Республики Казахстан по контролю специфических товаров и согласия уполномоченного органа по контролю специфических товаров страны экспортера</w:t>
+12. Импортер (конечный пользователь) обязуется импортировать продукцию, указанную в пункте 6, до конечного пользователя, указанного в графе 2, и до места установки и (или) использования продукции, указанного в графе 4. Импортер (конечный пользователь) обязуется использовать продукцию, указанную в пункте 6, в целях, указанных в пункте 5, не передавать ее другому юридическому или физическому лицу на территории Республики Казахстан и не реэкспортировать без разрешения уполномоченного государственного органа Республики Казахстан по контролю специфических товаров и согласия уполномоченного органа по контролю специфических товаров страны экспортера.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z91" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13. Импортер</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
-[...16 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ф.И.О (при его наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Дата</w:t>
+              <w:t>Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z94" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14. Конечный пользователь</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
-[...44 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф.И.О (при его наличии)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Дата</w:t>
+              <w:t>Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="61"/>
-[...1612 lines deleted...]
-              <w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
 </w:t>
-            </w:r>
-[...172 lines deleted...]
-    </w:tbl>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7933,121 +6745,179 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 2 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оформления и</w:t>
+              <w:t>оформления и выдачи</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>выдачи сертификата конечного</w:t>
+              <w:t>сертификата конечного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пользователя и международного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>импортного сертификата и</w:t>
+              <w:t>импортного сертификата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>квалификационные требования к ним</w:t>
+              <w:t>и квалификационные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>требования к ним</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции приказа Министра промышленности и строительства РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8060,51 +6930,102 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Индустрия жəне инфрақұрылымдық даму министрлігі "Индустриялық даму комитеті" республикалық мемлекеттік мекемесі</w:t>
+"Қазақстан Республикасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өнеркәсіп және құрылыс министрлігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өнеркәсіп комитеті" республикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8186,51 +7107,102 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Министерство индустрии и инфраструктурного развития Республики Казахстан Республиканское государственное учреждение "Комитет индустриального развития "</w:t>
+Республиканское государственное</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учреждение "Комитет промышленности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства промышленности и строительства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8321,86 +7293,83 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z106" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата: [Дата выдачи]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="65"/>
-[...15 lines deleted...]
-Номер: [Номер документа]</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер: [Номер документа]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8409,149 +7378,303 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z107" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Наименование организации]</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="66"/>
-[...15 lines deleted...]
-[Адрес]</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Адрес]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мотивированный отказ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республиканское государственное учреждение "Комитет промышленности Министерства промышленности и строительства Республики Казахстан",</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рассмотрев Ваше обращение от [Дата] г. № [Номер входящего документа] сообщает следующее.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Текст]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+[Должность подписывающего]</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>[Фамилия, имя, отчество (при наличии) подписывающего]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z108" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-      </w:pPr>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Республиканское государственное учреждение "Комитет индустриального развития", рассмотрев Ваше обращение от [Дата] г. № [Номер входящего документа] сообщает следующее.</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8585,245 +7708,50 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>[Должность подписывающего]</w:t>
-[...193 lines deleted...]
-              </w:rPr>
               <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам оформления и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -8851,68 +7779,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>импортного сертификата и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>квалификационные требования к ним</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="70"/>
+    <w:bookmarkStart w:name="z115" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Квалификационные требования, предъявляемые при выдаче сертификата конечного пользователя и международного импортного сертификата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9752,70 +8680,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная копия договора (контракта) купли-продажи или иной документ отчуждения между импортером и конечным пользователем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z116" w:id="71"/>
+          <w:bookmarkStart w:name="z116" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Требуется, если в качестве заявителя выступает посредник:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9898,116 +8826,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 4 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам оформления и</w:t>
+              <w:t>оформления и выдачи сертификата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>выдачи сертификата конечного</w:t>
+              <w:t>конечного пользователя</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пользователя и международного</w:t>
+              <w:t>и международного импортного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>импортного сертификата и</w:t>
+              <w:t>сертификата и квалификационные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>квалификационные требования к ним</w:t>
+              <w:t>требования к ним</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -10034,2043 +8962,1052 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z120" w:id="72"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 – в редакции приказа Министра промышленности и строительства РК от 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-СЕРТИФИКАТ №</w:t>
-[...10 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+"Қазақстан Республикасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өнеркәсіп және құрылыс министрлігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өнеркәсіп комитеті" республикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік мекемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            <w:tcW w:w="6150" w:type="dxa"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1803400" cy="1841500"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1803400" cy="1841500"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Конечный пользователь (страна, адрес, телефон) БИН (ИИН)</w:t>
-[...341 lines deleted...]
-Фамилия, имя, отчество (при наличии) Должность Подпись М.П. (при наличии) Дата</w:t>
+Республиканское государственное учреждение</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Комитет промышленности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министерства промышленности и строительства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z122" w:id="74"/>
-[...16 lines deleted...]
-      </w:r>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:bookmarkEnd w:id="74"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СЕРТИФИКАТ КОНЕЧНОГО ПОЛЬЗОВАТЕЛЯ</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+СЕРТИФИКАТ №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование специфического товара</w:t>
-[...1145 lines deleted...]
-        </w:trPr>
+1. Импортер (страна, адрес, телефон) БИН (ИИН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z123" w:id="75"/>
-[...37 lines deleted...]
-        </w:tc>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Конечный пользователь (страна, адрес, телефон) БИН (ИИН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z124" w:id="76"/>
-[...35 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Экспортер (страна, адрес, телефон)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Место установки и (или) использования специфического товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Цель использования специфического товара:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Наименование специфического товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Десятизначный код единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Код по контрольным спискам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Единица измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Количество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11. Номер, дата внешнеторгового договора (контракта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12. Настоящим подтверждается, что специфические товары, указанные в графе 6, будут использоваться в заявленных целях, указанных в графе 5, и не будут реэкспортироваться в третьи страны и передаваться третьим лицам без разрешения компетентного органа страны экспортера и (или) страны происхождения и уполномоченного органа Республики Казахстан. Настоящий документ должен быть представлен в уполномоченный государственный орган страны-экспортера в течение шести месяцев с даты его подписания.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13. Ведомство уполномоченного органа Республики Казахстан по контролю специфических товаров</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>Подпись</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>М.П. (при наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Дата</w:t>
+              <w:t>Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12115,2033 +10052,653 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z130" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    Международный импортный сертификат</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="77"/>
+        <w:t xml:space="preserve"> МЕЖДУНАРОДНЫЙ ИМПОРТНЫЙ СЕРТИФИКАТ</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+СЕРТИФИКАТ №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Импортер (страна, адрес, телефон) БИН (ИИН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Экспортер (страна, адрес, телефон)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Наименование специфического товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Десятизначный код единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Код по контрольным спискам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Единица измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-СЕРТИФИКАТ №</w:t>
+7. Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...1727 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z135" w:id="82"/>
-[...35 lines deleted...]
-            </w:r>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Номер, дата внешнеторгового договора (контракта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Настоящим подтверждается, что специфические товары, указанные в графе 3, будут импортированы в Республику Казахстан, и не будут передаваться третьим странам и третьим лицам без разрешения компетентного органа страны-экспортера и (или) страны-происхождения и уполномоченного органа Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Настоящий документ должен быть представлен в уполномоченный государственный орган страны-экспортера в течение шести месяцев с даты его подписания.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Ведомство уполномоченного органа Республики Казахстан по контролю специфических товаров</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...9 lines deleted...]
-              </w:rPr>
               <w:t>Должность</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...29 lines deleted...]
-            </w:r>
+              <w:t>Подпись</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М.П. (при наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Дата</w:t>
+              <w:t>Дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14233,308 +10790,308 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 апреля 2023 года № 309</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="83"/>
+    <w:bookmarkStart w:name="z141" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министра по инвестициям и развитию Республики Казахстан и Министра индустрии и инфраструктурного развития Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z142" w:id="84"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z142" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 28 мая 2015 года № 632 "Об утверждении Правил оформления гарантийных обязательств (сертификатов конечных пользователей)" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11907).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z143" w:id="85"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z143" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 20 июня 2016 года № 504 "О внесении изменения и дополнения в приказ Министра по инвестициям и развитию Республики Казахстан от 28 мая 2015 года № 632 "Об утверждении Правил оформления гарантийных обязательств (сертификатов конечных пользователей)" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 14041).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z144" w:id="86"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z144" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министерства по инвестициям и развитию Республики Казахстан в области промышленности и экспортного контроля, в которые вносились изменения и дополнения, утвержденные приказом Министра по инвестициям и развитию Республики Казахстан от 29 декабря 2018 года № 964 "О внесении изменений и дополнений в некоторые приказы Министерства по инвестициям и развитию Республики Казахстан в области промышленности и экспортного контроля" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18146).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z145" w:id="87"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z145" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 9 июля 2020 года № 386 "О внесении изменений в приказ Министра по инвестициям и развитию Республики Казахстан от 28 мая 2015 года № 632 "Об утверждении Правил оформления гарантийных обязательств (сертификатов конечных пользователей)" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20961).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z146" w:id="88"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z146" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра по инвестициям и развитию Республики Казахстан и Министра индустрии и инфраструктурного развития Республики Казахстан, в которые вносились изменения, утвержденные приказом Министра индустрии и инфраструктурного развития Республики Казахстан от 23 июня 2021 года № 321 "О внесении изменений в некоторые приказы Министра по инвестициям и развитию Республики Казахстан и Министра индустрии и инфраструктурного развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 23280).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z147" w:id="89"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z147" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> перечня некоторых приказов Министра по инвестициям и развитию Республики Казахстан и Министра индустрии и инфраструктурного развития Республики Казахстан, в которые вносились изменения и дополнение, утвержденные приказом и.о. Министра индустрии и инфраструктурного развития Республики Казахстан от 13 мая 2022 года № 268 "О внесении изменений и дополнения в некоторые приказы Министра по инвестициям и развитию Республики Казахстан и Министра индустрии и инфраструктурного развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 28106).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -14910,35 +11467,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>