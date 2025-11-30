--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4922b2d" w14:textId="4922b2d">
+    <w:p w14:paraId="e14aa51" w14:textId="e14aa51">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4161,1070 +4161,1174 @@
         <w:t>
       6) произрастаний деревьев и кустарников на землях общего пользования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
     <w:bookmarkStart w:name="z154" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Вырубка деревьев производится по разрешению уполномоченного органа в соответствии с разрешительными процедурами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z155" w:id="155"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> редких и находящихся под угрозой исчезновения видов растений и животных, утвержденный постановлением Правительства Республики Казахстан от 31 октября 2006 года № 1034 (далее - Перечень).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 39 – в редакции приказа Министра экологии и природных ресурсов РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 313</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. В случае аварийного падения деревьев, в результате ветровала и других случаев природного характера, дорожно-транспортных происшествий, уборка упавшего дерева, своевременная очистка места падения и вывоз древесных остатков на землях общего пользования и на территориях, прилегающих к зданиям, сооружениям, многоэтажным жилым домам осуществляется организациями по озеленению обслуживающие данный участок.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z156" w:id="156"/>
-[...15 lines deleted...]
-      40. В случае аварийного падения деревьев, в результате ветровала и других случаев природного характера, дорожно-транспортных происшествий, уборка упавшего дерева, своевременная очистка места падения и вывоз древесных остатков на землях общего пользования и на территориях, прилегающих к зданиям, сооружениям, многоэтажным жилым домам осуществляется организациями по озеленению обслуживающие данный участок.</w:t>
+    <w:bookmarkStart w:name="z157" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. При ликвидации аварийных и чрезвычайных ситуаций, в том числе на объектах благоустройства с инженерной инфраструктурой производится вынужденная вырубка деревьев без согласования с уполномоченным органом, в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z157" w:id="157"/>
-[...15 lines deleted...]
-      41. При ликвидации аварийных и чрезвычайных ситуаций, в том числе на объектах благоустройства с инженерной инфраструктурой производится вынужденная вырубка деревьев без согласования с уполномоченным органом, в следующих случаях:</w:t>
+    <w:bookmarkStart w:name="z158" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      падение деревьев, а также их ветвей представляет угрозу жизни и здоровью людей, повреждению зданий и сооружений, инженерным коммуникациям и сетям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z158" w:id="158"/>
-[...15 lines deleted...]
-      падение деревьев, а также их ветвей представляет угрозу жизни и здоровью людей, повреждению зданий и сооружений, инженерным коммуникациям и сетям;</w:t>
+    <w:bookmarkStart w:name="z159" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      препятствия безопасности дорожного движения, в том числе перекрывающие визуальный обзор дорожных знаков, в случае, когда дорожный знак невозможно перенести.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z159" w:id="159"/>
-[...15 lines deleted...]
-      препятствия безопасности дорожного движения, в том числе перекрывающие визуальный обзор дорожных знаков, в случае, когда дорожный знак невозможно перенести.</w:t>
+    <w:bookmarkStart w:name="z160" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Факт вынужденной вырубки деревьев устанавливается актом освидетельствования аварийно-спасательных служб, с последующим уведомлением уполномоченного органа в течение трех рабочих дней с момента вынужденной вырубки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z160" w:id="160"/>
-[...15 lines deleted...]
-      42. Факт вынужденной вырубки деревьев устанавливается актом освидетельствования аварийно-спасательных служб, с последующим уведомлением уполномоченного органа в течение трех рабочих дней с момента вынужденной вырубки.</w:t>
+    <w:bookmarkStart w:name="z161" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Санитарная обрезка деревьев на землях общего пользования производится организациями по озеленению, обслуживающими данный земельный участок по письменному согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z161" w:id="161"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z162" w:id="162"/>
+    <w:bookmarkStart w:name="z162" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Вырубка деревьев осуществляется по разрешению уполномоченного органа в соответствии с Законом о разрешениях, с предварительным выездом специалиста уполномоченного органа на место вырубки для точного определения количественного, породного состава, состояния и месторасположения деревьев в соответствии с реестром зеленых насаждений и заполнением им акта обследования зеленых насаждений по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z163" w:id="163"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z163" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. При получении разрешения на вырубку деревьев, физическими и юридическими лицами предоставляется гарантийное письмо о компенсационной посадке взамен вырубленных деревьев, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Типовым правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z164" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Срубленные зеленые насаждения и порубочные остатки (опилки, ветки, листья, кора) складировать и хранить на месте производства работ не допускается.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z164" w:id="164"/>
-[...15 lines deleted...]
-      46. Срубленные зеленые насаждения и порубочные остатки (опилки, ветки, листья, кора) складировать и хранить на месте производства работ не допускается.</w:t>
+    <w:bookmarkStart w:name="z165" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 7. Порядок посадки, пересадки и компенсационной посадки деревьев</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z165" w:id="165"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 7. Порядок посадки, пересадки и компенсационной посадки деревьев</w:t>
+    <w:bookmarkStart w:name="z166" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Компенсационными посадками являются посадки зеленых насаждений на участке удаления (вырубки) либо на участках, определенных дендрологическим планом (планом озеленения).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z166" w:id="166"/>
-[...15 lines deleted...]
-      47. Компенсационными посадками являются посадки зеленых насаждений на участке удаления (вырубки) либо на участках, определенных дендрологическим планом (планом озеленения).</w:t>
+    <w:bookmarkStart w:name="z167" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Компенсационные посадки производятся за счет средств физических и (или) юридических лиц, в интересах которых совершено удаление (вырубка) зеленых насаждений либо по вине которых произошли повреждение или гибель этих насаждений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z167" w:id="167"/>
-[...15 lines deleted...]
-      Компенсационные посадки производятся за счет средств физических и (или) юридических лиц, в интересах которых совершено удаление (вырубка) зеленых насаждений либо по вине которых произошли повреждение или гибель этих насаждений.</w:t>
+    <w:bookmarkStart w:name="z168" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Физические и (или) юридические лица, в интересах которых совершено удаление (вырубка) зеленых насаждений либо по вине которых произошли повреждение или гибель этих насаждений обеспечивают уход за компенсационными посадками:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z168" w:id="168"/>
-[...15 lines deleted...]
-      48. Физические и (или) юридические лица, в интересах которых совершено удаление (вырубка) зеленых насаждений либо по вине которых произошли повреждение или гибель этих насаждений обеспечивают уход за компенсационными посадками:</w:t>
+    <w:bookmarkStart w:name="z169" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      за деревьями и кустарниками: хвойных пород – в течение трех лет, лиственных пород – в течение двух лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z169" w:id="169"/>
-[...15 lines deleted...]
-      за деревьями и кустарниками: хвойных пород – в течение трех лет, лиственных пород – в течение двух лет;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      травянистыми растениями – в течение вегетационного сезона одного года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z170" w:id="170"/>
-[...15 lines deleted...]
-      травянистыми растениями – в течение вегетационного сезона одного года.</w:t>
+    <w:bookmarkStart w:name="z171" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. В случае гибели компенсационной посадки до истечения срока ухода, указанного в пункте 48 настоящих Правил, физические и (или) юридические лица проводят повторную посадку зеленых насаждений и уход за ними.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z171" w:id="171"/>
-[...15 lines deleted...]
-      49. В случае гибели компенсационной посадки до истечения срока ухода, указанного в пункте 48 настоящих Правил, физические и (или) юридические лица проводят повторную посадку зеленых насаждений и уход за ними.</w:t>
+    <w:bookmarkStart w:name="z172" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Физические и юридические лица после осуществления высадки зеленых насаждений за счет собственных средств, передают данные о выполненных мероприятиях уполномоченному органу, а уполномоченный орган принимает зеленые насаждения и вносит их в реестр по учету зеленых насаждений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z172" w:id="172"/>
-[...15 lines deleted...]
-      50. Физические и юридические лица после осуществления высадки зеленых насаждений за счет собственных средств, передают данные о выполненных мероприятиях уполномоченному органу, а уполномоченный орган принимает зеленые насаждения и вносит их в реестр по учету зеленых насаждений.</w:t>
+    <w:bookmarkStart w:name="z173" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Деревья, подлежащие пересадке в соответствии с материалами инвентаризации и лесопатологического обследования зеленых насаждений, пересаживаются на участки в соответствии с письменным указанием уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z173" w:id="173"/>
-[...15 lines deleted...]
-      51. Деревья, подлежащие пересадке в соответствии с материалами инвентаризации и лесопатологического обследования зеленых насаждений, пересаживаются на участки в соответствии с письменным указанием уполномоченного органа.</w:t>
+    <w:bookmarkStart w:name="z174" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. При пересадке деревьев физическими и юридическими лицами, компенсационная посадка не производится.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z174" w:id="174"/>
-[...15 lines deleted...]
-      52. При пересадке деревьев физическими и юридическими лицами, компенсационная посадка не производится.</w:t>
+    <w:bookmarkStart w:name="z175" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. В случае если пересадка привела к гибели деревьев, устанавливается десятикратный размер компенсации, в соответствии с требованиями пункта 59 настоящих Типовых правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z175" w:id="175"/>
-[...15 lines deleted...]
-      53. В случае если пересадка привела к гибели деревьев, устанавливается десятикратный размер компенсации, в соответствии с требованиями пункта 59 настоящих Типовых правил.</w:t>
+    <w:bookmarkStart w:name="z176" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Восстановление деревьев производится на специальных участках согласно плану компенсационной посадки города и населенного пункта, при необходимости с заменой грунта на плодородную почву.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z176" w:id="176"/>
-[...15 lines deleted...]
-      54. Восстановление деревьев производится на специальных участках согласно плану компенсационной посадки города и населенного пункта, при необходимости с заменой грунта на плодородную почву.</w:t>
+    <w:bookmarkStart w:name="z177" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. При получении разрешения на вырубку деревьев производится компенсационная посадка восстанавливаемых деревьев в десятикратном размере за счет средств граждан и юридических лиц, в интересах которых был произведена вырубка.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z177" w:id="177"/>
-[...15 lines deleted...]
-      55. При получении разрешения на вырубку деревьев производится компенсационная посадка восстанавливаемых деревьев в десятикратном размере за счет средств граждан и юридических лиц, в интересах которых был произведена вырубка.</w:t>
+    <w:bookmarkStart w:name="z178" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Компенсационная посадка и дальнейшая работа по уходу и содержанию на землях общего пользования проводятся организациями по озеленению, имеющие в своем штате специалистов в области озеленения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z178" w:id="178"/>
-[...15 lines deleted...]
-      56. Компенсационная посадка и дальнейшая работа по уходу и содержанию на землях общего пользования проводятся организациями по озеленению, имеющие в своем штате специалистов в области озеленения.</w:t>
+    <w:bookmarkStart w:name="z179" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При компенсационной посадке не допускается использование однолетних саженцев.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z179" w:id="179"/>
-[...15 lines deleted...]
-      При компенсационной посадке не допускается использование однолетних саженцев.</w:t>
+    <w:bookmarkStart w:name="z180" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Компенсационные посадки осуществляются в следующих размерах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z180" w:id="180"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z181" w:id="181"/>
+    <w:bookmarkStart w:name="z181" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) при вырубке зеленых насаждений по разрешению местного исполнительного органа в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях", а также их гибели на территории, прилегающей к зданиям, сооружениям, находящимся в собственности или пользовании физических и (или) юридических лиц, – в десятикратном размере;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z182" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при незаконном удалении (вырубке) зеленых насаждений либо их повреждении, приведшем к их гибели, – в пятидесятикратном размере.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z182" w:id="182"/>
-[...15 lines deleted...]
-      2) при незаконном удалении (вырубке) зеленых насаждений либо их повреждении, приведшем к их гибели, – в пятидесятикратном размере.</w:t>
+    <w:bookmarkStart w:name="z183" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      58. В случае незаконного удаления (вырубки) зеленых насаждений, включенных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> редких и находящихся под угрозой исчезновения видов растений и животных, утвержденного постановлением Правительства Республики Казахстан от 31 октября 2006 года № 1034, – в стократном размере.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z183" w:id="183"/>
-[...15 lines deleted...]
-      58. В случае незаконного удаления (вырубки) зеленых насаждений, включенных в перечень редких и находящихся под угрозой исчезновения видов растений, либо их повреждения, приведшем к их гибели, – в стократном размере.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 58 – в редакции приказа Министра экологии и природных ресурсов РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 313</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      59. Размер вреда, причиненного растительному миру, предусмотренный Базовыми ставками для исчисления размеров вреда, причиненного нарушением законодательства Республики Казахстан в области охраны, защиты, восстановления и использования растительного мира, утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра экологии и природных ресурсов Республики Казахстан от 23 февраля 2023 года № 61 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 31997), исчисляется территориальным подразделениям ведомства уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z184" w:id="184"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> исполняющего обязанности Министра экологии и природных ресурсов Республики Казахстан от 22 сентября 2023 года № 265 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33476), исчисляется уполномоченным органом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 59 - в редакции приказа Министра экологии и природных ресурсов РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 313</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z185" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Компенсационная посадка деревьев производится путем посадки саженцев лиственных пород высотой не менее 2,5 метров с комом или хвойных пород высотой не менее 2 метра с комом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:p>
-[...77 lines deleted...]
-      60. Компенсационная посадка деревьев производится путем посадки саженцев лиственных пород высотой не менее 2,5 метров с комом или хвойных пород высотой не менее 2 метра с комом.</w:t>
+    <w:bookmarkStart w:name="z186" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Диаметр ствола от верхней корневой системы саженцев не менее 3 сантиметров, на высоте 1,3 метра стволовой части.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z186" w:id="186"/>
-[...15 lines deleted...]
-      Диаметр ствола от верхней корневой системы саженцев не менее 3 сантиметров, на высоте 1,3 метра стволовой части.</w:t>
+    <w:bookmarkStart w:name="z187" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Компенсационная посадка при вырубке деревьев по разрешению уполномоченного органа и (или) при незаконной вырубке, уничтожении или повреждении деревьев производится на территории в радиусе 1 километра от места вырубки, уничтожении или повреждении деревьев на участке указанным уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z187" w:id="187"/>
-[...15 lines deleted...]
-      61. Компенсационная посадка при вырубке деревьев по разрешению уполномоченного органа и (или) при незаконной вырубке, уничтожении или повреждении деревьев производится на территории в радиусе 1 километра от места вырубки, уничтожении или повреждении деревьев на участке указанным уполномоченным органом.</w:t>
+    <w:bookmarkStart w:name="z188" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии свободного места для компенсационной посадки в радиусе 1 километра от места вырубки, территория компенсационной посадки указывается уполномоченным органом в письменном виде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z188" w:id="188"/>
-[...15 lines deleted...]
-      При отсутствии свободного места для компенсационной посадки в радиусе 1 километра от места вырубки, территория компенсационной посадки указывается уполномоченным органом в письменном виде.</w:t>
+    <w:bookmarkStart w:name="z189" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. При вынужденной вырубке деревьев компенсационная посадка производится на землях общего пользования с привлечением организации по озеленению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z189" w:id="189"/>
-[...15 lines deleted...]
-      62. При вынужденной вырубке деревьев компенсационная посадка производится на землях общего пользования с привлечением организации по озеленению.</w:t>
+    <w:bookmarkStart w:name="z190" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Компенсационная посадка деревьев осуществляется в соответствии с дендрологическим планом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z190" w:id="190"/>
-[...15 lines deleted...]
-      63. Компенсационная посадка деревьев осуществляется в соответствии с дендрологическим планом.</w:t>
+    <w:bookmarkStart w:name="z191" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. В случае механического повреждения или уничтожения зеленых насаждений, произрастающих на землях общего пользования и на частных территориях в результате дорожно-транспортного происшествия, виновной стороной производится компенсационная посадка в пятикратном размере поврежденных или уничтоженных зеленых насаждений путем высадки саженцев.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z191" w:id="191"/>
-[...15 lines deleted...]
-      64. В случае механического повреждения или уничтожения зеленых насаждений, произрастающих на землях общего пользования и на частных территориях в результате дорожно-транспортного происшествия, виновной стороной производится компенсационная посадка в пятикратном размере поврежденных или уничтоженных зеленых насаждений путем высадки саженцев.</w:t>
+    <w:bookmarkStart w:name="z192" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. После завершения работ по компенсационной посадке деревьев физические и юридические лица в течение одного месяца информируют в письменном виде уполномоченный орган об исполнении работ согласно плану компенсационной посадки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z192" w:id="192"/>
-[...15 lines deleted...]
-      65. После завершения работ по компенсационной посадке деревьев физические и юридические лица в течение одного месяца информируют в письменном виде уполномоченный орган об исполнении работ согласно плану компенсационной посадки.</w:t>
+    <w:bookmarkStart w:name="z193" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. В соответствии с гарантийным письмом физические и юридические лица в течение трех лет (период приживаемости саженца дерева) с момента компенсационной посадки проводят мероприятия по содержанию и защите саженцев, в соответствии с подпунктами 4), 5), 6), 7) и 8) пункта 27 настоящих Типовых правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z193" w:id="193"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z194" w:id="194"/>
+    <w:bookmarkStart w:name="z194" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       67. По истечении трех лет, физические и юридические лица, осуществившие компенсационную посадку, составляют совместно с уполномоченным органом акт приживаемости зеленых насаждений, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Типовым правилам, и передают на баланс местного исполнительного органа соответствующей административно-территориальной единицы для дальнейшего содержания.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z195" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Уполномоченным органом прижившиеся деревья включаются в реестр зеленых насаждений.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z195" w:id="195"/>
-[...15 lines deleted...]
-      68. Уполномоченным органом прижившиеся деревья включаются в реестр зеленых насаждений.</w:t>
+    <w:bookmarkStart w:name="z196" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. В случае гибели высаженных саженцев при компенсационной посадке, лица, в интересах которых была произведена вырубка производят повторную посадку зеленых насаждений и обеспечивают дальнейшие мероприятия по содержанию и защите за ними в течение трех лет (период приживаемости саженца дерева), с момента проведения повторной посадки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z196" w:id="196"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="196"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5368,157 +5472,157 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z199" w:id="197"/>
+    <w:bookmarkStart w:name="z199" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр зеленых насаждений на 1 января ____ года</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z200" w:id="197"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Распределение площади объектов (участков) зеленых насаждений</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z200" w:id="198"/>
-[...9 lines deleted...]
-      Распределение площади объектов (участков) зеленых насаждений</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по категориям земель, типам растительности и функциональному назначению</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Город/населенный пункт</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственный владелец: _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Реестр зеленых насаждений</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:p>
-[...67 lines deleted...]
-    <w:bookmarkEnd w:id="199"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5560,70 +5664,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z202" w:id="200"/>
+          <w:bookmarkStart w:name="z202" w:id="199"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п инвентарный/</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="200"/>
+          <w:bookmarkEnd w:id="199"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № паспорта зеленого насаждения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7039,68 +7143,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z205" w:id="201"/>
+    <w:bookmarkStart w:name="z205" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт обследования зеленых насаждений "___" ___________ 20__года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 2 - в редакции приказа Министра экологии и природных ресурсов РК от 05.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13096,477 +13200,477 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>контакты ___________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(электронный адрес, телефон)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z214" w:id="202"/>
+    <w:bookmarkStart w:name="z214" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Гарантийное письмо</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z215" w:id="202"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________ ___________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z215" w:id="203"/>
-[...9 lines deleted...]
-      _______________________________________________________________ ___________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование физического или юридического лица) гарантирует произвести</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>компенсационную посадку деревьев в количестве ____штук,___________ породы в течение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шести месяцев с момента получения разрешения на  вырубку деревьев, взамен деревьев в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>количестве _______ штук, _________ породы, которые будут вырублены для</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________по адресу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        (указывается причина)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________согласно акту обследования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зеленых насаждений от "            " 20     года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z216" w:id="203"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае гибели высаженных саженцев, гарантирует произвести повторную посадку. В течение</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование физического или юридического лица) гарантирует произвести</w:t>
-[...137 lines deleted...]
-      В случае гибели высаженных саженцев, гарантирует произвести повторную посадку. В течение</w:t>
+        <w:t>трех лет с момента компенсационной посадки, гарантирует, проводить мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по содержанию и защите саженцев, в соответствии с подпунктами 4), 5), 6), 7) и 8) пункта 27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правил содержания и защиты зеленых насаждений и по истечению трех лет передать их на</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>баланс  местного исполнительного органа на основании акта приживаемости деревьев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________ ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование физического или юридического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осведомлено, что за нарушение правил содержания и защиты зеленых насаждений будет</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нести ответственность в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 381-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>386</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Казахстан об административных правонарушениях</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z217" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата: "___" ____________  20__ года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...202 lines deleted...]
-      Дата: "___" ____________  20__ года</w:t>
+      <w:bookmarkStart w:name="z218" w:id="205"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="205"/>
-    <w:p>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             ФИО и подпись руководителя (печать при наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -13727,80 +13831,80 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z221" w:id="207"/>
+    <w:bookmarkStart w:name="z221" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт приживаемости зеленых насаждений "___" _________ 20___ года</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Адрес посаженных зеленых насаждений: ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -15328,101 +15432,101 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Скачать</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z222" w:id="208"/>
+      <w:bookmarkStart w:name="z222" w:id="207"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представитель физического или юридического лица</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________ подпись (Ф.И.О) (печать при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z223" w:id="208"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Должностное лицо уполномоченного органа</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________ подпись (Ф.И.О) (печать при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
@@ -15445,55 +15549,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -15819,31 +15923,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>