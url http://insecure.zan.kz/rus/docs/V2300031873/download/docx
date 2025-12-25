--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4f2ecae" w14:textId="4f2ecae">
+    <w:p w14:paraId="b1dab7f" w14:textId="b1dab7f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в некоторые приказы Министерства сельского хозяйства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра экологии и природных ресурсов Республики Казахстан от 7 февраля 2023 года № 35. Зарегистрирован в Министерстве юстиции Республики Казахстан 8 февраля 2023 года № 31873</w:t>
+        <w:t>Приказ Министра экологии и природных ресурсов Республики Казахстан от 7 февраля 2023 года № 35. Зарегистрирован в Министерстве юстиции Республики Казахстан 8 февраля 2023 года № 31873.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -941,130 +941,224 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему перечню некоторых приказов Министерства сельского хозяйства Республики Казахстан, в которые вносятся изменения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 2 утрачивает силу приказом Министра сельского хозяйства РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 14 января 2015 года № 18-04/14 "Об утверждении Правил маркирования икры осетровых видов рыб для торговли на внутреннем и внешнем рынках" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10397):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маркирования икры осетровых видов рыб для торговли на внутреннем и внешнем рынках, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1077,110 +1171,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "13. Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель в течение трех рабочих дней с даты утверждения нормативного правового акта о внесении изменений и (или) дополнений в настоящие Правила направляет информацию о внесенных изменениях и (или) дополнениях в Единый контакт-центр.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1213,130 +1307,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему перечню некоторых приказов Министерства сельского хозяйства Республики Казахстан, в которые вносятся изменения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 27 февраля 2015 года № 18-04/148 "Об утверждении Правил рыболовства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10606):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> рыболовства, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1349,690 +1443,690 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. В настоящих Правилах рыболовства используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аншлаг – вывеска, указывающая наименование и границы воспроизводственных участков и зон покоя, рыбохозяйственных водоемов и (или) участков, а также запретные для рыболовства сроки и места;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) территориальные подразделения – межобластные бассейновые инспекции рыбного хозяйства Комитета рыбного хозяйства Министерства экологии и природных ресурсов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) рыбак – работник субъекта рыбного хозяйства, осуществляющий в силу своих трудовых обязанностей лов рыбных ресурсов и других водных животных на закрепленных рыбохозяйственных водоемах и (или) участках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) рыболовство – лов рыбных ресурсов и других водных животных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) рыболов – физическое лицо, получившее право на любительское (спортивное) рыболовство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) период размножения рыб – период времени, в течение которого происходит нерест рыб того или иного вида;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) промысловая мера рыб – размеры рыб, допускаемые к вылову, измеряемые от вершины рыла (при закрытом рте) до основания средних лучей хвостового плавника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) замор – массовая гибель рыбных ресурсов и других водных животных, вызванная нарушением гидрохимического и иного режимов водоема и (или) участка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) замороопасный водоем и (или) участок – рыбохозяйственный водоем и (или) участок, подверженный периодическим заморам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) миграция рыб – массовое перемещение рыб из одного места обитания в другое;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) рыбные ресурсы и другие водные животные – общая совокупность всех животных, обитающих в водной среде, в том числе водные биологические ресурсы, за исключением растений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) рыбное хозяйство – вид хозяйственной деятельности, связанный с охраной, воспроизводством, аквакультурой, рыбоводством, рыболовством, а также переработкой и реализацией рыбных ресурсов и других водных животных в соответствии с подпунктом 26) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) субъект рыбного хозяйства – физическое или юридическое лицо, основным направлением деятельности которого является ведение рыбного хозяйства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) резервный фонд рыбохозяйственных водоемов и (или) участков – рыбохозяйственные водоемы и (или) участки, не закрепленные за пользователями животным миром;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) ведомство – Комитет рыбного хозяйства Министерства экологии природных ресурсов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) разрешение на пользование животным миром – документ по форме, установленной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 19 декабря 2014 года № 18-04/675 "Об утверждении Правил выдачи разрешений на пользование животным миром" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 10168) дающий право физическим и юридическим лицам на пользование животным миром, а также на вывоз и реализацию добытых объектов животного мира, их частей и дериватов, в том числе рыболовных трофеев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) пользователи животным миром – физические и юридические лица, которым в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> предоставлено право пользования животным миром;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) ихтиологические наблюдения – сбор и изучение данных о состоянии ихтиофауны рыбохозяйственного водоема;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) прилов – часть улова, состоящая из особей видов рыб и других водных животных, не указанных в разрешениях, и (или) рыб ниже установленных промысловых размеров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) егерская служба – структурное подразделение субъекта рыбного хозяйства, осуществляющее функции охраны животного мира на закрепленных рыбохозяйственных водоемах и (или) участках в соответствии с подпунктом 66) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) зимовальная яма – место массового скопления рыб в зимний период в углублениях дна водоема;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22) зона рекреационного рыболовства – участок рыбохозяйственного водоема и (или) участка и прилегающей береговой полосы, определяемый местным исполнительным органом в соответствии с подпунктом 5-8) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона для осуществления любительского (спортивного) рыболовства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) уполномоченный орган – Министерство экологии и природных ресурсов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) нерест – процесс выметывания рыбами зрелой икры и последующее ее оплодотворение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) тоня (тоневой участок) – участок реки и иного проточного водоема с ограниченной водной акваторией водоема и прилегающей береговой полосой, предназначенный и приспособленный для нужд промыслового рыболовства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) промысловая мера раков – размеры раков, допустимые к вылову, измеряемые от середины глаза до конца хвостовой пластинки.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2045,90 +2139,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16. Лица, осуществляющие промысловое рыболовство, фиксируют каждый улов в промысловом журнале на пункте приема рыбы, устанавливаемом территориальными подразделениями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Промысловый журнал прошнуровывается и пронумеровывается, скрепляется подписью субъекта рыбного хозяйства или пользователя животным миром и заверяется печатью территориального подразделения.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2141,90 +2235,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "19. Любительское (спортивное) рыболовство осуществляется удилищами (удочками) всех наименований (блесна, кармак, жерлицы, спиннинги), ружьями для подводной охоты, сачками, мормышками, петлями и раколовками не более трех штук на одного рыболова.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Специальные ставные приспособления и ружья для подводной охоты используются вне зоны отдыха населения, а также на закрепленных рыбохозяйственных водоемах и (или) участках для рекреационного рыболовства, обозначенных пользователем животным миром в специальных местах.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2237,130 +2331,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:bookmarkStart w:name="z64" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 26 июня 2015 года № 18-03/578 "Об утверждении Типового положения о егерской службе субъектов охотничьего и рыбного хозяйств" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11780):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z65" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Типовом положении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о егерской службе субъектов охотничьего и рыбного хозяйств, утвержденном указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2373,150 +2467,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "8. В егерскую службу охотничьего и рыбного хозяйства принимаются лица, достигшие восемнадцатилетнего возраста.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 31 марта 2015 года № 18-05/290 "Об утверждении Правил ведения рыбного хозяйства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10946):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z69" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z69" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ведения рыбного хозяйства, утвержденном указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2529,90 +2623,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="55"/>
+    <w:bookmarkStart w:name="z71" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Настоящие Правила ведения рыбного хозяйства (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об охране, воспроизводстве и использовании животного мира" (далее – Закон) и определяют порядок ведения рыбного хозяйства на рыбохозяйственных водоемах и (или) участках.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2625,70 +2719,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="56"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Право ведения рыбного хозяйства с закреплением рыбохозяйственных водоемов и (или) участков предоставляется гражданам Республики Казахстан и юридическим лицам Республики Казахстан на основании решения местного исполнительного органа области о закреплении рыбохозяйственных водоемов и (или) участков, договора на ведение рыбного хозяйства, заключаемых между территориальным подразделением ведомства и пользователем животным миром.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2952,70 +3046,70 @@
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z76" w:id="57"/>
+          <w:bookmarkStart w:name="z76" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень основных требований к оказанию государственной услуги "Выдача разрешений на пользование животным миром"</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="57"/>
+          <w:bookmarkEnd w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3282,70 +3376,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="58"/>
+          <w:bookmarkStart w:name="z80" w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По всем подвидам:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="58"/>
+          <w:bookmarkEnd w:id="57"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 веб-портал "электронного правительства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3528,70 +3622,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="59"/>
+          <w:bookmarkStart w:name="z81" w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По всем подвидам:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="59"/>
+          <w:bookmarkEnd w:id="58"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 электронная (полностью автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3661,70 +3755,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="60"/>
+          <w:bookmarkStart w:name="z82" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Разрешения на пользование животным миром выдаются на следующие виды специального пользования животным миром:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
+          <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3906,70 +4000,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="61"/>
+          <w:bookmarkStart w:name="z87" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 По всем подвидам:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="61"/>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4407,90 +4501,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z99" w:id="62"/>
+          <w:bookmarkStart w:name="z99" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому кодексу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="62"/>
+          <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4588,70 +4682,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z101" w:id="63"/>
+          <w:bookmarkStart w:name="z101" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заявка в форме электронного документа, удостоверенная электронно-цифровой подписью (далее – ЭЦП) услугополучателя:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="63"/>
+          <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5337,70 +5431,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z124" w:id="64"/>
+          <w:bookmarkStart w:name="z124" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="64"/>
+          <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5574,90 +5668,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z128" w:id="65"/>
+          <w:bookmarkStart w:name="z128" w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) Для получения разрешения в целях научно-исследовательского лова необходимо наличие свидетельства об аккредитации субъекта как субъекта научной и (или) научно-технической деятельности в порядке, определенном </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>постановлением</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Правительства Республики Казахстан от 8 июня 2011 года № 645 "Об утверждении Правил аккредитации субъектов научной и (или) научно-технической деятельности".</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="65"/>
+          <w:bookmarkEnd w:id="64"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6522,70 +6616,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z132" w:id="66"/>
+          <w:bookmarkStart w:name="z132" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Марки икры осетровых видов рыб для торговли на внутреннем рынке Республики Казахстан либо мотивированный отказ.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="66"/>
+          <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На портал в "личный кабинет" в форме электронного документа направляется извещение о готовности результата оказания государственной услуги, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6655,70 +6749,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z133" w:id="67"/>
+          <w:bookmarkStart w:name="z133" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается платно физическим и юридическим лицам.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="67"/>
+          <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6836,90 +6930,90 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы услугодателя, Государственной корпорации и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z135" w:id="68"/>
+          <w:bookmarkStart w:name="z135" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) Услугодатель – с понедельника по пятницу включительно с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 часов до 14.30 часов, за исключением воскресенья и праздничных дней, согласно трудовому законодательству Республики Казахстан и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статье 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="68"/>
+          <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7037,70 +7131,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z137" w:id="69"/>
+          <w:bookmarkStart w:name="z137" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) заявление в форме электронного документа, удостоверенное ЭЦП услугополучателя по форме согласно приложению 4 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="69"/>
+          <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7482,70 +7576,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z147" w:id="70"/>
+          <w:bookmarkStart w:name="z147" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="70"/>
+          <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7719,70 +7813,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z151" w:id="71"/>
+          <w:bookmarkStart w:name="z151" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП. Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа по средством "личного кабинета" в портале, а также единого контакт-центра по вопросам оказания государственных услуг. Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе услугодателя. Единый контакт-центр 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -7858,55 +7952,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8232,31 +8326,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>