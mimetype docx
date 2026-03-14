--- v0 (2025-12-31)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="871e685" w14:textId="871e685">
+    <w:p w14:paraId="a568d63" w14:textId="a568d63">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -812,837 +812,821 @@
         <w:t>
       4. Надбавка за особые условия службы выплачивается на основании приказа руководителя органа прокуратуры со дня установления надбавки, но не ранее дня, указанного в приказе, или дня подписания приказа об установлении надбавки, если дата установления надбавки в приказе не указана.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Выплата сотрудникам надбавки за особые условия службы прекращается со дня освобождения от должности или дня вступления во временное исполнение должности, по которой выплата надбавки не предусмотрена.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Выплата денежной компенсации на содержание жилища и коммунальные услуги, сотрудникам производится со дня поступления на службу и прекращается со дня откомандирования в другие правоохранительные органы либо увольнения из органов прокуратуры (исключения из списков личного состава).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Выплата денежного довольствия сотрудникам за текущий месяц производиться до двадцать восьмого числа, а в последнем месяце текущего финансового года - до двадцать пятого декабря.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При совпадении дня выплаты денежного довольствия с выходными или праздничными днями выплата производится накануне их.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выплате денежного довольствия сотрудник ежемесячно в письменной или электронной форме извещается о составных частях денежного довольствия, причитающегося ему за соответствующий период, размерах и основаниях произведенных удержаний, а также об общей денежной сумме, подлежащей выплате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выплата денежного довольствия сотрудникам ранее установленного срока допускается убывающим в отпуск и переводимым по службе, не позже, чем за три рабочих дня до убытия в отпуск или к новому месту службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Размер денежного довольствия, причитающегося сотруднику, прослужившему неполный месяц, определяется исходя из фактического количества календарных дней, прослуженных в данном месяце.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выплате денежного довольствия за неполный месяц размер выплаты за календарный день определяется путем деления суммы денежного довольствия, положенного за полный месяц, на количество календарных дней в данном месяце.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Денежное довольствие, причитающееся сотруднику и своевременно не выплаченное ему или выплаченное в меньшем, чем следовало размере, выплачивается за весь период, в течение которого сотрудник имел право на него, в пределах срока исковой давности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...166 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Должностные оклады, доплаты за классные чины</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Должностные оклады, доплаты за классные чины и специальные звания сотрудников определяются единой системой оплаты труда работников для всех органов, содержащихся за счет государственного бюджета, утверждаемой постановлением Правительства Республики Казахстан от 16 октября 2017 года № №646дсп "Об утверждении единой системы оплаты труда работников для всех органов, содержащихся за счет государственного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Должностные оклады сотрудников определяются путем умножения соответствующих коэффициентов, утвержденных для исчисления должностных окладов и пособий для оздоровления, в зависимости от занимаемых должностей и отнесения занимаемых должностей к группам категорий должностей, выслуги лет и стажа государственной службы на размер базового должностного оклада.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По должностям, имеющим в штате двойное наименование, должностной оклад устанавливается по первому наименованию должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Должностные оклады сотрудникам выплачиваются со дня назначения на должность, но не ранее дня, указанного в приказе, или дня подписания приказа о назначении, если дата назначения на должность не указана.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Доплаты за классные чины и специальные звания сотрудников определяются путем умножения соответствующих коэффициентов, утвержденных для исчисления доплат за классные чины и специальные звания на размер базового должностного оклада.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Выплата доплаты за классные чины сотрудникам производится со дня присвоения, или дня подписания приказа о присвоении классного чина, если дата присвоения в приказе не оговорена.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Должностные оклады, доплаты за классные чины</w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+        <w:t xml:space="preserve"> Глава 3. Надбавки за особые условия прохождения службы и дополнительная оплата труда, предусмотренная законодательством Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Надбавка за особые условия службы выплачивается к фактически получаемым окладам по основной или временно исполняемой должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Если надбавка причитается за неполный месяц, сумма ее определяется исходя из указанных предельных размеров надбавки и количества календарных дней в данном месяце.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. При перемещение сотрудника на вышестоящие, равнозначные и нижестоящие должности надбавка за классную квалификацию сохраняется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Надбавка за классную квалификацию сохраняется за лицами, вновь принятыми в органы прокуратуры с перерывом в службе до трех месяцев, а также восстановленным по решению суда. По истечению данного срока присвоение надбавки за классную квалификацию производится на общих основаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Сотрудникам производится дополнительная оплата за проживание на территориях ядерного испытания на Семипалатинском ядерном полигоне и за проживание в зонах экологического бедствия, устанавливается оплата труда с применением коэффициентов в размерах и порядке, определяемым законами Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О социальной защите граждан, пострадавших вследствие ядерных испытаний на Семипалатинском испытательном ядерном полигоне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" и "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О социальной защите граждан, пострадавших вследствие экологического бедствия в Приаралье</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Надбавки за особые условия прохождения службы и дополнительная оплата труда, предусмотренная законодательством Республики Казахстан</w:t>
-[...143 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+        <w:t xml:space="preserve"> Глава 4. Выплаты, производимые в период временной нетрудоспособности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Выплата денежного довольствия сотрудникам за весь период их временной нетрудоспособности, а также по уходу за больными членами семьи, производится в полном объеме только после предоставления подтверждающих документов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Сотрудникам, заболевшим в период нахождения в распоряжении органов прокуратуры, выплачивается денежное содержание за период их временной нетрудоспособности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. При заболевании сотрудников в период нахождения в отпуске по беременности и родам, в отпуске, усыновившим или удочерившим новорожденного ребенка (детей), в отпуске без сохранения заработной платы по уходу за ребенком до достижения им возраста трех лет денежное довольствие за дни болезни не выплачивается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если заболевание продолжается и после окончания указанных отпусков, денежное довольствие выплачивается со дня, следующего за днем окончания соответствующего отпуска и до дня выхода сотрудника на службу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Выплаты, производимые в период временной нетрудоспособности</w:t>
-[...96 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Выплаты, производимые за время нахождения в распоряжении органов прокуратуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Сотрудникам, освобожденным от занимаемых должностей, за время нахождения в распоряжении соответствующих органов прокуратуры выплачивается денежное содержание со дня освобождения от штатной должности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Выплаты производятся в период сроков пребывания в распоряжении соответствующих органов прокуратуры, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О правоохранительной службе".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В приказе о зачислении в распоряжение сотрудника указывается орган прокуратуры, который будет осуществлять соответствующие выплаты в период его пребывания в распоряжении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Сотрудникам за время нахождения в распоряжении сохраняется дополнительная оплата за проживание на территориях ядерного испытания на Семипалатинском ядерном полигоне или оплата труда с применением коэффициентов за проживание в зонах экологического бедствия, при условии нахождения в распоряжении органов прокуратуры в районах и местностях, в которых установлена указанная дополнительная оплата. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Выплата премий сотрудникам, в период нахождения в распоряжении не производиться.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Выплаты, производимые отстраненным от исполнения должностных обязанностей и за время нахождения под арестом, а также восстановленным на службе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Сотрудникам, отстраненным от исполнения должностных обязанностей органом, ведущим уголовный процесс, выплата денежного довольствия приостанавливается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Сотрудникам, в отношении которых избрана мера пресечения в виде ареста, выплата денежного довольствия прекращается со дня ареста.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Сотрудникам, временно отстраненным от исполнения должностных обязанностей руководителем органа прокуратуры в случае проведения служебного расследования до решения вопроса об ответственности, но на срок не более одного месяца сохраняется денежное содержание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Сотрудникам, уволенным из органов прокуратуры в связи с осуждением за преступления, а затем реабилитированным и восстановленным соответственно в должности и специальном звании, за время вынужденного отсутствия на службе возмещается денежное довольствие в порядке и сроках, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1657,675 +1641,991 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Трудовым</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> кодексами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Выплаты, производимые за время отпусков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Сотрудникам при предоставлении оплачиваемого ежегодного трудового отпуска, выплачивается один раз в год пособие для оздоровления в размере двух должностных окладов по штатной должности, занимаемой ко дню убытия в отпуск, либо, в случае нахождения сотрудника в распоряжении органа прокуратуры, по последней занимаемой штатной должности ко дню зачисления в распоряжение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае предоставления оплачиваемого ежегодного трудового отпуска по частям, выплата пособия для оздоровления производится при предоставлении первой части отпуска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выплаченное пособие в году увольнения возврату не подлежит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оплата ежегодного трудового отпуска производится не позднее чем за три рабочих дня до его начала, а в случае предоставления трудового отпуска вне графика отпусков – не позднее трех рабочих дней со дня его предоставления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Лицам, прибывшим на службу в органы прокуратуры, в порядке перевода (откомандирования) из других правоохранительных органов, специальных государственных органов, из других государственных органов и прибывшим из числа военнослужащих Вооруженных Сил, других войск и воинских формирований, пособие для оздоровления в году их перевода (прибытия) выплачивается при подтверждении факта невыплаты им пособия по прежнему месту службы (выписка из приказа, денежный аттестат и т.д.).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Сотрудникам, поступившим в организации образования в рамках государственного заказа по подготовке государственных служащих, за время учебного отпуска денежное довольствие не выплачивается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Выплата денежной компенсации на содержание жилища и коммунальные услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Сотрудникам для оплаты расходов на содержание жилища и оплату коммунальных услуг выплачивается денежная компенсация.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Размер денежной компенсации определяется в соответствии с Законом о республиканском бюджете на соответствующий финансовый год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Выплата денежной компенсации производится каждому сотруднику независимо от родственных отношений и совместного проживания (то есть мужу, жене, детям, если они являются сотрудниками).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Денежная компенсация выплачивается одновременно с выплатой денежного довольствия за текущий месяц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Сотрудникам, прикомандированным к Администрации Президента Республики Казахстан, аппаратам Палат Парламента Республики Казахстан, Канцелярии Премьер-Министра Республики Казахстан, иным государственным органам и международным организациям с оставлением в кадрах органов прокуратуры, денежная компенсация выплачивается органами, в штатах которых они состояли до прикомандирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z95" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...86 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 8-1. Выплата подъемного пособия при перемещении и выдвижении по службе сотрудников системы органов прокуратуры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены главой 8-1 в соответствии с приказом Генерального Прокурора РК от 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-1. При перемещении и выдвижении по службе сотрудника, связанных с переездом из одного населенного пункта в другой на удаление более пятидесяти километров, ему выплачивается подъемное пособие в размере двухмесячного денежного содержания на самого сотрудника и половины месячного денежного содержания на каждого члена семьи, переехавшего вместе с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для расчета подъемного пособия применяется денежное содержание на дату назначения сотрудника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если супруг и супруга являются сотрудниками системы органов прокуратуры, подъемное пособие на остальных членов их семьи выплачивается по их выбору одному из них из окладов денежного содержания получателя этого пособия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-2. При перемещении и выдвижении по службе сотрудника системы органов прокуратуры ему возмещаются за счет бюджетных средств затраты за перевозку до десяти тонн собственного имущества, а также за проезд на железнодорожном, водном, автомобильном транспорте, включая членов семьи, переехавших в месте с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протяженность автомобильных дорог определяется между границами населенных пунктов от пункта убытия до пункта назначения. Расстояние между населенными пунктами рассчитывается по кратчайшему пути, независимо от значения автомобильных дорог.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-3. Основанием для выплаты подъемного пособия является приказ, изданный после предоставления следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) рапорт в произвольной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) документы по провозу имущества (договор, товарно-транспортная накладная, акт выполненных работ, фискальный чек, приходный кассовый ордер, счет-фактура);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) проездные документы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) справка о составе семьи на дату назначения, выданная кадровым подразделением органов прокуратуры; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копии документов, подтверждающих родство членов семьи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) справка учебного заведения о том, что лица в возрасте до двадцати трех лет являются обучающимися очной формы обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) документы об отсутствии самостоятельного источника дохода у родителей, находящихся на иждивении сотрудника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под членами семьи сотрудников понимаются: супруга (супруг), совместные или одного из супругов несовершеннолетние дети (усыновленные, удочеренные, находящиеся на иждивении или под опекой); дети супруга (супруги), обучающиеся в организациях образования по очной форме обучения, в возрасте до двадцати трех лет; дети с инвалидностью (усыновленные, удочеренные, находящиеся на иждивении или под опекой) и дети с инвалидностью супруга (супруги), которым установлена инвалидность до восемнадцати лет; родители и родители супруга (супруги), находящиеся на иждивении сотрудника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Под лицами, находящимися на иждивении, признаются члены семьи сотрудника правоохранительного органа, проживающие за счет его дохода и не имеющие самостоятельного источника дохода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 9. Выплаты, производимые при увольнении из органов прокуратуры</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Сотрудникам, уволенным из органов прокуратуры, производится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) занимавшим ко дню увольнения должность – выплата денежного довольствия по день, предшествующий дню увольнения, указанного в приказе об увольнении, или дня подписания приказа об увольнении, если дата увольнения не указана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) состоящим ко дню увольнения в распоряжении органов прокуратуры – выплата денежного содержания по день нахождения в распоряжении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Выплаты осуществляются финансовым подразделением органов прокуратуры по последнему месту службы сотрудника, на основании приказа руководителя органа прокуратуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Сотрудникам, увольняемым из органов прокуратуры, за неиспользованный в году увольнения оплачиваемый ежегодный трудовой отпуск выплачивается денежная компенсация пропорционально прослуженному в этом году времени, но не более чем за сорок календарных дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Денежная компенсация за неиспользованные дни отпуска исчисляется исходя из размера выплаты за календарный день, определяемого путем деления суммы денежного содержания, положенного за полный месяц, на среднемесячное число календарных дней в году увольнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 10. Выплаты, производимые магистрантам, докторантам, лицам, поступающим на службу в органы прокуратуры и проходящим первоначальную профессиональную подготовку в Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Сотрудникам, зачисленным в магистратуру и докторантуру Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан, на время обучения устанавливается должностной оклад в размере семидесяти процентов от должностного оклада по последней (не временно исполняемой) штатной должности, занимаемой до направления на учебу, а также доплата за классный чин и за специальное звание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Лицам, поступающим на службу в органы прокуратуры и проходящим первоначальную профессиональную подготовку в Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан (далее - слушатели) со дня зачисления выплачивается стипендия, размер которой определяется Правительством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z84" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 11. Денежные аттестаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z85" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. При перемещениях, переводах, а также увольнении сотруднику выдается денежный аттестат по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z86" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Денежный аттестат сотрудникам выдается после предоставления им обходного листа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z87" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. В тех случаях, когда денежный аттестат при убытии не был выдан по причине задолженности сотрудника по выплате денежного довольствия и иным выплатам, предусмотренным законодательством, а также в случае непредоставления обходного листа финансовое подразделение органов прокуратуры высылает этот аттестат по новому месту службы убывшего после погашения задолженности и предоставлении обходного листа сотрудником.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z88" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Сотрудникам, прибывшим к новому месту службы, денежное довольствие выплачивается на основании приказа о назначении с учетом данных, отраженных в денежном аттестате, выданном по прежнему месту службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z89" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 12. Сфера действия настоящих Правил</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z90" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Споры, вытекающие по вопросам выплаты денежного довольствия, пособий и прочих выплат сотрудникам органов прокуратуры, рассматриваются в порядке, установленном законодательством Республики Казахстан об административных процедурах и гражданским законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2482,88 +2782,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          ДЕНЕЖНЫЙ АТТЕСТАТ №</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z94" w:id="90"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________удостоверяет, что _______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                   (наименование органа, выдавшего аттестат)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3419,55 +3719,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>