--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0049faa" w14:textId="0049faa">
+    <w:p w14:paraId="5349136" w14:textId="5349136">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1405,328 +1405,338 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок приема в магистратуру и докторантуру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z30" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. В магистратуру по научно-педагогическому направлению, в том числе по дистанционному обучению принимаются сотрудники и военнослужащие правоохранительных органов Республики Казахстан, освоившие образовательные программы высшего образования и имеющие стаж практической работы в правоохранительных органах не менее одного года.</w:t>
+      8. В магистратуру по научно-педагогическому направлению, в том числе по дистанционному обучению, принимаются сотрудники и военнослужащие правоохранительных органов Республики Казахстан, освоившие образовательные программы высшего образования и имеющие стаж практической работы в правоохранительных органах не менее одного года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z236" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В магистратуру по профильному направлению, в том числе по дистанционному обучению, принимаются сотрудники и военнослужащие правоохранительных органов Республики Казахстан, освоившие образовательные программы высшего образования и имеющие стаж практической работы в правоохранительных органах не менее двух лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z237" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В магистратуру по научно-педагогическому и профильному направлениям, в том числе по дистанционному обучению, принимаются граждане Республики Казахстан и иностранные граждане, освоившие образовательные программы высшего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Генерального Прокурора РК от 12.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 47</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Генерального Прокурора РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="32"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z32" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В докторантуру по научно-педагогическому направлению, в том числе по дистанционному обучению, принимаются сотрудники и военнослужащие правоохранительных органов Республики Казахстан, имеющие не менее пяти лет стажа правоохранительной службы либо не менее пяти лет стажа государственной службы, из которых не менее трех лет на должностях в правоохранительных органах, и имеющие степень "магистр".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z238" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, окончившие магистратуру профильного направления, принимаются при условии дополнительного освоения ими образовательной программы послевузовского образования педагогического профиля научно-педагогической магистратуры.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z239" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В докторантуру по профилю, в том числе по дистанционному обучению, принимаются сотрудники и военнослужащие правоохранительных органов Республики Казахстан, имеющие не менее пяти лет стажа правоохранительной службы либо не менее пяти лет стажа государственной службы, из которых не менее трех лет на должностях в правоохранительных органах, и имеющие степень "магистр" или высшее специальное образование, приравненное к профильной магистратуре.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z240" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В докторантуру по научно-педагогическому и профильному направлениям, в том числе по дистанционному обучению, принимаются граждане Республики Казахстан и иностранные граждане, имеющие степень "магистр" или высшее специальное образование, приравненное к профильной магистратуре.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Генерального Прокурора РК от 12.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 47</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции приказа Генерального Прокурора РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="33"/>
+    <w:bookmarkStart w:name="z220" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9-1. Сотрудник, находящийся в отпуске, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О правоохранительной службе", принимается в магистратуру и докторантуру Академии после выхода из отпуска и назначения на штатную должность в правоохранительном органе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1745,612 +1755,572 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="34"/>
+    <w:bookmarkStart w:name="z34" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Для приема документов и организации проведения вступительных экзаменов в магистратуру и докторантуру в Академии создается приемная комиссия, состав которой утверждается приказом ректора Академии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z35" w:id="35"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z35" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Приемная комиссия формируется в составе председателя, секретаря и не менее трех членов комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z36" w:id="36"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z36" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председателем приемной комиссии является ректор Академии, который руководит деятельностью приемной комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z37" w:id="37"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z37" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Секретарем приемной комиссии назначается сотрудник Академии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z38" w:id="38"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z38" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Приемная комиссия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-[...98 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z227" w:id="44"/>
-[...15 lines deleted...]
-      5) анализирует итоги приема кандидатов на обучение и формирует предложения по дальнейшему совершенствованию работы.</w:t>
+    <w:bookmarkStart w:name="z241" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверяет полноту представленных документов, указанных в пунктах 15 и 16 настоящих Правил, и определяет соответствие кандидатов требованиям пунктов 8 и 9 настоящих Правил;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z242" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) формирует списки кандидатов на обучение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z243" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) рассматривает вопрос о зачислении в число магистрантов и докторантов Академии с учетом результатов работы экзаменационной комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z244" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) анализирует итоги приема кандидатов на обучение и формирует предложения по дальнейшему совершенствованию работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Генерального Прокурора РК от 12.04.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 47</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Генерального Прокурора РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="45"/>
+    <w:bookmarkStart w:name="z45" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Деятельность приемной комиссии осуществляется в соответствии с планом работы. Заседания приемной комиссии проводятся по мере необходимости.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z46" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z46" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Решения приемной комиссии оформляются протоколом в произвольной форме и принимаются простым большинством голосов при наличии не менее двух третей утвержденного состава. При равенстве голосов мнение председателя приемной комиссии является решающим.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z47" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z47" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Кандидаты для поступления в магистратуру Академии предоставляют в приемную комиссию следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z48" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z48" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) рапорт на имя ректора Академии по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z49" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z49" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) документ удостоверяющий личность, либо электронный документ из сервиса цифровых документов (требуется для идентификации личности);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z50" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z50" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копию документа о высшем образовании и приложения к нему;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z51" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z51" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) нотариально заверенную копию международного сертификата, подтверждающего владение иностранным языком в соответствии с пунктом 24 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z52" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z52" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) список научных и научно-методических работ (при их наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z53" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z53" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) грамоты или дипломы за участие в научных конференциях и конкурсах (при их наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z54" w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z54" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) медицинскую справку по форме 075-У в электронном формате, утвержденную </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения, а также инструкций по их заполнению" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z55" w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z55" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) шесть фотографий размером 3х4 сантиметра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z56" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z56" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) оригинал квитанции об оплате за участие в тестировании по иностранному языку, за исключением иностранных граждан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2369,150 +2339,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="57"/>
+    <w:bookmarkStart w:name="z57" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Кандидаты для поступления в докторантуру Академии подают в приемную комиссию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z58" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z58" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) документы, указанные в подпунктах 1), 2), 3), 4), 5), 6), 7), 8), 9) пункта 15 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z59" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z59" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копию документа о послевузовском образовании и приложения к нему;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z60" w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z60" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копию свидетельства к основному диплому об освоении образовательных программ педагогического профиля (для кандидатов, окончивших магистратуру профильного направления).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z228" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z228" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16-1. Документы кандидатов, указанные в пунктах 15 и 16 настоящих Правил, регистрируются службой документационного обеспечения Академии в единой информационной аналитической системе "Кадағалау".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2531,170 +2501,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="62"/>
+    <w:bookmarkStart w:name="z61" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Оригиналы документов представляются кандидатами для сверки в период проведения вступительных экзаменов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z62" w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z62" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Секретарь приемной комиссии выдает кандидату расписку о приеме документов по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z63" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z63" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. При предоставлении неполного перечня документов, указанных в пунктах 15, 16 Правил, приемная комиссия не принимает документы от кандидата. Кандидат на обучение может повторно направить документы в сроки, установленные пунктом 5 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z64" w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z64" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Жалоба на решение, действие (бездействие) приемной комиссии рассматривается в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2713,108 +2683,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="66"/>
+    <w:bookmarkStart w:name="z66" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок проведения вступительных экзаменов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z67" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z67" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. На период проведения вступительных экзаменов в магистратуру и докторантуру в Академии создается экзаменационная комиссия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z68" w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z68" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Экзаменационная комиссия создается для проведения экзамена по родственным направлениям подготовки кадров магистратуры, докторантуры и состоит из председателя, секретаря и не менее трех членов комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В состав экзаменационной комиссии входят сотрудники Академии, правоохранительных органов, ВУЗов и научных организаций, имеющие ученые степени или степени (академической) доктора философии PhD или доктора по профилю, или ученые звания, а также квалифицированные специалисты, имеющие научно-педагогический стаж не менее трех лет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2869,70 +2839,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="69"/>
+    <w:bookmarkStart w:name="z70" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Кандидаты, поступающие в магистратуру, докторантуру Академии, сдают вступительные экзамены:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по иностранному языку (английский, немецкий, французский по выбору);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3023,928 +2993,928 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="70"/>
+    <w:bookmarkStart w:name="z74" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Кандидаты, имеющие один из международных сертификатов, подтверждающих владение иностранным языком в соответствии с общеевропейскими компетенциями (стандартами) владения иностранным языком, освобождаются от вступительного экзамена по иностранному языку:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z75" w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z75" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в магистратуру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z76" w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z76" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       английский язык: IELTS Academic (International English Language Testing System Academic), пороговый балл – не менее 6,0;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z77" w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z77" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       TOEFL IBT (Test of English as a Foreign Language Internet-based test), пороговый балл – не менее 60;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z78" w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z78" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ТOEFL PBT (Test of English as a Foreign Language Paper-based test), пороговый балл – не менее 498;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z79" w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z79" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       немецкий язык: Deutsche Sprachpruеfung fuеr den Hochschulzugang (DSH, Niveau С1/уровень C1), TestDaF-Prufung (NiveauC1/уровень C1);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z80" w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z80" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       французский язык: TFI (Test de Franзais International™) – не ниже уровня В1 по секциям чтения и аудирования, DELF (Diplome d’Etudes en Langue franзaise) – уровень B2, DALF (Diplome Approfondi de Langue franзaise) – уровень C1, TCF (Test de connaissance du franзais) – не менее 50 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z81" w:id="77"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z81" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в докторантуру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z82" w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z82" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       английский язык: IELTS Academic ( International English Language Testing System Academic) пороговый балл – не менее 5,5;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z83" w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z83" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ТOEFL IBT (Test of English as a Foreign Language Internet-based test), пороговый балл – не менее 46;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z84" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z84" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       TOEFL PBT (Test of English as a Foreign Language Paper-based test), пороговый балл – не менее 453;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z85" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z85" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       TOEFL ITP (Test of English as a Foreign Language Institutional Testing Programm), пороговый балл – не менее 460;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z86" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z86" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       немецкий язык: Deutsche Sprachpruеfung fuеr den Hochschulzugang (DSH, NiveauВ2/уровень В2), TestDaF-Prufung (Niveau В2/уровень В2);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z87" w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z87" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       французский язык: TFI (Test de Franзais International™) – не ниже уровня В2 по секциям чтения и аудирования), DELF (Diplome d’Etudes en Langue franзaise) – уровень B2, DALF (Diplome Approfondi de Langue franзaise) – уровень В2, TCF (Test de connaissance du franзais) – не менее 50 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z88" w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z88" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Вступительные экзамены по иностранному языку проводятся по технологии, разработанной Национальным центром тестирования Министерства науки и высшего образования Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z89" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z89" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лица, завершившие обучение в зарубежных организациях высшего и послевузовского образования в странах государственным или официальным языком которых, является английский и имеющих специализированную аккредитацию зарубежных аккредитационных органов, включенных в реестры и (или) ассоциации аккредитационных органов государств – членов Организации экономического сотрудничества и развития в течение 5 лет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z90" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z90" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) освобождаются от вступительных экзаменов по иностранному языку (английский язык) в магистратуру с казахским или русским языком обучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z91" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z91" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не предоставляют международные сертификаты, подтверждающие владение иностранным языком в соответствии с общеевропейскими компетенциями (стандартами) владения иностранным языком, указанных в пункте 24 настоящих Правил для поступления в докторантуру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z92" w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z92" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подлинность и срок действия представляемых сертификатов проверяется приемной комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z93" w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z93" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Вступительный экзамен для поступающих в магистратуру, докторантуру проводится в объеме образовательных программ предыдущего уровня образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z94" w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z94" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регламент проведения вступительного экзамена утверждается приказом ректора Академии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z95" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z95" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расписание вступительного экзамена (форма проведения, дата, время и место проведения вступительного экзамена) в магистратуру, докторантуру Академии утверждается председателем приемной комиссии и размещается на Интернет-ресурсе Академии до начала вступительного экзамена.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z96" w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z96" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Программа вступительного экзамена в магистратуру, докторантуру формируется Академией самостоятельно и утверждается решением Ученого совета Академии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z97" w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z97" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Результаты вступительных экзаменов объявляются в день их проведения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z98" w:id="94"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z98" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Пересдача вступительных экзаменов не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z99" w:id="95"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z99" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. В целях обеспечения соблюдения единых требований и разрешения спорных вопросов в период проведения вступительных экзаменов в магистратуру и докторантуру создается апелляционная комиссия в составе председателя и не менее двух членов комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z100" w:id="96"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z100" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Состав апелляционной комиссии утверждается приказом ректора Академии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z101" w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z101" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Апелляционная комиссия принимает и рассматривает заявления от кандидатов, поступающих в магистратуру или докторантуру, не согласных с результатами вступительных экзаменов, содержанием экзаменационных материалов, в том числе по техническим причинам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z102" w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z102" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Заявление на апелляцию подается на имя председателя апелляционной комиссии кандидатом, поступающим в магистратуру или докторантуру, до 13:00 часов следующего дня после объявления результатов вступительного экзамена и рассматривается апелляционной комиссией в течение одного рабочего дня со дня подачи заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z103" w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z103" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Апелляционная комиссия работает с каждым кандидатом в индивидуальном порядке. В случае неявки кандидата на заседание апелляционной комиссии, его заявление на апелляцию не рассматривается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z104" w:id="100"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z104" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Решение апелляционной комиссией принимается большинством голосов от общего числа членов комиссии. В случае равенства голосов голос председателя комиссии является решающим. Работа апелляционной комиссии оформляется протоколом в произвольной форме, подписанным председателем и всеми членами комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z105" w:id="101"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z105" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Протоколы экзаменационной и апелляционной комиссий передаются в приемную комиссию Академии в течение одного рабочего дня с момента проведения заседания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z106" w:id="102"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z106" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок зачисления в магистратуру и докторантуру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z107" w:id="103"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z107" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. На обучение в магистратуру, докторантуру по образовательным программам зачисляются на конкурсной основе кандидаты, набравшие пороговый балл по результатам вступительных экзаменов в соответствии со Шкалой 100-балльной системы оценок, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z108" w:id="104"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z108" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решением приемной комиссии для участия в конкурсе кандидаты, набравшие пороговый балл по результатам вступительных экзаменов, при их согласии и наличии вакантных мест, могут перераспределяться с одной образовательной программы на другую образовательную программу магистратуры или докторантуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z109" w:id="105"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z109" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пороговый балл ежегодно устанавливается решением Ученого совета Академии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z110" w:id="106"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z110" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. В случае одинаковых показателей конкурсных баллов, преимущество при зачислении получают кандидаты, имеющие наибольший стаж правоохранительной службы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z230" w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z230" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Затем учитываются научно-педагогические достижения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z231" w:id="108"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z231" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) научные публикации, в том числе в рейтинговых научных изданиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z232" w:id="109"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z232" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) свидетельства о научных разработках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z233" w:id="110"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z233" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сертификаты о присуждении научных стипендий, грантов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z234" w:id="111"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z234" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) грамоты или дипломы за участие в научных конференциях и конкурсах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z235" w:id="112"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z235" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) справки, подтверждающие участие в научно-образовательной деятельности Академии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3963,191 +3933,191 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="113"/>
+    <w:bookmarkStart w:name="z116" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. На основании протокола приемной комиссии ректор Академии издает приказ о зачислении кандидатов в число обучающихся в магистратуру и докторантуру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z117" w:id="114"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z117" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кандидаты, зачисленные в магистратуру и докторантуру, предоставляют к 1 сентября календарного года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z118" w:id="115"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z118" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) личный листок по учету кадров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z119" w:id="116"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z119" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копию аттестационного листа за последний период службы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z120" w:id="117"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z120" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) справку о стаже правоохранительной службы, выданную кадровой службой;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z121" w:id="118"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z121" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выписку из приказов о присвоении последнего специального звания или классного чина.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z122" w:id="119"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z122" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Приемная комиссия после завершения работы направляет в Генеральную прокуратуру Республики Казахстан итоговый отчет по результатам приема, а также копии приказов о зачислении в магистратуру и докторантуру Академии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z123" w:id="120"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z123" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Вопросы, не регламентированные настоящими Правилами, разрешаются приемной комиссией в порядке, установленном законами Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4162,51 +4132,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" и "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об образовании</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4532,88 +4502,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>должность, телефон</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кандидата на обучение)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="121"/>
+    <w:bookmarkStart w:name="z142" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            Рапорт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z143" w:id="122"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z143" w:id="125"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу Вас разрешить мне сдать вступительные экзамены для поступления в</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>магистратуру/ докторантуру (нужное подчеркнуть) Академии правоохранительных органов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4899,64 +4869,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           (подпись кандидата на обучение, дата)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z156" w:id="123"/>
+      <w:bookmarkStart w:name="z156" w:id="126"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Согласован_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(Ф.И.О. (при его наличии), подпись непосредственного руководителя кандидата на обучение)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -5156,88 +5126,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z165" w:id="124"/>
+    <w:bookmarkStart w:name="z165" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Расписка о приеме документов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z166" w:id="125"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z166" w:id="128"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с пунктами 15, 16 Правил приема на обучение в Академию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>правоохранительных органов при Генеральной прокуратуре Республики Казахстан,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5507,101 +5477,101 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата___ ___________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z182" w:id="126"/>
+      <w:bookmarkStart w:name="z182" w:id="129"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расписку получил _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (фамилия, имя, отчество (при его наличии), подпись лица, сдавшего документы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z183" w:id="127"/>
+      <w:bookmarkStart w:name="z183" w:id="130"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: расписка составляется в 2-х экземплярах, 1 экземпляр вручается под роспись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>лицу, сдавшему документы, 2 экземпляр подшивается в учебное дело кандидата на обучение.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -5736,68 +5706,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>образовательные программы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>послевузовского образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z191" w:id="128"/>
+    <w:bookmarkStart w:name="z191" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шкала 100-балльной системы оценок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6723,414 +6693,414 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 января 2023 года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> № 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z197" w:id="129"/>
+    <w:bookmarkStart w:name="z197" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>утративших силу некоторых приказов и структурных элементов некоторых приказов Генерального Прокурора Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z198" w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z198" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 13 августа 2015 года № 101 "Об утверждении Правил приема на обучение в Академию правоохранительных органов при Генеральной прокуратуре Республики Казахстан, реализующую образовательные программы послевузовского образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12000).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z199" w:id="131"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z199" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 30 сентября 2015 года № 117 "О внесении изменения в приказ Генерального Прокурора Республики Казахстан от 13 августа 2015 года № 101 "Об утверждении Правил приема на обучение в Академию правоохранительных органов при Генеральной прокуратуре Республики Казахстан, реализующую профессиональные учебные программы послевузовского образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12139).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z200" w:id="132"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z200" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приказа Генерального Прокурора Республики Казахстан от 15 ноября 2016 года № 172 "О внесении изменений и дополнения в некоторые приказы Генерального Прокурора Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 14554).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z201" w:id="133"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z201" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Генерального Прокурора Республики Казахстан от 14 июля 2017 года № 70 "О внесении изменений в приказ Генерального Прокурора Республики Казахстан от 13 августа 2015 года № 101 "Об утверждении Правил приема на обучение в Академию правоохранительных органов при Генеральной прокуратуре Республики Казахстан, реализующую профессиональные учебные программы послевузовского образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15435).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z202" w:id="134"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z202" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приказа Генерального Прокурора Республики Казахстан от 4 декабря 2018 года № 134 "О внесении изменений и дополнений в некоторые приказы Генерального Прокурора Республики Казахстан по вопросам образовательной деятельности Академии правоохранительных органов при Генеральной прокуратуре Республики Казахстан (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17866).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z203" w:id="135"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z203" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Генерального Прокурора Республики Казахстан от 3 июля 2020 года № 83 "О внесении изменений в приказ Генерального Прокурора Республики Казахстан от 13 августа 2015 года № 101 "Об утверждении Правил приема на обучение в Академию правоохранительных органов при Генеральной прокуратуре Республики Казахстан, реализующую образовательные программы послевузовского образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20933).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z204" w:id="136"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z204" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приказа Генерального Прокурора Республики Казахстан от 3 июля 2021 года № 95 "О внесении изменений и дополнений в некоторые приказы Генерального Прокурора Республики Казахстан по вопросам образовательной деятельности (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 23425).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>