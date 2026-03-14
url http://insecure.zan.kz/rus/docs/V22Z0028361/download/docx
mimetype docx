--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="79a82c6" w14:textId="79a82c6">
+    <w:p w14:paraId="5a36e67" w14:textId="5a36e67">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -511,149 +511,147 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 1 </w:t>
+              <w:t xml:space="preserve">Приложение 1 к постановлению </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к постановлению акимата </w:t>
+              <w:t xml:space="preserve">акимата Западно-Казахстанской </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Западно-Казахстанской области </w:t>
+              <w:t xml:space="preserve">области от 23 мая 2022 года </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 23 мая 2022 года № 91</w:t>
+              <w:t>№ 91</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Государственный образовательный заказ на дошкольное воспитание и обучение по Западно-Казахстанской области</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции постановления акимата Западно-Казахстанской области от 13.12.2024 </w:t>
+      Сноска. Приложение 1 – в редакции постановления акимата Западно-Казахстанской области от 26.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 345</w:t>
+        <w:t>№ 300</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -1090,231 +1088,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22266</w:t>
-[...143 lines deleted...]
-100163</w:t>
+22666</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56 891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52437</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84798</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101797</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24550</w:t>
+25164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1347,231 +1345,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11834</w:t>
-[...143 lines deleted...]
-113429</w:t>
+12589</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63 315</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58147</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95505</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27380</w:t>
+28019</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1610,149 +1608,147 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 2 </w:t>
+              <w:t xml:space="preserve">Приложение 2 к постановлению </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">к постановлению акимата </w:t>
+              <w:t xml:space="preserve">акимата Западно-Казахстанской </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Западно-Казахстанской области </w:t>
+              <w:t xml:space="preserve">области от 23 мая 2022 года </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 23 мая 2022 года № 91</w:t>
+              <w:t>№ 91</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Размер родительской платы на дошкольное воспитание и обучение по Западно-Казахстанской области</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 – в редакции постановления акимата Западно-Казахстанской области от 13.12.2024 </w:t>
+      Сноска. Приложение 2 – в редакции постановления акимата Западно-Казахстанской области от 26.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 345</w:t>
+        <w:t>№ 300</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие со дня опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -2238,87 +2234,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-966</w:t>
-[...35 lines deleted...]
-12500/13000</w:t>
+1415</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13500/14000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2495,195 +2491,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2042</w:t>
-[...107 lines deleted...]
--/9990</w:t>
+2048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19570/23140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19570/23140</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-/11685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40000/40000</w:t>
+38600/39940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2752,87 +2748,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-610</w:t>
-[...35 lines deleted...]
-12800/13000</w:t>
+642</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15800/16000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3009,87 +3005,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-592</w:t>
-[...35 lines deleted...]
-14000/15000</w:t>
+663</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17000/18000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3266,123 +3262,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-938</w:t>
-[...71 lines deleted...]
--/13200</w:t>
+1020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12600/15750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12600/-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3410,51 +3406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13650/16500</w:t>
+17346/17884</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3523,87 +3519,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-733</w:t>
-[...35 lines deleted...]
-11000/14100</w:t>
+696</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13000/17000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3780,123 +3776,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1553</w:t>
-[...71 lines deleted...]
-9000/ 10000</w:t>
+1597</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14300/17300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10000/ 10000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3924,51 +3920,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10000/ 10000</w:t>
+12000/ 12000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4037,87 +4033,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-670</w:t>
-[...35 lines deleted...]
-13000/16000</w:t>
+745</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19800/22000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4181,51 +4177,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13000/16000</w:t>
+19800/22000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4294,195 +4290,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-804</w:t>
-[...35 lines deleted...]
-13378/15610</w:t>
+766</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13783/17390</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0/17390</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16839/17005</w:t>
+18000/20000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4551,87 +4547,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-695</w:t>
-[...35 lines deleted...]
-15748/18063 </w:t>
+658</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17730/20895</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4687,51 +4683,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16000/18437</w:t>
+16000/18000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4800,87 +4796,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1657</w:t>
-[...35 lines deleted...]
-12156/17993</w:t>
+1770</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16000/18000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4944,51 +4940,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18000/18000</w:t>
+18000/20000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5057,87 +5053,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-574</w:t>
-[...35 lines deleted...]
-16230/18520</w:t>
+569</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17695/21358</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5314,87 +5310,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19606</w:t>
-[...35 lines deleted...]
-18000/20000</w:t>
+19950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19000/21000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5458,51 +5454,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45000/45000</w:t>
+50000/50000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5571,87 +5567,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2660</w:t>
-[...35 lines deleted...]
-19000/20000</w:t>
+2716</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24000/25000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5715,51 +5711,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40000/45000</w:t>
+50000/55000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5791,55 +5787,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>