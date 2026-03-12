--- v0 (2025-10-13)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2f1ec88" w14:textId="2f1ec88">
+    <w:p w14:paraId="926888f" w14:textId="926888f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -853,845 +853,623 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Карасускому району</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила в редакции постановления акимата Карасуского района Костанайской области от 25.04.2025 </w:t>
+      Сноска. Правила в редакции постановления акимата Карасуского района Костанайской области от 03.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 81</w:t>
+        <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z26" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Карасускому району (далее – Правила) разработаны в соответствии с подпунктом 11) пункта 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О жилищных отношениях" (далее – Закон), иными нормативными правовыми актами и определяют порядок организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Карасускому району.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах применяются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) единый архитектурный стиль - совокупность единых признаков, используемых в строительстве, характерная для определенного района застройки территории, в том числе индивидуальной застройки. Основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы. Для района индивидуальной застройки основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы, ограждения, тип кровли и расположение хозяйственно-бытовых построек на территории участка;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О жилищных отношениях" (далее – Закон), иными нормативными правовыми актами и определяют порядок организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Карасускому району.</w:t>
+        <w:t>
+      2) объект кондоминиума – единый имущественный комплекс, состоящий из квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности, и общего имущества, которое не может находиться в индивидуальной (раздельной) собственности и принадлежит собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z28" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> применяются следующие основные понятия:</w:t>
+        <w:t>
+      3) общее имущество объекта кондоминиума – части объекта кондоминиума (фасады, подъезды, вестибюли, холлы, коридоры, лестничные марши и лестничные площадки, лифты, крыши, козырьки (навесы) входных групп, чердаки, технические этажи, подвалы, общедомовые инженерные системы и оборудование, абонентские почтовые ящики, земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок, элементы благоустройства и другое имущество общего пользования), кроме квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z29" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) единый архитектурный стиль - совокупность единых признаков, используемых в строительстве, характерная для определенного района застройки территории, в том числе индивидуальной застройки. Основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы. Для района индивидуальной застройки основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы, ограждения, тип кровли и расположение хозяйственно-бытовых построек на территории участка;</w:t>
+      4) текущий ремонт общего имущества объекта кондоминиума - комплекс своевременных технических мероприятий и работ по замене или восстановлению составных частей и инженерного оборудования многоквартирного жилого дома, установленных нормативной и технической документацией, проводимых с целью предотвращения их преждевременного износа и устранения неисправности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z30" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) объект кондоминиума – единый имущественный комплекс, состоящий из квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности, и общего имущества, которое не может находиться в индивидуальной (раздельной) собственности и принадлежит собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
+      5) капитальный ремонт общего имущества объекта кондоминиума - комплекс мероприятий и работ по замене изношенных конструкций, деталей и инженерного оборудования многоквартирного жилого дома на новые или более прочные и экономичные, улучшающие эксплуатационные показатели ремонтируемых объектов, проводимых с целью восстановления ресурса многоквартирного жилого дома;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z31" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) общее имущество объекта кондоминиума - части объекта кондоминиума (фасады, подъезды, вестибюли, холлы, коридоры, лестничные марши и лестничные площадки, лифты, крыши, чердаки, технические этажи, подвалы, общедомовые инженерные системы и оборудование, абонентские почтовые ящики, земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок, элементы благоустройства и другое имущество общего пользования), кроме квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности, и телекоммуникационного оборудования, являющегося собственностью операторов сотовой связи;</w:t>
+      6) многоквартирный жилой дом - отдельно стоящее здание с единым фундаментом на едином неделимом земельном участке, состоящее из общего имущества объекта кондоминиума, которое является общей долевой собственностью, и двух и более квартир, нежилых помещений, имеющих самостоятельные выходы на земельный участок, прилегающий к многоквартирному жилому дому, либо в иные части общего имущества объекта кондоминиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z32" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) текущий ремонт общего имущества объекта кондоминиума - комплекс своевременных технических мероприятий и работ по замене или восстановлению составных частей и инженерного оборудования многоквартирного жилого дома, установленных нормативной и технической документацией, проводимых с целью предотвращения их преждевременного износа и устранения неисправности;</w:t>
+      7) собрание собственников квартир, нежилых помещений многоквартирного жилого дома (далее – собрание) – высший орган управления объектом кондоминиума, обеспечивающий коллективное обсуждение и (или) принятие решений, связанных с управлением объектом кондоминиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z33" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) капитальный ремонт общего имущества объекта кондоминиума - комплекс мероприятий и работ по замене изношенных конструкций, деталей и инженерного оборудования многоквартирного жилого дома на новые или более прочные и экономичные, улучшающие эксплуатационные показатели ремонтируемых объектов, проводимых с целью восстановления ресурса многоквартирного жилого дома;</w:t>
+      8) реконструкция – изменение отдельных помещений, иных частей здания или здания в целом, как правило, связанное с необходимостью обновления и модернизации изменяемого объекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z34" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      6) содержание общего имущества объекта кондоминиума - комплекс работ или услуг по технической эксплуатации, санитарному содержанию и текущему ремонту общего имущества объекта кондоминиума;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z35" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7) многоквартирный жилой дом - отдельно стоящее здание с единым фундаментом на едином неделимом земельном участке, состоящее из общего имущества объекта кондоминиума, которое является общей долевой собственностью, и двух и более квартир, нежилых помещений, имеющих самостоятельные выходы на земельный участок, прилегающий к многоквартирному жилому дому, либо в иные части общего имущества объекта кондоминиума;</w:t>
+        <w:t xml:space="preserve">
+      3. Государственное учреждение "Отдел жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции Карасуского района" (далее - Отдел) на основании экспертного заключения, выданного в соответствии с приказом Министра национальной экономики Республики Казахстан от 19 ноября 2015 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 702</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Об утверждении Правил осуществления технического обследования надежности и устойчивости зданий и сооружений" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 12425) определяет перечень многоквартирных жилых домов, требующих проведения реконструкции, текущего или капитального ремонта наружных стен, кровли многоквартирных жилых домов для придания единого архитектурного облика Карасускому району.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z36" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8) кондоминиум многоквартирного жилого дома (далее - кондоминиум) - форма собственности, зарегистрированная в порядке, определенном законодательством Республики Казахстан, при которой квартиры, нежилые помещения, парковочные места, кладовки находятся в индивидуальной (раздельной) собственности, а те части, которые не находятся в индивидуальной (раздельной) собственности, принадлежат собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
+        <w:t xml:space="preserve">
+      4. Государственное учреждение "Отдел архитектуры, градостроительства и строительства акимата Карасуского района" обеспечивает разработку и утверждение единого архитектурного облика Карасуского района, после определения перечня многоквартирных жилых домов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z37" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      9) собрание собственников квартир, нежилых помещений многоквартирного жилого дома (далее - собрание) - высший орган управления объектом кондоминиума, обеспечивающий коллективное обсуждение и принятие решений собственниками квартир, нежилых помещений, связанных с управлением объектом кондоминиума и содержанием общего имущества объекта кондоминиума, путем голосования.</w:t>
+        <w:t xml:space="preserve">
+      5. Акимат Карасуского района в соответствии с приказом исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 30 марта 2020 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 163</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Об утверждении Правил принятия решений по управлению объектом кондоминиума и содержанию общего имущества объекта кондоминиума, а также типовые формы протоколов собрания" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 20283) организует следующие мероприятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z38" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) реконструкция – изменение отдельных помещений, иных частей здания или здания в целом, как правило, связанное с необходимостью обновления и модернизации изменяемого объекта.</w:t>
+      1) ознакомление собственников квартир, нежилых помещений (при их наличии) многоквартирного жилого дома с проектом единого архитектурного облика района на официальном интернет-ресурсе акимата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z39" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок организации мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информирование собственников квартир и нежилых помещений (при их наличии) многоквартирного жилого дома о планируемых работах и примерных сроках их проведения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z40" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> "Об утверждении Правил осуществления технического обследования надежности и устойчивости зданий и сооружений" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 12425) определяет перечень многоквартирных жилых домов, требующих проведения реконструкции, текущего или капитального ремонта наружных стен, кровли многоквартирных жилых домов для придания единого архитектурного облика Карасускому району.</w:t>
+        <w:t>
+      3) организация и проведение собрания собственников квартир, нежилых помещений (при их наличии) для принятия решения о согласии или несогласии проведения ремонтных работ наружных стен, кровли многоквартирного жилого дома.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z41" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правил.</w:t>
+        <w:t>
+      6. Собрание правомочно принимать решение, если в нем участвуют более половины от общего числа собственников квартир, нежилых помещений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z42" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> "Об утверждении Правил принятия решений по управлению объектом кондоминиума и содержанию общего имущества объекта кондоминиума, а также типовые формы протоколов собрания" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 20283) организует следующие мероприятия:</w:t>
+        <w:t>
+      7. В случае принятия собранием отрицательного решения работы по ремонту наружных стен, кровли многоквартирного жилого дома, направленные на придание единого архитектурного облика, не производятся.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z43" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ознакомление собственников квартир, нежилых помещений (при их наличии) многоквартирного жилого дома с проектом единого архитектурного облика района на официальном интернет-ресурсе акимата;</w:t>
+      8. При принятии собранием положительного решения Отдел, в соответствии с требованиями строительных норм, организует обследование технического состояния наружных стен, кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (реконструкция, текущий или капитальный) и установления степени их физического износа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z44" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) информирование собственников квартир и нежилых помещений (при их наличии) многоквартирного жилого дома о планируемых работах и примерных сроках их проведения;</w:t>
+      9. Выбор организации по обследованию технического состояния наружных стен, кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (реконструкция, текущий или капитальный) осуществляется в соответствии с законодательством о государственных закупках.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z45" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) организация и проведение собрания собственников квартир, нежилых помещений (при их наличии) для принятия решения о согласии или несогласии проведения ремонтных работ наружных стен, кровли многоквартирного жилого дома.</w:t>
+      10. Приобретение работ по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом в соответствии с законодательством о государственных закупках.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z46" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Собрание правомочно принимать решение, если в нем участвуют более половины от общего числа собственников квартир, нежилых помещений.</w:t>
+      11. Приемка работ по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом с привлечением лиц, осуществляющих технический надзор.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z47" w:id="28"/>
-[...234 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1764,55 +1542,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2138,31 +1916,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>