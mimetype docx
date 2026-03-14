--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8fcbf61" w14:textId="8fcbf61">
+    <w:p w14:paraId="1663ab1" w14:textId="1663ab1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -921,142 +921,104 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkStart w:name="z23" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Государственный образовательный заказ на дошкольное воспитание и обучение по Костанайской области</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 – в редакции постановления акимата Костанайской области от 10.02.2025 </w:t>
+      Сноска. Приложение 1 в редакции постановления акимата Костанайской области от 06.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32</w:t>
+        <w:t>№ 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования, приложение 1 к настоящему постановлению распространяется на отношения, возникшие с 01.01.2025).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования и распространяется на отношения, возникшие с 01.01.2026).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -1187,51 +1149,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Виды дошкольных групп и средняя стоимость расходов на одного воспитанника в государственных и частных дошкольных организациях в месяц (тенге)</w:t>
+Виды дошкольных групп и средняя стоимость расходов на 1 воспитанника в государственных и частных дошкольных организациях в месяц (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1267,87 +1229,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в группе с 9-часовым режимом пребывания</w:t>
+в группе с 9-часовым режимом пребыва-ния</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в группе с 10,5–12- часовым режимом пребывания</w:t>
+в группе с 10,5–12-часовым режимом пребыва-ния</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1374,52 +1336,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-специальные группы</w:t>
+              <w:t xml:space="preserve">
+специальные группы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1488,195 +1450,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20073</w:t>
+19795</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51911</w:t>
+53890</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56327</w:t>
+58344</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83983</w:t>
+86250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100831</w:t>
+103250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1745,195 +1707,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5739</w:t>
+5958</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57572</w:t>
+59600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62695</w:t>
+64768</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94596</w:t>
+96957</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114097</w:t>
+116633</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -2238,168 +2200,105 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Размер родительской платы на дошкольное воспитание и обучение по Костанайской области</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Постановление дополнено приложением 2 в соответствии с постановлением акимата Костанайской области от 26.09.2022 </w:t>
+      Сноска. Приложение 2 в редакции постановления акимата Костанайской области от 06.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 417</w:t>
+        <w:t>№ 37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции постановления акимата Костанайской области от 10.02.2025 </w:t>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования и распространяется на отношения, возникшие с 01.01.2026).</w:t>
       </w:r>
-      <w:r>
-[...25 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2489,52 +2388,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Размер родительской платы в организациях дошкольного воспитания и обучения в месяц (тенге) до 3-х лет/от 3 лет</w:t>
+              <w:t xml:space="preserve">
+Размер родительской платы в организациях дошкольного воспитания и обучения в месяц (тенге) до 3-х лет/от 3 лет </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2912,86 +2811,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алтынсаринский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z35" w:id="9"/>
-[...34 lines deleted...]
-от 3 лет – 15693</w:t>
+          <w:bookmarkStart w:name="z35" w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 13828</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 16922</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3153,86 +3052,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z36" w:id="10"/>
-[...34 lines deleted...]
-от 3 лет – 13446</w:t>
+          <w:bookmarkStart w:name="z36" w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 11817</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 15747</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3322,198 +3221,198 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Аркалык</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="11"/>
+          <w:bookmarkStart w:name="z37" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 до 3-х лет – 16240</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="11"/>
-[...54 lines deleted...]
-          </w:p>
           <w:bookmarkEnd w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от 3 лет – 19160</w:t>
-[...36 lines deleted...]
-до 3-х лет – 16404</w:t>
+от 3 лет – 19161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z38" w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 20000</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от 3 лет – 19665</w:t>
+от 3 лет – 24000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z39" w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 20800</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 25100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3603,86 +3502,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="14"/>
-[...34 lines deleted...]
-от 3 лет – 15984</w:t>
+          <w:bookmarkStart w:name="z40" w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 14151</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 18046</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3772,142 +3671,142 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 район Беимбета Майлина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="15"/>
-[...71 lines deleted...]
-до 3-х лет – 16854</w:t>
+          <w:bookmarkStart w:name="z41" w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 16500</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от 3 лет – 19206</w:t>
+от 3 лет – 19500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z42" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 18043</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 21089</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4033,86 +3932,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="17"/>
-[...34 lines deleted...]
-от 3 лет – 17868</w:t>
+          <w:bookmarkStart w:name="z43" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 15067</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 19362</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4238,86 +4137,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z44" w:id="18"/>
-[...34 lines deleted...]
-от 3 лет – 13124</w:t>
+          <w:bookmarkStart w:name="z44" w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 13640</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 16500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4443,86 +4342,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z45" w:id="19"/>
-[...34 lines deleted...]
-от 3 лет – 20000</w:t>
+          <w:bookmarkStart w:name="z45" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 17451</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 20865</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4612,142 +4511,142 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Камыстинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="20"/>
-[...71 lines deleted...]
-до 3-х лет – 15582</w:t>
+          <w:bookmarkStart w:name="z46" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 17820</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от 3 лет – 19449</w:t>
+от 3 лет – 21298</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 17820</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 21298</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4873,86 +4772,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="22"/>
-[...34 lines deleted...]
-от 3 лет – 18816</w:t>
+          <w:bookmarkStart w:name="z48" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 16500</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 19900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5078,86 +4977,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="23"/>
-[...34 lines deleted...]
-от 3 лет – 14898</w:t>
+          <w:bookmarkStart w:name="z49" w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 15272</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 18297</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5283,142 +5182,142 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="24"/>
-[...71 lines deleted...]
-до 3-х лет – 17583</w:t>
+          <w:bookmarkStart w:name="z50" w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 16093</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="25"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от 3 лет – 21410</w:t>
+от 3 лет – 19479</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z51" w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 19696</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 23819</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5540,86 +5439,86 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="26"/>
-[...34 lines deleted...]
-от 3 лет – 22089</w:t>
+          <w:bookmarkStart w:name="z52" w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 20312</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 24020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5709,86 +5608,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="27"/>
-[...34 lines deleted...]
-от 3 лет – 18341</w:t>
+          <w:bookmarkStart w:name="z53" w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 15902</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 20199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5914,86 +5813,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="28"/>
-[...34 lines deleted...]
-от 3 лет – 19638</w:t>
+          <w:bookmarkStart w:name="z54" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 15539</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 20557</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6119,86 +6018,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="29"/>
-[...34 lines deleted...]
-от 3 лет – 17140</w:t>
+          <w:bookmarkStart w:name="z55" w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 15500</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 19131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6352,86 +6251,86 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="30"/>
-[...34 lines deleted...]
-от 3 лет – 22755</w:t>
+          <w:bookmarkStart w:name="z56" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 21587</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 23864</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6485,142 +6384,142 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сарыкольский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="31"/>
-[...71 lines deleted...]
-до 3-х лет – 13420</w:t>
+          <w:bookmarkStart w:name="z57" w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 14358</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от 3 лет – 16050</w:t>
+от 3 лет – 17173</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z58" w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 14358</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 17173</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6746,86 +6645,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="33"/>
-[...34 lines deleted...]
-от 3 лет – 17920</w:t>
+          <w:bookmarkStart w:name="z59" w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 15630</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 20620</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6951,172 +6850,215 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="34"/>
-[...34 lines deleted...]
-от 3 лет – 17171</w:t>
+          <w:bookmarkStart w:name="z60" w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет – 15370</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3 лет – 20156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>