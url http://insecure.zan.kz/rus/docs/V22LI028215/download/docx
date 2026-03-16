--- v0 (2025-11-10)
+++ v1 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2f312d3" w14:textId="2f312d3">
+    <w:p w14:paraId="7586832" w14:textId="7586832">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика району Шиели</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Об утверждении Правил организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика району Шиели</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление Шиелийского районного акимата Кызылординской области от 23 мая 2022 года № 212. Зарегистрировано в Министерстве юстиции Республики Казахстан 25 мая 2022 года № 28215.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок с изменениями, внесенными постановлением акимата Шиелийского района Кызылординской области от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 313</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -156,130 +194,208 @@
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 10-3 Закона Республики Казахстан "О жилищных отношениях", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 16-5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 31 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" акимат Шиелийского района ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика району Шиели.</w:t>
+        <w:t xml:space="preserve"> организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика району Шиели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменениями, внесенными постановлением акимата Шиелийского района Кызылординской области от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 313</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима Шиелийского района.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...15 lines deleted...]
-      2. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима Шиелийского района.</w:t>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящее постановление вводится в действие со дня первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -587,774 +703,825 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 мая 2022 года № 212</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика району Шиели</w:t>
+        <w:t xml:space="preserve"> Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Шиелийского района</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила – в редакции постановления акимата Шиелийского района Кызылординской области от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 313</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Шиелийского района (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 10-3 Закона Республики Казахстан "О жилищных отношениях" (далее – Закон) иными нормативными правовыми актами в сфере архитектуры и градостроительства и определяют порядок организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Шиелийского района;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах применяются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) единый архитектурный стиль - совокупность единых признаков, используемых в строительстве, характерная для определенного района застройки территории, в том числе индивидуальной застройки. Основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы. Для района индивидуальной застройки основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы, ограждения, тип кровли и расположение хозяйственно-бытовых построек на территории участка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z17" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) объект кондоминиума – единый имущественный комплекс, состоящий из квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности, и общего имущества, которое не может находиться в индивидуальной (раздельной) собственности и принадлежит собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) общее имущество объекта кондоминиума – части объекта кондоминиума (фасады, подъезды, вестибюли, холлы, коридоры, лестничные марши и лестничные площадки, лифты, крыши, чердаки, технические этажи, подвалы, общедомовые инженерные системы и оборудование, абонентские почтовые ящики, земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок, элементы благоустройства и другое имущество общего пользования), кроме квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности, и телекоммуникационного оборудования, являющегося собственностью операторов сотовой связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) текущий ремонт общего имущества объекта кондоминиума - комплекс своевременных технических мероприятий и работ по замене или восстановлению составных частей и инженерного оборудования многоквартирного жилого дома, установленных нормативной и технической документацией, проводимых с целью предотвращения их преждевременного износа и устранения неисправности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) капитальный ремонт общего имущества объекта кондоминиума - комплекс мероприятий и работ по замене изношенных конструкций, деталей и инженерного оборудования многоквартирного жилого дома на новые или более прочные и экономичные, улучшающие эксплуатационные показатели ремонтируемых объектов, проводимых с целью восстановления ресурса многоквартирного жилого дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содержание общего имущества объекта кондоминиума - комплекс работ или услуг по технической эксплуатации, санитарному содержанию и текущему ремонту общего имущества объекта кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) многоквартирный жилой дом - отдельно стоящее здание с единым фундаментом на едином неделимом земельном участке, состоящее из общего имущества объекта кондоминиума, которое является общей долевой собственностью, и двух и более квартир, нежилых помещений, имеющих самостоятельные выходы на земельный участок, прилегающий к многоквартирному жилому дому, либо в иные части общего имущества объекта кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кондоминиум многоквартирного жилого дома (далее – кондоминиум) – форма собственности, зарегистрированная в порядке, определенном законодательством Республики Казахстан, при которой квартиры, нежилые помещения, парковочные места, кладовки находятся в индивидуальной (раздельной) собственности, а те части, которые не находятся в индивидуальной (раздельной) собственности, принадлежат собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) собрание собственников квартир, нежилых помещений многоквартирного жилого дома (далее - собрание) - высший орган управления объектом кондоминиума, обеспечивающий коллективное обсуждение и принятие решений собственниками квартир, нежилых помещений, связанных с управлением объектом кондоминиума и содержанием общего имущества объекта кондоминиума, путем голосования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> 2. Порядок организации мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коммунальное государственное учреждение "Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог Шиелийского района" (далее - Отдел) определяет перечень многоквартирных жилых домов, требующих проведения по реконструкции, текущему или капитальному ремонту наружных стен, кровель для придания единого архитектурного облика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Коммунальное государственное учреждение "Отдел строительства, архитектуры и градостроительства Шиелийского района" после определения перечня многоквартирных жилых домов, указанных в пункте 3 Правил, обеспечивает разработку и утверждение единого архитектурного облика района.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Акимат Шиелийского района организует следующие работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ознакомление собственников квартир, нежилых помещений (при их наличии) многоквартирного жилого дома с проектом единого архитектурного облика района на официальном интернет-ресурсе акимата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информирование собственников квартир и нежилых помещений (при их наличии) многоквартирного жилого дома о планируемых работах и примерных сроках их проведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организация и проведение собрания собственников квартир, нежилых помещений (при их наличии) для принятия решения о согласии или несогласии проведения ремонтных работ наружных стен, кровли многоквартирного жилого дома.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Собрание принимает решение при наличии более двух третей от общего числа собственников квартир, нежилых помещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае принятия собранием отрицательного решения работы по ремонту наружных стен, кровли многоквартирного жилого дома, направленные на придание единого архитектурного облика, не производятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. При принятии собранием положительного решения Отдел, в соответствии с требованиями строительных норм, организует обследование технического состояния наружных стен, кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (текущий или капитальный) и установления степени их физического износа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Выбор организации по обследованию технического состояния наружных стен, кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (текущий или капитальный) осуществляется в соответствии с законодательством о государственных закупках с привлечением собственников квартир, нежилых помещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. По итогам обследования технического состояния наружных стен, кровли многоквартирного жилого дома Отдел организует работу по разработке сметного расчета текущего ремонта или изготовлению проектно-сметной документации на капитальный ремонт наружных стен, кровли, направленного на придание единого архитектурного облика, с последующим получением заключения экспертизы за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. После получения положительного заключения экспертизы и утверждения сметной стоимости текущего ремонта или проектно-сметной документации капитального ремонта наружных стен, кровли многоквартирных жилых домов, Отдел составляет бюджетную заявку в соответствии с порядком, определенным центральным уполномоченным органом по бюджетному планированию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Приобретение работ по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом в соответствии с законодательством о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Приемка работ по реконструкции, текущему или капитальному ремонту наружных стен в, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом с привлечением лиц, осуществляющих технический надзор, авторский надзор, а также совета дома, председателя объединения собственников имущества или доверенного лица простого товарищества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Заключительные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Финансирование мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика района Шиели, осуществляется из средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие </w:t>
-[...616 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1680,31 +1847,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>