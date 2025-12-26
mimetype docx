--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cf7eb46" w14:textId="cf7eb46">
+    <w:p w14:paraId="eaa8e89" w14:textId="eaa8e89">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Мугалжарскому району</w:t>
+        <w:t>Об утверждении Правил организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Мугалжарскому району</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление акимата Мугалжарского района Актюбинской области от 23 ноября 2022 года № 400. Зарегистрировано в Министерстве юстиции Республики Казахстан 25 ноября 2022 года № 30730.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок постановления – в редакции постановления акимата Мугалжарского района Актюбинской области от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -497,230 +535,216 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Утверждены постановлением </w:t>
+              <w:t xml:space="preserve">Утвержден постановлением </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">акимата Мугалжарского района </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 ноября 2022 года № 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Мугалжарскому району</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение – в редакции в редакции постановления акимата Мугалжарского района Актюбинской области от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p>
-[...54 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Мугалжарскому району (далее – Правила) разработаны в соответствии с подпунктом 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10-3 Закона Республики Казахстан "О жилищных отношениях", иными нормативными правовыми актами и определяют порядок организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Мугалжарского района.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах применяются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) единый архитектурный стиль - совокупность единых признаков, используемых в строительстве, характерная для определенного района застройки территории, в том числе индивидуальной застройки. Основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы. Для района индивидуальной застройки основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы, ограждения, тип кровли и расположение хозяйственно-бытовых построек на территории участка;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -839,148 +863,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) кондоминиум многоквартирного жилого дома – форма собственности, зарегистрированная в порядке, определенном законодательством Республики Казахстан, при которой квартиры, нежилые помещения, парковочные места, кладовки находятся в индивидуальной (раздельной) собственности, а те части, которые не находятся в индивидуальной (раздельной) собственности, принадлежат собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) собрание собственников квартир, нежилых помещений многоквартирного жилого дома (далее - собрание) - высший орган управления объектом кондоминиума, обеспечивающий коллективное обсуждение и принятие решений собственниками квартир, нежилых помещений, связанных с управлением объектом кондоминиума и содержанием общего имущества объекта кондоминиума, путем голосования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок организации мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Государственное учреждение "Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог Мугалжарского района" (далее - Отдел) определяет перечень многоквартирных жилых домов, требующих проведения текущего или капитального ремонта фасадов, кровли для придания единого архитектурного облика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Отдел после определения перечня многоквартирных жилых домов, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил, обеспечивает разработку и утверждение единого архитектурного облика Мугалжарского района.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Акимат Мугалжарского района организует следующие мероприятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ознакомление собственников квартир, нежилых помещений (при их наличии) многоквартирного жилого дома с проектом единого архитектурного облика на официальном интернет-ресурсе акимата Мугалжарского района;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -991,286 +1015,286 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) информирование собственников квартир и нежилых помещений (при их наличии) многоквартирного жилого дома о планируемых работах и примерных сроках их проведения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организация и проведение собрания собственников квартир, нежилых помещений (при их наличии) для принятия решения о согласии или несогласии проведения ремонтных работ фасада, кровли многоквартирного жилого дома.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Собрание правомочно принимать решение, если в нем участвуют более половины от общего числа собственников квартир, нежилых помещений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В случае принятия собранием отрицательного решения работы по ремонту фасада, кровли многоквартирного жилого дома, направленные на придание единого архитектурного облика, не производятся.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. При принятии собранием положительного решения Отдел, в соответствии с требованиями строительных норм, организует обследование технического состояния фасада, кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (текущий или капитальный) и установления степени их физического износа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Выбор организации по обследованию технического состояния фасада, кровли каждого многоквартирного жилого дома для определения объема работ, типа ремонта (текущий или капитальный) осуществляется в соответствии с законодательством о государственных закупках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. По итогам обследования технического состояния фасада, кровли многоквартирного жилого дома Отдел организует за счет средств местного бюджета работу по разработке сметного расчета текущего ремонта или изготовлению проектно-сметной документации на капитальный ремонт фасада, кровли, направленного на придание единого архитектурного облика, с последующим получением заключения комплексной вневедомственной экспертизы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 1 апреля 2015 года № 299 "Об утверждении Правил проведения комплексной вневедомственной экспертизы технико-экономических обоснований и проектно-сметной документации, предназначенных для строительства новых, а также изменения (реконструкции, расширения, технического перевооружения, модернизации и капитального ремонта) существующих зданий и сооружений, их комплексов, инженерных и транспортных коммуникаций независимо от источников финансирования" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 10722).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. После получения положительного заключения экспертизы и утверждения сметной стоимости текущего ремонта или проектно-сметной документации капитального ремонта фасада, кровли многоквартирных жилых домов, Отдел составляет бюджетную заявку в соответствии с порядком, определенным центральным уполномоченным органом по бюджетному планированию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Приобретение работ по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом в соответствии с законодательством о государственных закупках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Приемка работ по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется Отделом с привлечением лиц, осуществляющих технический надзор.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Финансирование мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика Мугалжарского района, осуществляется из средств местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>