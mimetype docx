--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="54ccf0c" w14:textId="54ccf0c">
+    <w:p w14:paraId="3addb16" w14:textId="3addb16">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -807,170 +807,168 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены</w:t>
+              <w:t>Утверждены постановлением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>постановлением акимата</w:t>
+              <w:t>акимата города Нур-Султан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>города Нур-Султан</w:t>
+              <w:t>от 11 марта 2022 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 11 марта 2022 года № 182-748</w:t>
+              <w:t>№ 182-748</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Астане</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции постановления акимата города Астаны от 23.01.2025 </w:t>
+      Сноска. Правила - в редакции постановления акимата города Астаны от 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 182-224</w:t>
+        <w:t>№ 182-5033</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Астане (далее – Правила), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1005,741 +1003,645 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 10-3 Закона Республики Казахстан "О жилищных отношениях", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 19-14)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 9 Закона Республики Казахстан "О статусе столицы Республики Казахстан".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В Правилах применяются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z51" w:id="10"/>
-[...15 lines deleted...]
-      2. В Правилах применяются следующие основные понятия:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) единый архитектурный стиль – совокупность единых признаков, используемых в строительстве, характерная для определенного района застройки территории, в том числе индивидуальной застройки. Основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы. Для района индивидуальной застройки основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы, ограждения, тип кровли и расположение хозяйственно-бытовых построек на территории участка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z52" w:id="11"/>
-[...15 lines deleted...]
-      1) единый архитектурный стиль – совокупность единых признаков, используемых в строительстве, характерная для определенного района застройки территории, в том числе индивидуальной застройки. Основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы. Для района индивидуальной застройки основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы, ограждения, тип кровли и расположение хозяйственно-бытовых построек на территории участка;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объект кондоминиума – единый имущественный комплекс, состоящий из квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности, и общего имущества, которое не может находиться в индивидуальной (раздельной) собственности и принадлежит собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z53" w:id="12"/>
-[...15 lines deleted...]
-      2) объект кондоминиума – единый имущественный комплекс, состоящий из квартир, нежилых помещений, находящихся в индивидуальной (раздельной) собственности, и общего имущества, которое не может находиться в индивидуальной (раздельной) собственности и принадлежит собственникам квартир, нежилых помещений на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) общее имущество объекта кондоминиума – части объекта кондоминиума (фасады, подъезды, вестибюли, холлы, коридоры, лестничные марши и лестничные площадки, лифты, крыши, козырьки (навесы) входных групп, чердаки, технические этажи, подвалы, общедомовые инженерные системы и оборудование, абонентские почтовые ящики, земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок, элементы благоустройства и другое имущество общего пользования), кроме квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z54" w:id="13"/>
-[...15 lines deleted...]
-      3) общее имущество объекта кондоминиума – части объекта кондоминиума (фасады, подъезды, вестибюли, холлы, коридоры, лестничные марши и лестничные площадки, лифты, крыши, чердаки, технические этажи, подвалы, общедомовые инженерные системы и оборудование, абонентские почтовые ящики, земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок, элементы благоустройства и другое имущество общего пользования), кроме квартир, нежилых помещений, находящихся в индивидуальной (раздельной) собственности;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) текущий ремонт общего имущества объекта кондоминиума – комплекс своевременных технических мероприятий и работ по замене или восстановлению составных частей и инженерного оборудования многоквартирного жилого дома, установленных нормативной и технической документацией, проводимых с целью предотвращения их преждевременного износа и устранения неисправности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z55" w:id="14"/>
-[...15 lines deleted...]
-      4) текущий ремонт общего имущества объекта кондоминиума – комплекс своевременных технических мероприятий и работ по замене или восстановлению составных частей и инженерного оборудования многоквартирного жилого дома, установленных нормативной и технической документацией, проводимых с целью предотвращения их преждевременного износа и устранения неисправности;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) капитальный ремонт общего имущества объекта кондоминиума – комплекс мероприятий и работ по замене изношенных конструкций, деталей и инженерного оборудования многоквартирного жилого дома на новые или более прочные и экономичные, улучшающие эксплуатационные показатели ремонтируемых объектов, проводимых с целью восстановления ресурса многоквартирного жилого дома;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z56" w:id="15"/>
-[...15 lines deleted...]
-      5) капитальный ремонт общего имущества объекта кондоминиума – комплекс мероприятий и работ по замене изношенных конструкций, деталей и инженерного оборудования многоквартирного жилого дома на новые или более прочные и экономичные, улучшающие эксплуатационные показатели ремонтируемых объектов, проводимых с целью восстановления ресурса многоквартирного жилого дома;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) многоквартирный жилой дом – отдельно стоящее здание с единым фундаментом на едином неделимом земельном участке, состоящее из общего имущества объекта кондоминиума, которое является общей долевой собственностью, и двух и более квартир, нежилых помещений, имеющих самостоятельные выходы на земельный участок, прилегающий к многоквартирному жилому дому либо в иные части общего имущества объекта кондоминиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z57" w:id="16"/>
-[...15 lines deleted...]
-      6) содержание общего имущества объекта кондоминиума – комплекс работ или услуг по технической эксплуатации, санитарному содержанию и текущему ремонту общего имущества объекта кондоминиума;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) собрание собственников квартир, нежилых помещений многоквартирного жилого дома (далее – собрание) – высший орган управления объектом кондоминиума, обеспечивающий коллективное обсуждение и (или) принятие решений, связанных с управлением объектом кондоминиума.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z58" w:id="17"/>
-[...15 lines deleted...]
-      7) многоквартирный жилой дом – отдельно стоящее здание с единым фундаментом на едином неделимом земельном участке, состоящее из общего имущества объекта кондоминиума, которое является общей долевой собственностью, и двух и более квартир, нежилых помещений, имеющих самостоятельные выходы на земельный участок, прилегающий к многоквартирному жилому дому, либо в иные части общего имущества объекта кондоминиума;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Правила распространяются на организацию и проведение мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика только по городу Астане.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z59" w:id="18"/>
-[...15 lines deleted...]
-      8) кондоминиум многоквартирного жилого дома (далее – кондоминиум) – форма собственности, зарегистрированная в порядке, определенном законодательством Республики Казахстан, при которой квартиры, нежилые помещения находятся в индивидуальной (раздельной) собственности, а те части, которые не находятся в индивидуальной (раздельной) собственности, принадлежат собственникам квартир, нежилых помещений на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z60" w:id="19"/>
-[...15 lines deleted...]
-      9) собрание собственников квартир, нежилых помещений многоквартирного жилого дома (далее – собрание) – высший орган управления объектом кондоминиума, обеспечивающий коллективное обсуждение и принятие решений собственниками квартир, нежилых помещений, связанных с управлением объектом кондоминиума и содержанием общего имущества объекта кондоминиума, путем голосования;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Концепция единого архитектурного стиля разрабатывается и утверждается Государственным учреждением "Управление архитектуры, градостроительства и земельных отношений города Астаны" (далее – орган архитектуры).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z61" w:id="20"/>
-[...15 lines deleted...]
-      10) реконструкция – изменение отдельных помещений, иных частей здания или здания в целом, как правило, связанное с необходимостью обновления и модернизации изменяемого объекта.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственным учреждением "Управление жилья и жилищной инспекции города Астаны" (далее – администратор бюджетной программы), совместно с акимами соответствующих районов в городе и органом архитектуры, на основании утвержденной концепции единого архитектурного стиля города определяется перечень многоквартирных жилых домов, требующих проведения реконструкции, текущего или капитального ремонта наружных стен, кровли для придания единого архитектурного облика городу Астане.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z62" w:id="21"/>
-[...15 lines deleted...]
-      3. Правила распространяются только на организацию и проведение мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Астане.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. На основании утвержденного перечня многоквартирных жилых домов, требующих проведения реконструкции, текущего или капитального ремонта наружных стен, кровли для придания единого архитектурного облика городу Астане, при наличии средств местного бюджета, администратором бюджетной программы организуются следующие работы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z63" w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ознакомление собственников квартир, нежилых помещений (при их наличии) многоквартирных жилых домов с утвержденной концепцией единого архитектурного стиля города Астаны путем размещения на своем официальном интернет-ресурсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информирование собственников квартир, нежилых помещений многоквартирных жилых домов о планируемых работах и примерных сроках их проведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организация собрания собственников квартир и нежилых помещений в соответствии с законодательством Республики Казахстан для принятия решения о реконструкции, текущем или капитальном ремонте наружных стен, кровли для придания единого архитектурного облика.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае принятия отрицательного решения собрания работы по реконструкции, текущему или капитальному ремонту наружных стен, кровли для придания единого архитектурного облика, не производятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае принятия положительного решения собрания, администратором бюджетной программы, в соответствии с требованиями строительных норм, организуется техническое обследование общего имущества объекта кондоминиума для определения состава и объема работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Выбор организации для проведения технического обследования общего имущества объекта кондоминиума осуществляется в соответствии с законодательством Республики Казахстан о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Техническое обследование общего имущества объекта кондоминиума осуществляется экспертами, имеющими соответствующий аттестат на право осуществления технического обследования надежности и устойчивости зданий и сооружений, либо аккредитованной организации, имеющей в своем составе аттестованных экспертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. По итогам технического обследования общего имущества объекта кондоминиума администратор бюджетной программы организует работу по разработке сметного расчета текущего ремонта или изготовлению проектно-сметной документации на реконструкцию, капитальный ремонт наружных стен, кровли многоквартирных жилых домов, с последующим получением заключения экспертизы за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Проектирование осуществляется специализированными организациями, имеющими соответствующие лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Приобретение работ по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется администратором бюджетной программы в соответствии с законодательством Республики Казахстан о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Приемка работ по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется администратором бюджетной программы, в соответствии с законодательством Республики Казахстан в сфере архитектурной, градостроительной и строительной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Финансирование мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика городу Астане, осуществляется из средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...384 lines deleted...]
-    <w:bookmarkEnd w:id="41"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>