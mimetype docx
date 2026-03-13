--- v0 (2025-11-10)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8795f2d" w14:textId="8795f2d">
+    <w:p w14:paraId="8ab2c5b" w14:textId="8ab2c5b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -723,1110 +723,2096 @@
         </w:rPr>
         <w:t xml:space="preserve"> пункта 15 Положения о Министерстве здравоохранения Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 17 февраля 2017 года № 71 и устанавливают санитарно-эпидемиологические требования к организации и проведению санитарно-противоэпидемических, санитарно-профилактических мероприятий по предупреждению инфекций, связанных с оказанием медицинской помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Санитарных правилах использованы следующие термины:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) антисептика – совокупность способов уничтожения или подавления жизнедеятельности потенциально опасных микроорганизмов на коже, слизистых оболочках, ранах и полостях пациента в целях обеспечения лечения и предупреждения развития инфекционного процесса;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) антисептики – химические, биологические средства, предназначенные для проведения антисептики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) антибиотики – лекарственные препараты природного или полусинтетического происхождения, подавляющие рост микроорганизмов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) асептика – совокупность способов, направленных на предупреждение попадания возбудителей инфекций на кожу, рану и полости пациента при операциях, лечебных и диагностических процедурах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) внебольничная инфекция – инфекционные заболевания приобретенные до поступления в стационар и проявившиеся или выявленные в стационаре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дезинфекция – комплекс специальных мероприятий, направленных на уничтожение возбудителей инфекционных и паразитарных заболеваний во внешней среде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) дезинфекционные средства (далее – дезсредства) – химические и биологические средства, предназначенные для проведения дезинфекции (дезинфицирующие средства), предстерилизационной очистки, стерилизации (стерилизационные средства), дезинсекции (дезинсекционные средства), дератизации (дератизационные средства), а также репеллентные средства и педикулициды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) источник инфекции – естественная среда обитания микроорганизмов, где обеспечивается их накопление, рост, размножение и выделение в окружающую среду;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) инфекционный контроль – система организационных, санитарно-противоэпидемических и санитарно-профилактических мероприятий, направленных на предупреждение возникновения и распространения ИСМП в медицинских организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) инкубационный период – отрезок времени от момента попадания возбудителя инфекции в организм до проявления первых симптомов болезни;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) стандарты инфекционного контроля – порядок организации и проведения системы инфекционного контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) инфекция, связанная с оказанием медицинской помощи (далее – ИСМП) – это инфекционное заболевание бактериального, вирусного, паразитарного или грибкового происхождения, присоединяющиеся к основному заболеванию у пациентов вследствие получения всех видов медицинских услуг пациентом в медицинских организациях или заболевание сотрудника вследствие его работы в данной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) стандартные операционные процедуры (далее – СОП) – задокументированная совокупность инструкций описывающая оптимальный ход выполнения конкретного процесса, содержит информацию о последовательности и времени выполнения для достижения требуемого уровня качества процесса, его результативности и эффективности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) факторы риска – условия окружающей среды или самого организма, которые способствуют возникновению ИСМП и элементы окружающей среды, принимающие участие в передаче возбудителя инфекции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) штамм – чистая культура бактерий, грибов, риккетсии и иных микроорганизмов, выделенная из определенного источника и идентифицированная по тестам современной классификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) экзогенная инфекция – инфекция, развивающаяся в результате заражения микроорганизмами извне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) эндогенная инфекция – инфекция, развивающаяся в результате активации возбудителей самого организма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) эндометрит – заболевание, которое вызывается воспалительным процессом во внутреннем поверхностном слое слизистой оболочки тела матки (эндометрия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) эпидемиологическое наблюдение – систематический сбор, сопоставление и анализ данных о случаях инфекций и обеспечение информацией ответственных лиц для принятия мер по улучшению качества медицинской помощи и профилактики инфекционных заболеваний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) эпидемиологическая диагностика – это совокупность приемов и способов выявления причин и условий возникновения заболеваний. Обеспечивает выявление отделений риска, групп и коллективов риска, а также времени риска, формулирование, оценку и доказательство гипотез о факторах риска, обоснование направлений профилактики и оценку ее результатов. Основными разделами эпидемиологической диагностики являются ретроспективный и оперативный эпидемиологический анализ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Санитарно-эпидемиологические требования к организации и проведению санитарно-противоэпидемических, санитарно-профилактических мероприятий по предупреждению инфекций, связанных с оказанием медицинской помощи</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...15 lines deleted...]
-      2) антисептики – химические, биологические средства, предназначенные для проведения антисептики;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Случай ИСМП выставляется на основании клинических проявлений заболевания, данных лабораторного исследования, эпидемиологического анамнеза с учетом критериев определения ИСМП в соответствии с приложением 1 к настоящим Санитарным правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      3) антибиотики – лекарственные препараты природного или полусинтетического происхождения, подавляющие рост микроорганизмов;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. При регистрации случая ИСМП медицинскими организациями в течение первых суток организуются санитарно - профилактические и санитарно - противоэпидемические мероприятия.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      4) асептика – совокупность способов, направленных на предупреждение попадания возбудителей инфекций на кожу, рану и полости пациента при операциях, лечебных и диагностических процедурах;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Инфекционные заболевания, выявленные в период пребывания пациента в медицинской организации или в течение инкубационного периода после выписки из нее, подлежат учету как ИСМП по медицинской организации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...397 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Подлежат учету как ИСМП по медицинской организации в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Санитарным правилам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z43" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кожные инфекции новорожденных, если проявились в течение семи календарных дней после выписки, генерализованные формы – в течение тридцати календарных дней после выписки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z44" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инфекционные осложнения, связанные с оказанием акушерско – гинекологической помощи – в течение тридцати календарных дней, после выписки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z45" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) инфекционные осложнения хирургических вмешательств, в течение тридцати календарных дней после выписки, при наличии имплантанта - в течение года после проведения операции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z46" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. При регистрации ИСМП организацией здравоохранения в территориальное подразделение подается </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+      7. При регистрации ИСМП организацией здравоохранения подается экстренное извещение в территориальное подразделение государственного органа в сфере санитарно-эпидемиологического благополучия населения (далее – территориальные подразделения) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 26 октября 2020 года № ҚР ДСМ-153/2020 "Об утверждении правил предоставления в государственный орган в сфере санитарно-эпидемиологического благополучия населения информации (экстренного извещения) о случаях инфекционных заболеваний, отравлений" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21532).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. При подаче сведений сотрудником медицинской организации о регистрации случая ИСМП в территориальное подразделение указывается дата поступления пациента в медицинскую организацию, дата появления признаков ИСМП, локализация, медицинские манипуляции, полученные ранее (отделение, виды лечебно-диагностических процедур) и эпидемиологические данные. Каждый выявленный случай ИСМП вносится в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>журнал учета</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> инфекционных и паразитарных заболеваний государственными органами санитарно-эпидемиологического контроля (форма 267/у) в соответствии с Приказом Министра здравооохранения Республики Казахстан от 20 августа 2021 года № ҚР ДСМ-84 "Об утверждении форм учетной и отчетной документации в сфере санитарно-эпидемиологического благополучия населения" (зарегистрирован в Министерстве юстиции Республики Казахстан 24 августа 2021 года № 24082).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z48" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В случае регистрации внебольничной инфекции, связанной с пребыванием в другой медицинской организации в течение первых суток направляется информация в медицинскую организацию, в которой произошло инфицирование и в территориальное подразделение с указанием эпидемиологических данных и результатов клинико-диагностических исследований, проведенных в медицинской организации. При регистрации случая ИСМП территориальными подразделениями проводится эпидемиологическое обследование, принимаются меры по выявлению источника инфекции, факторов и путей ее передачи, предупреждению регистрации новых случаев ИСМП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Медицинские организации, независимо от форм собственности, представляют в территориальные подразделения периодические отчеты и протокол расследования каждого случая ИСМП в течение 3 календарных дней после завершения расследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z50" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Организация мероприятий по осуществлению производственного контроля проводится в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 7 апреля 2023 года № 62 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к осуществлению производственного контроля" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32276).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа Министра здравоохранения РК от 21.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 39</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Перечень и объем исследований по эпидемиологическим показаниям определяется в соответствии с конкретной эпидемиологической обстановкой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z52" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. При регистрации ИСМП в целях выявления источника инфекции проводится лабораторное обследование контактных лиц на наличие возбудителей инфекционных заболеваний: персонал медицинской организации, пациенты, ухаживающие лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z53" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Медицинский персонал, у которого установлено носительство возбудителей инфекционных заболеваний, направляется на обследование к инфекционисту для установления диагноза и лечения. На период обследования и лечения носители отстраняются от работы на период санации или переводятся на работу, где они не могут представлять эпидемиологической опасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z54" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Гигиена рук медицинского персонала, осуществляющего медицинские манипуляции проводится в соответствии с приложением 2 к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Все медицинские манипуляции, связанные с нарушением целостности кожных покровов и слизистых оболочек проводятся в перчатках одноразового использования. Повторное использование одной и той же пары одноразовых перчаток при контакте с более чем одним пациентом (донором, реципиентом) или после их обработки недопустимо.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Одноразовые стерильные перчатки используются при проведении инвазивных медицинских или хирургических процедур, когда требуется стерильность. Одноразовые стерильные перчатки применяются при хирургических процедурах, родах, инвазивных рентгенологических процедурах, доступе к сосудам и манипуляциям с ними (центральная линия), при приготовлении препаратов для тотального парентерального питания и химиотерапевтических средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Одноразовые нестерильные перчатки используются медработниками, когда возможен контакт с кровью и биологическими жидкостями, слизистыми и поврежденной кожей пациента. Используются при прямом контакте с пациентом: контакт с кровью; контакт со слизистыми оболочками и с поврежденной кожей; при наличии патогенных и условно-патогенных микроорганизмов; эпидемические или чрезвычайные ситуации; постановка или удаление внутривенных устройств; забор крови; при внутримышечных, внутривенных, внутрикожных и подкожных инъекциях; разъединение систем для внутривенного вливания; обследование органов полости таза и влагалища; санация трахеобронхиального дерева у пациентов на искусственной вентиляции легких с открытым дыхательным контуром. При не прямом контакте с пациентом: опорожнение емкостей̆ с рвотными массами; обработка/очистка инструментов; утилизация отходов; очистка мест, на которые пролиты биологические жидкости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. При загрязнении стерильных, нестерильных одноразовых перчаток биологическими жидкостями, а также при нарушении их целостности дальнейшее использование не допускается. При длительном применении одноразовых перчаток, меняются через каждые 2 часа, с проведением обработки рук антисептиком перед надеванием новой пары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z59" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бактериологический контроль качества проведения противоэпидемических мероприятий в организации здравоохранения проводится согласно инструкции по бактериологическому контролю качества проведения противоэпидемических мероприятий в организации здравоохранения в соответствии с приложением 3 к настоящим Санитарным правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Сбор, обезвреживание, временное хранение, транспортировка и утилизация отходов на объектах здравоохранения проводятся в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 августа 2020 года № ҚР ДСМ-96/2020 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к объектам здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21080).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z587" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Медицинская организация, оказывающая круглосуточную стационарную медицинскую помощь укомплектовывается специалистами по инфекционному контролю: врач-эпидемиолог, медицинская сестра по инфекционному контролю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Врач-эпидемиолог проводит активное выявление случаев ИСМП, проводит учет случаев, отслеживает тенденций возникновения разных нозологий ИСМП, проводит мониторинг случаев ИСМП в том числе связанных с использованием дыхательной аппаратуры, применением катетеров, а также ИСМП вызванных резистентными микроорганизмами, разрабатывает базовый перечень СОП по основным направлениям профилактики инфекций и инфекционного контроля (далее – ПИИК), программу антибиотикопрофилактики и тактики антибиотикотерапии, прогноз эпидемиологической ситуации, санитарно-противоэпидемические и санитарно-профилактические мероприятия для улучшения деятельности медицинской организации по вопросам инфекционного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медицинская сестра по инфекционному контролю не реже одного раза в квартал информирует персонал и руководство медицинской организации о результатах микробиологического мониторинга, проводит слежение за формированием госпитальных штаммов и осуществляет контроль за санитарно-противоэпидемическими, санитарно-профилактическими мероприятиями, дезинфекционно-стерилизационным режимом в стационаре.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 22 в соответствии с приказом Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z588" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. В медицинской организации на основании оценки эпидемиологических рисков разрабатывается план работы по организации и внедрению мер ПИИК с учетом профиля и специфических особенностей лечебно-профилактического процесса:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) программа по ПИИК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) руководство по ПИИК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовка и обучение персонала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) эпидемиологический надзор за ИСМП;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мультимодальные стратегии внедрения ПИИК;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мониторинг/аудит и обратная связь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) рабочая нагрузка, кадровое обеспечение и средняя занятость койки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) инфраструктура и материально-техническая база для ПИИК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 23 в соответствии с приказом Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z589" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Одноразовые МИ используются однократно, повторное их использование не допускается. МИ после использования без предварительного разбора и дезинфекции подлежат утилизации в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 августа 2020 года № ҚР ДСМ-96/2020 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к объектам здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21080).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 24 в соответствии с приказом Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1983,7724 +2969,7724 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>связанных с оказанием</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медицинской помощи"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Критерии определения инфекции, связанной с оказанием медицинской помощи в медицинской организации</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z63" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Определение случаев ИСМП является результатом непосредственного наблюдения за состоянием пациента, изучения медицинской карты стационарного больного, результатов лабораторных и диагностических исследований. ИСМП определяется на основании комплекса диагностических критериев и оказания медицинской помощи больному с использованием стандартного определения случаев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z64" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Лабораторные данные включают результаты клинических, биохимических и микробиологических исследований и дополнительных методов диагностических исследований, в том числе рентгенологических, ультразвуковых, компьютерной томографии, ядерно-магнитного резонанса, радиоизотопного сканирования, эндоскопии, биопсии и пункционной биопсии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z65" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. При установлении диагноза ИСМП необходимо исключить возможность поступления больного в организацию здравоохранения в инкубационном и заразном периодах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z66" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Инфекции в области хирургического вмешательства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z67" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Инфекции в области хирургического вмешательства по локализации инфекционного процесса подразделяются на: поверхностные хирургические раневые инфекции в области разреза, глубокие хирургические раневые инфекции в области разреза и инфекции в области хирургического вмешательства органа или полости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z68" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Поверхностная хирургическая раневая инфекция в области разреза возникает не позднее тридцати суток после операции и вовлекает только кожу и подкожные ткани в области разреза. Критерием определения поверхностной хирургической инфекции в области разреза является наличие у пациента одного из следующих признаков или симптомов инфекции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z69" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) гнойное отделяемое из поверхностного разреза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z70" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выделение микроорганизмов из жидкости или ткани, полученной асептически из области поверхностного разреза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z71" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) боль или болезненность, ограниченная припухлость, краснота, повышение температуры в области хирургического разреза и посев из раны дает положительные результаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z72" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) диагноз поверхностной инфекции в области хирургического вмешательства, разреза поставлен хирургом или лечащим врачом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z73" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Глубокая хирургическая раневая инфекция в области разреза возникает не позднее тридцати календарных дней после операции при отсутствии имплантата или не позднее одного года при наличии имплантата в месте операции. Критериями определения глубокой хирургической раневой инфекции в области разреза являются: наличие оснований считать, что инфекция связана с данной хирургической операцией и вовлекает глубокие мягкие ткани (фасциальный и мышечный слои) в области разреза и у пациента имеется одно из следующих признаков или симптомов инфекции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z74" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) гнойное отделяемое из глубины разреза, но не из органа или полости в месте данного хирургического вмешательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z75" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) спонтанное расхождение краев раны или намеренное ее открытие хирургом, когда у пациента имеется по крайней мере один из следующих признаков или симптомов инфекции: лихорадка (более 37,5°С) или локализованная боль или болезненность, за исключением тех случаев, когда посев из раны дает отрицательные результаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z76" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при непосредственном осмотре, во время повторной операции, при гистопатологическом или рентгенологическом исследовании обнаружен абсцесс или признаки инфекции в области глубокого разреза;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z77" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) диагноз глубокой инфекция в области хирургического вмешательства поставлен хирургом или лечащим врачом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z78" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Инфекция в области хирургического вмешательства органа или полости возникает не позднее тридцати календарных дней после операции при отсутствии имплантата или не позднее одного года при наличии имплантата в месте операции. Критериями определения инфекции в области хирургического вмешательства органа или полости являются: наличие оснований считать, что инфекция связана с данной хирургической операцией, и инфекция вовлекает любую часть организма (исключая разрез кожи, фасции или мышечные слои, которые были открыты или затронуты в процессе операции) и у пациента имеется одно из следующих признаков или симптомов инфекции:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
-[...15 lines deleted...]
-      1. Определение случаев ИСМП является результатом непосредственного наблюдения за состоянием пациента, изучения медицинской карты стационарного больного, результатов лабораторных и диагностических исследований. ИСМП определяется на основании комплекса диагностических критериев и оказания медицинской помощи больному с использованием стандартного определения случаев.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) гнойное отделяемое из дренажа, установленного в органе или полости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
-[...15 lines deleted...]
-      2. Лабораторные данные включают результаты клинических, биохимических и микробиологических исследований и дополнительных методов диагностических исследований, в том числе рентгенологических, ультразвуковых, компьютерной томографии, ядерно-магнитного резонанса, радиоизотопного сканирования, эндоскопии, биопсии и пункционной биопсии.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выделение микроорганизмов из жидкости или ткани, полученной асептически из органа или полости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
-[...15 lines deleted...]
-      3. При установлении диагноза ИСМП необходимо исключить возможность поступления больного в организацию здравоохранения в инкубационном и заразном периодах.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при непосредственном осмотре, во время повторной операции, при гистопатологическом или рентгенологическом исследовании обнаружен абсцесс или признаки инфекции, вовлекающей орган или полость;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkStart w:name="z82" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) диагноз инфекция в области хирургического вмешательства органа или полости поставлен хирургом или лечащим врачом (перитонит, остеомиелит, пневмония, пиелонефрит, медиастинит, эндометрит, цистит, уретрит, эндокардит, возникшие после операции на соответствующем органе) в течение тридцати суток после выписки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z83" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Инфекции в области хирургического вмешательства</w:t>
-[...19 lines deleted...]
-      4. Инфекции в области хирургического вмешательства по локализации инфекционного процесса подразделяются на: поверхностные хирургические раневые инфекции в области разреза, глубокие хирургические раневые инфекции в области разреза и инфекции в области хирургического вмешательства органа или полости.</w:t>
+        <w:t xml:space="preserve"> 3. Первичные инфекции кровотока (кровяного русла)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
-[...15 lines deleted...]
-      5. Поверхностная хирургическая раневая инфекция в области разреза возникает не позднее тридцати суток после операции и вовлекает только кожу и подкожные ткани в области разреза. Критерием определения поверхностной хирургической инфекции в области разреза является наличие у пациента одного из следующих признаков или симптомов инфекции:</w:t>
+    <w:bookmarkStart w:name="z84" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. К первичным инфекциям кровотока относятся инфекции, подтвержденные лабораторными данными, или клинический сепсис, связанный с оказанием медицинской помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
-[...15 lines deleted...]
-      1) гнойное отделяемое из поверхностного разреза;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Критерием лабораторного подтверждение инфекции кровотока у пациента являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
-[...15 lines deleted...]
-      2) выделение микроорганизмов из жидкости или ткани, полученной асептически из области поверхностного разреза;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обнаружение в посевах крови патогеннных микроорганизмов. отсутствие связи этого микроорганизма с инфекцией другой локализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
-[...15 lines deleted...]
-      3) боль или болезненность, ограниченная припухлость, краснота, повышение температуры в области хирургического разреза и посев из раны дает положительные результаты;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие одного из следующих признаков: лихорадка (более 38°С), озноб или артериальная гипотензия, олигурия (менее 20 милилитров в час) и одного из следующих признаков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
-[...15 lines deleted...]
-      4) диагноз поверхностной инфекции в области хирургического вмешательства, разреза поставлен хирургом или лечащим врачом.</w:t>
+    <w:bookmarkStart w:name="z88" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение микроорганизма из числа обычно наблюдаемых на поверхности кожного покрова в двух анализах крови, взятых в разные сроки и отсутствие связи этого микроорганизма с инфекцией другой локализации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
-[...15 lines deleted...]
-      6. Глубокая хирургическая раневая инфекция в области разреза возникает не позднее тридцати календарных дней после операции при отсутствии имплантата или не позднее одного года при наличии имплантата в месте операции. Критериями определения глубокой хирургической раневой инфекции в области разреза являются: наличие оснований считать, что инфекция связана с данной хирургической операцией и вовлекает глубокие мягкие ткани (фасциальный и мышечный слои) в области разреза и у пациента имеется одно из следующих признаков или симптомов инфекции:</w:t>
+    <w:bookmarkStart w:name="z89" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение микроорганизма из числа обычно обитаемых на поверхности кожного покрова в посеве крови, взятой у пациента с устройством внутрисосудистого доступа и назначение врачом соответствующей антимикробной терапии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
-[...15 lines deleted...]
-      1) гнойное отделяемое из глубины разреза, но не из органа или полости в месте данного хирургического вмешательства;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Внутрибольничная пневмония</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
-[...15 lines deleted...]
-      2) спонтанное расхождение краев раны или намеренное ее открытие хирургом, когда у пациента имеется по крайней мере один из следующих признаков или симптомов инфекции: лихорадка (более 37,5°С) или локализованная боль или болезненность, за исключением тех случаев, когда посев из раны дает отрицательные результаты;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Критерии внутрибольничной пневмонии включают различные комбинации клинических, рентгенологических и лабораторных признаков инфекции, связанных с оказанием медицинской помощи. Результаты посевов мокроты используются для установления возбудителя и определения чувствительности микроорганизмов к антибиотикам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
-[...15 lines deleted...]
-      3) при непосредственном осмотре, во время повторной операции, при гистопатологическом или рентгенологическом исследовании обнаружен абсцесс или признаки инфекции в области глубокого разреза;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Критерием определения внутрибольничной пневмонии является наличие у пациента одного из следующих состояний:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
-[...15 lines deleted...]
-      4) диагноз глубокой инфекция в области хирургического вмешательства поставлен хирургом или лечащим врачом.</w:t>
+    <w:bookmarkStart w:name="z93" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) хрипы или тупой звук при перкуссии во время физикального обследования грудной клетки и наличие одного из перечисленных ниже обстоятельств:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
-[...15 lines deleted...]
-      7. Инфекция в области хирургического вмешательства органа или полости возникает не позднее тридцати календарных дней после операции при отсутствии имплантата или не позднее одного года при наличии имплантата в месте операции. Критериями определения инфекции в области хирургического вмешательства органа или полости являются: наличие оснований считать, что инфекция связана с данной хирургической операцией, и инфекция вовлекает любую часть организма (исключая разрез кожи, фасции или мышечные слои, которые были открыты или затронуты в процессе операции) и у пациента имеется одно из следующих признаков или симптомов инфекции:</w:t>
+    <w:bookmarkStart w:name="z94" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вновь возникшая гнойная мокрота или изменение характера мокроты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
-[...15 lines deleted...]
-      1) гнойное отделяемое из дренажа, установленного в органе или полости;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
-[...15 lines deleted...]
-      2) выделение микроорганизмов из жидкости или ткани, полученной асептически из органа или полости;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в материале, полученном методом чрезтрахеальной аспирации, смывов с бронхов или биопсии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
-[...15 lines deleted...]
-      3) при непосредственном осмотре, во время повторной операции, при гистопатологическом или рентгенологическом исследовании обнаружен абсцесс или признаки инфекции, вовлекающей орган или полость;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) рентгенологическое исследование грудной клетки показывает вновь возникшую или прогрессирующую инфильтрацию, уплотнения, образование плевральных сращений или плевральный выпот и имеется одно из перечисленных ниже обстоятельств:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
-[...15 lines deleted...]
-      4) диагноз инфекция в области хирургического вмешательства органа или полости поставлен хирургом или лечащим врачом (перитонит, остеомиелит, пневмония, пиелонефрит, медиастинит, эндометрит, цистит, уретрит, эндокардит, возникшие после операции на соответствующем органе) в течение тридцати суток после выписки.</w:t>
+    <w:bookmarkStart w:name="z98" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вновь возникшая гнойная мокрота или изменение характера отделяемой мокроты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkStart w:name="z99" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение патогенного микроорганизма в посеве крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z100" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение патогенного микроорганизма в образцах, полученных методом чрезтрахеальной аспирации, смывов с бронхов или обычной биопсии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z101" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение вируса или обнаружение вирусного антигена в секрете бронхов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z102" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулина М или четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к возбудителю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z103" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гистопатологические данные, подтверждающие наличие пневмонии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z104" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) у больного в возрасте до 12 месяцев наличие двух из перечисленных ниже признаков: апноэ, тахипноэ, брадикардия, хрипы, кашель и наличие любого из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z105" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повышенное отделение секретов бронхов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z106" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      появление гнойной мокроты или изменение характера отделяемой мокроты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z107" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение патогенного микроорганизма в посеве крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z108" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение патогенного микроорганизма в образцах, полученных методом чрезтрахеальной аспирации, смывов с бронхов или обычной биопсии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z109" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение вируса или определение вирусного антигена в секрете бронхов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z110" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулина М или четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z111" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гистопатологические данные, подтверждающие наличие пневмонии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z112" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) у больного в возрасте до 12 месяцев рентгенологическое исследование грудной клетки показывает вновь возникшую или прогрессирующую инфильтрацию, уплотнение, образование плевральных сращений или плевральный выпот и присутствует одно из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z113" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повышенное отделение секретов бронхов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z114" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      появление гнойной мокроты или изменение характера отделяемой мокроты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z115" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z116" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в образцах, полученных методом чрезтрахеальной аспирации, смывов с бронхов или обычной биопсии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z117" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение вируса или определение вирусного антигена в секрете бронхов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z118" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулина М или четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гистопатологические данные, подтверждающие наличие пневмонии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z120" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Первичные инфекции кровотока (кровяного русла)</w:t>
-[...417 lines deleted...]
-      3) у больного в возрасте до 12 месяцев наличие двух из перечисленных ниже признаков: апноэ, тахипноэ, брадикардия, хрипы, кашель и наличие любого из перечисленных ниже обстоятельств:</w:t>
+        <w:t xml:space="preserve"> 5. Инфекции мочевыводящих путей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z105" w:id="98"/>
-[...15 lines deleted...]
-      повышенное отделение секретов бронхов;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. К категории инфекций мочевыводящих путей относятся клинически выраженные инфекции мочевыводящих путей, бессимптомная бактериурия и инфекции мочевыводящих путей, связанные с оказанием медицинской помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z106" w:id="99"/>
-[...15 lines deleted...]
-      появление гнойной мокроты или изменение характера отделяемой мокроты;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Критерием определения манифестных инфекций мочевыводящих путей является наличие у пациента следующих состояний:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z107" w:id="100"/>
-[...15 lines deleted...]
-      выделение патогенного микроорганизма в посеве крови;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие одного из перечисленных ниже признаков: лихорадка (более 38°С), резкие позывы к мочеиспусканию, учащенное мочеиспускание, дизурия, болезненность в надлобковой области и обнаружение в посеве мочи более 105 колоний в милилитрах (не более двух видов микроорганизмов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z108" w:id="101"/>
-[...15 lines deleted...]
-      выделение патогенного микроорганизма в образцах, полученных методом чрезтрахеальной аспирации, смывов с бронхов или обычной биопсии;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие двух из перечисленных ниже признаков: лихорадка (более 38°С), резкие позывы к мочеиспусканию, частое мочеиспускание, дизурия, болезненность в надлобковой области и наличие одного из перечисленных ниже обстоятельств:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
-[...15 lines deleted...]
-      выделение вируса или определение вирусного антигена в секрете бронхов;</w:t>
+    <w:bookmarkStart w:name="z125" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты теста на эстераз у лейкоцитов и нитрат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
-[...15 lines deleted...]
-      диагностически значимый титр антител класса иммуноглобулина М или четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену;</w:t>
+    <w:bookmarkStart w:name="z126" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пиурия (более 10 лейкоцитов/мл или более 3 лейкоцитов в поле зрения с высокой разрешающей способностью при исследовании образца не центрифугированной мочи);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
-[...15 lines deleted...]
-      гистопатологические данные, подтверждающие наличие пневмонии;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение микроорганизмов при окраске по Граму образцов не центрифугированной мочи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
-[...15 lines deleted...]
-      4) у больного в возрасте до 12 месяцев рентгенологическое исследование грудной клетки показывает вновь возникшую или прогрессирующую инфильтрацию, уплотнение, образование плевральных сращений или плевральный выпот и присутствует одно из перечисленных ниже обстоятельств:</w:t>
+    <w:bookmarkStart w:name="z128" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      двукратный высев одного и того же уропатогенного микроорганизма в количестве более 105колоний/мл мочи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
-[...15 lines deleted...]
-      повышенное отделение секретов бронхов;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительный высев одного уропатогенного микроорганизма в количестве более 105 у больного, получающего соответствующую антимикробную терапию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
-[...15 lines deleted...]
-      появление гнойной мокроты или изменение характера отделяемой мокроты;</w:t>
+    <w:bookmarkStart w:name="z130" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагноз, установленный врачом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
-[...15 lines deleted...]
-      выделение микроорганизма в посеве крови;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      назначение врачом соответствующей антимикробной терапии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z116" w:id="109"/>
-[...15 lines deleted...]
-      выделение микроорганизма в образцах, полученных методом чрезтрахеальной аспирации, смывов с бронхов или обычной биопсии;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) у больного в возрасте до 12 месяцев наличие одного из перечисленных ниже признаков: лихорадка (более 38°С), гипотермия (менее 36,5°С), апноэ, брадикардия, дизурия, сонливость или рвота и обнаружение в посеве мочи более 105 колоний в милилитрах (не более двух видов микроорганизмов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z117" w:id="110"/>
-[...15 lines deleted...]
-      выделение вируса или определение вирусного антигена в секрете бронхов;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) у больного в возрасте до 12 месяцев наличие одного из перечисленных ниже признаков: лихорадка (более 38°С), гипотермия (менее 37°С), апноэ, брадикардия, дизурия, сонливость или рвота и наличие любого из перечисленных ниже обстоятельств:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
-[...15 lines deleted...]
-      диагностически значимый титр антител класса иммуноглобулина М или четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену;</w:t>
+    <w:bookmarkStart w:name="z134" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты теста на эстеразу лейкоцитов и (или) нитрат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z119" w:id="112"/>
-[...15 lines deleted...]
-      гистопатологические данные, подтверждающие наличие пневмонии.</w:t>
+    <w:bookmarkStart w:name="z135" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пиурия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z120" w:id="113"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 5. Инфекции мочевыводящих путей</w:t>
+    <w:bookmarkStart w:name="z136" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение микроорганизмов при окраске по Граму образцов нецентрифугированной мочи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z121" w:id="114"/>
-[...15 lines deleted...]
-      12. К категории инфекций мочевыводящих путей относятся клинически выраженные инфекции мочевыводящих путей, бессимптомная бактериурия и инфекции мочевыводящих путей, связанные с оказанием медицинской помощи.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      двукратный высев одного и того же уропатогенного микроорганизма в количестве более 105 колоний/мл мочи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z122" w:id="115"/>
-[...15 lines deleted...]
-      13. Критерием определения манифестных инфекций мочевыводящих путей является наличие у пациента следующих состояний:</w:t>
+    <w:bookmarkStart w:name="z138" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительный высев одного уропатогенного микроорганизма в количестве менее 105 у больного, получающего соответствующую антимикробную терапию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z123" w:id="116"/>
-[...15 lines deleted...]
-      1) наличие одного из перечисленных ниже признаков: лихорадка (более 38°С), резкие позывы к мочеиспусканию, учащенное мочеиспускание, дизурия, болезненность в надлобковой области и обнаружение в посеве мочи более 105 колоний в милилитрах (не более двух видов микроорганизмов);</w:t>
+    <w:bookmarkStart w:name="z139" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагноз, установленный врачом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z124" w:id="117"/>
-[...15 lines deleted...]
-      2) наличие двух из перечисленных ниже признаков: лихорадка (более 38°С), резкие позывы к мочеиспусканию, частое мочеиспускание, дизурия, болезненность в надлобковой области и наличие одного из перечисленных ниже обстоятельств:</w:t>
+    <w:bookmarkStart w:name="z140" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      назначение врачом соответствующей антимикробной терапии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z125" w:id="118"/>
-[...15 lines deleted...]
-      положительные результаты теста на эстераз у лейкоцитов и нитрат;</w:t>
+    <w:bookmarkStart w:name="z141" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положительный результат бактериологического исследования кончика мочевого катетера не является приемлемым методом диагностики инфекции мочевыводящих путей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z126" w:id="119"/>
-[...15 lines deleted...]
-      пиурия (более 10 лейкоцитов/мл или более 3 лейкоцитов в поле зрения с высокой разрешающей способностью при исследовании образца не центрифугированной мочи);</w:t>
+    <w:bookmarkStart w:name="z142" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Забор мочи для бактериологического исследования проводится в соответствии с правилами техники забора, при соблюдении стерильности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z127" w:id="120"/>
-[...319 lines deleted...]
-    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:bookmarkStart w:name="z143" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       У детей до года, забор мочи для бактериологического исследования проводится с помощью катетеризации или надлобковой пункции мочевого пузыря. Положительный результат бактериологического исследования мочи из мочесборника является не надежным. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z144" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Критерием определения бессимптомной бактериурии является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z145" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) катетеризация мочевого пузыря в течение 7 календарных дней до посева мочи и отсутствие у больного лихорадки (более 38°С), резких позывов к мочеиспусканию, частого мочеиспускания, дизурии, болезненности в надлобковой области и обнаружение в посеве мочи не более двух видов микроорганизмов в количестве более 105 колоний милилитрах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z146" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) катетеризация мочевого пузыря не осуществлялась в течение 7 календарных дней до первого положительного результата бактериологического исследования и пациент имеет по крайней мере два положительных результата бактериологического исследования, при этом в посевах мочи обнаруживается не более двух видов микроорганизмов численностью более 105 колоний в милилитрах и у больного не отмечается лихорадки (более 38°С), резких позывов к мочеиспусканию, частого мочеиспускания, дизурии, болезненности в надлобковой области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z147" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Критерием определения прочих инфекции мочевыводящего тракта (почек, мочеточников, мочевого пузыря, мочеиспускательного канала или тканей, окружающих забрюшинное или околопочечное пространство) является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z148" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение патогенного микроорганизма в посеве жидкости (не мочи) или образца ткани, взятого из инфицированной области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z149" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абсцесс или иные проявление инфекции, наблюдаемое при прямом визуальном осмотре или во время хирургического вмешательства, либо подтверждаемое гистопатологическими данными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z150" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие двух из перечисленных ниже признаков: лихорадка (более 38°С), локализованные боли или болезненность в инфицированной области и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z151" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гнойное отделяемое из инфицированной области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z152" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови, который сопоставим с инфекцией пораженного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z153" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      радиологические данные, подтверждающие присутствие инфекции (патологические признаки на ультразвуковом исследовании, компьютерном, магнитно-резонансном томографии или на радиологическом исследовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z154" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      установленный врачом диагноз инфекции почек, уретры, мочевого пузыря, ретроперитонеального и перинефрального пространства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z155" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      назначение врачом соответствующей антимикробной терапии инфекции почек, уретры, мочевого пузыря, ретроперитонеального и перинефрального пространства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z156" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) у пациентов старше 12 месяцев наличие одного из перечисленных ниже признаков при отсутствии: лихорадки (более 38°С), гипотермии (менее 37°С), апноэ, брадикардии, сонливости или рвоты и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z157" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) гнойное отделяемое из инфицированной области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z158" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови, который сопоставим с инфекцией пораженного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z159" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      радиологические данные, подтверждающие присутствие инфекции (патологические признаки на ультразвуковом исследовании, компьютерном, магнитно-резонансном томографии или на радиологическом исследовании;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z144" w:id="137"/>
-[...15 lines deleted...]
-      Критерием определения бессимптомной бактериурии является наличие у пациента одного из следующих состояний:</w:t>
+    <w:bookmarkStart w:name="z160" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      установленный врачом диагноз инфекции почек, уретры, мочевого пузыря, ретроперитонеального и перинефрального пространства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z145" w:id="138"/>
-[...15 lines deleted...]
-      1) катетеризация мочевого пузыря в течение 7 календарных дней до посева мочи и отсутствие у больного лихорадки (более 38°С), резких позывов к мочеиспусканию, частого мочеиспускания, дизурии, болезненности в надлобковой области и обнаружение в посеве мочи не более двух видов микроорганизмов в количестве более 105 колоний милилитрах;</w:t>
+    <w:bookmarkStart w:name="z161" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      назначение врачом соответствующей антимикробной терапии почек, уретры, мочевого пузыря, ретроперитонеального и перинефрального пространства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z146" w:id="139"/>
-[...15 lines deleted...]
-      2) катетеризация мочевого пузыря не осуществлялась в течение 7 календарных дней до первого положительного результата бактериологического исследования и пациент имеет по крайней мере два положительных результата бактериологического исследования, при этом в посевах мочи обнаруживается не более двух видов микроорганизмов численностью более 105 колоний в милилитрах и у больного не отмечается лихорадки (более 38°С), резких позывов к мочеиспусканию, частого мочеиспускания, дизурии, болезненности в надлобковой области.</w:t>
+    <w:bookmarkStart w:name="z162" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Инфекции суставов и костей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z147" w:id="140"/>
-[...15 lines deleted...]
-      14. Критерием определения прочих инфекции мочевыводящего тракта (почек, мочеточников, мочевого пузыря, мочеиспускательного канала или тканей, окружающих забрюшинное или околопочечное пространство) является наличие у пациента одного из следующих состояний:</w:t>
+    <w:bookmarkStart w:name="z163" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. К категории инфекций суставов и костей относятся остеомиелит, инфекции суставов или суставных сумок, инфекции межпозвоночных дисков, связанные с оказанием медицинской помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z148" w:id="141"/>
-[...15 lines deleted...]
-      1) выделение патогенного микроорганизма в посеве жидкости (не мочи) или образца ткани, взятого из инфицированной области;</w:t>
+    <w:bookmarkStart w:name="z164" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Критерием определения остеомиелита является наличие у пациента одного из следующих состояний:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z149" w:id="142"/>
-[...15 lines deleted...]
-      2) абсцесс или иные проявление инфекции, наблюдаемое при прямом визуальном осмотре или во время хирургического вмешательства, либо подтверждаемое гистопатологическими данными;</w:t>
+    <w:bookmarkStart w:name="z165" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посевах костных тканей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z150" w:id="143"/>
-[...15 lines deleted...]
-      3) наличие двух из перечисленных ниже признаков: лихорадка (более 38°С), локализованные боли или болезненность в инфицированной области и наличие одного из перечисленных ниже обстоятельств:</w:t>
+    <w:bookmarkStart w:name="z166" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признаки остеомиелита, наблюдаемые во время хирургического вмешательства или подтверждаемые гистопатологическими данными;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z151" w:id="144"/>
-[...15 lines deleted...]
-      гнойное отделяемое из инфицированной области;</w:t>
+    <w:bookmarkStart w:name="z167" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), локальный отек, болезненность, жар, наличие отделяемого из предполагаемого очага инфекции и наличие одного из перечисленных ниже обстоятельств:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z152" w:id="145"/>
-[...15 lines deleted...]
-      выделение микроорганизма в посеве крови, который сопоставим с инфекцией пораженного органа;</w:t>
+    <w:bookmarkStart w:name="z168" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z153" w:id="146"/>
-[...15 lines deleted...]
-      радиологические данные, подтверждающие присутствие инфекции (патологические признаки на ультразвуковом исследовании, компьютерном, магнитно-резонансном томографии или на радиологическом исследовании;</w:t>
+    <w:bookmarkStart w:name="z169" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследования крови на антигены;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z154" w:id="147"/>
-[...15 lines deleted...]
-      установленный врачом диагноз инфекции почек, уретры, мочевого пузыря, ретроперитонеального и перинефрального пространства;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рентгенологические данные, подтверждающие наличие инфекции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z155" w:id="148"/>
-[...15 lines deleted...]
-      назначение врачом соответствующей антимикробной терапии инфекции почек, уретры, мочевого пузыря, ретроперитонеального и перинефрального пространства;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Критерием определения инфекции суставов или суставных сумок является наличие у пациента одного из следующих состояний:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z156" w:id="149"/>
-[...15 lines deleted...]
-      4) у пациентов старше 12 месяцев наличие одного из перечисленных ниже признаков при отсутствии: лихорадки (более 38°С), гипотермии (менее 37°С), апноэ, брадикардии, сонливости или рвоты и наличие одного из перечисленных ниже обстоятельств:</w:t>
+    <w:bookmarkStart w:name="z172" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве синовиальной жидкости или биоптата синовиальной ткани;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z157" w:id="150"/>
-[...15 lines deleted...]
-      5) гнойное отделяемое из инфицированной области;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признаки инфекции сустава или суставной сумки, наблюдаемые во время хирургического вмешательства или подтверждаемые данными гистопатологического исследования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z158" w:id="151"/>
-[...15 lines deleted...]
-      выделение микроорганизма в посеве крови, который сопоставим с инфекцией пораженного органа;</w:t>
+    <w:bookmarkStart w:name="z174" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: боли в суставе, опухание сустава, болезненность, жар, признаки истечения суставной жидкости из сустава или ограничение амплитуды движений и наличие одного из перечисленных ниже обстоятельств:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z159" w:id="152"/>
-[...15 lines deleted...]
-      радиологические данные, подтверждающие присутствие инфекции (патологические признаки на ультразвуковом исследовании, компьютерном, магнитно-резонансном томографии или на радиологическом исследовании;</w:t>
+    <w:bookmarkStart w:name="z175" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микроорганизмы и лейкоциты, видимые в образцах синовиальной жидкости при окраске по Граму;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z160" w:id="153"/>
-[...15 lines deleted...]
-      установленный врачом диагноз инфекции почек, уретры, мочевого пузыря, ретроперитонеального и перинефрального пространства;</w:t>
+    <w:bookmarkStart w:name="z176" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследований крови, мочи или синовиальной жидкости на антигены;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z161" w:id="154"/>
-[...15 lines deleted...]
-      назначение врачом соответствующей антимикробной терапии почек, уретры, мочевого пузыря, ретроперитонеального и перинефрального пространства.</w:t>
+    <w:bookmarkStart w:name="z177" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      клеточные и биохимические характеристики синовиальной жидкости, характерные для инфекции и не являющиеся проявлениями основного ревматического заболевания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z162" w:id="155"/>
+    <w:bookmarkStart w:name="z178" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рентгенологические данные, подтверждающие присутствие инфекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z179" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Критерием определения инфекции межпозвоночного дискового пространства является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z180" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посевах образцов ткани, взятых из инфицированной области во время хирургического вмешательства или методом пункционной биопсии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z181" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признаки инфекции в области поражения, наблюдаемые во время хирургического вмешательства или подтверждаемые гистопатологическими данными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z182" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лихорадка (более 38°С), не объяснимая никакими иными известными причинами, или боли в области поражения и рентгенологические данные, подтверждающие присутствие инфекции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z183" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лихорадка (более 38°С), не объяснимая никакими иными известными причинами, или боли в области поражения и положительные результаты исследований крови или мочи на антигены.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z184" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6. Инфекции суставов и костей</w:t>
-[...103 lines deleted...]
-    <w:bookmarkStart w:name="z168" w:id="161"/>
+        <w:t xml:space="preserve"> 7. Инфекции сердечно-сосудистой системы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z185" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. К категории инфекций сердечно-сосудистой системы относятся инфекции артерий или вен, эндокардит, миокардит, перикардит и медиастенит, связанные с оказанием медицинской помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z186" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Критерием определения инфекции артерий или вен является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z187" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве образцов ткани, взятых из стенок вены или артерии во время хирургического вмешательства, при этом исследование посевов крови не производится или микроорганизмы не высеваются;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z188" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признаки инфекции в области пораженного сосуда, наблюдаемые во время хирургического вмешательства или подтверждаемые гистопатологическими данными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z189" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие одного из перечисленных ниже признаков: лихорадка (более 38°С), боли, эритема, жар в области пораженного сосуда и наличие обоих указанных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z190" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      более 15 колоний в посеве образца, взятого с кончика внутрисосудистой канюли, выращенные методом полуколичественного культивирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z191" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исследование посевов крови не производилось или не отмечено роста патогенных микроорганизмов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z192" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) гноетечение из области пораженного сосуда, при этом исследование посевов крови не производится или не отмечено роста патогенных микроорганизмов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z193" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) у больного в возрасте до 12 месяцев наличие одного из следующих признаков: лихорадка (более 38°С), гипотермия (менее 37°С), апноэ, брадикардия, сонливость, рвота, боли, эритема, жар в области пораженного сосуда и наличие обоих указанных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z194" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      более 15 колоний в посеве образца, взятого с кончика внутрисосудистой канюли, выращенные методом полуколичественного культивирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z195" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      исследование посевов крови не производится или не отмечено роста патогенных микроорганизмов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z196" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Критерием определения инфекционного эндокардита собственного клапана сердца или клапанного протеза является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z197" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве образца ткани клапана или вегетации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z198" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), появление новых шумов или изменение характера имеющихся шумов сердца, эмболические явления, кожные проявления (точечные или линейные кровоизлияния, болезненные подкожные узелки), сердечная недостаточность с застойными явлениями, нарушение электропроводимости и соответствующая антимикробная терапия, назначенная врачом, если диагноз устанавливается до наступления смерти и наличие любого из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z199" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в двух посевах крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z200" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение микроорганизмов при окраске по Граму образца ткани клапана, если исследование посевов дает отрицательные результаты или не производится;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z201" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вегетации, наблюдаемые во время хирургического вмешательства или аутопсии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z202" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследования крови или мочи на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z203" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      признаки появления новых вегетаций, наблюдаемые при эхокардиографическом исследовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z204" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) у больного в возрасте до 12 месяцев наличие двух или более из перечисленных признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), гипотермия (менее 37°С), апноэ, брадикардия, появление новых шумов или изменение характера имеющихся шумов сердца, эмболические явления, кожные проявления, сердечная недостаточность с застойными явлениями, нарушения сердечной проводимости и соответствующая антимикробная терапия, назначенная врачом, если диагноз устанавливается до наступления смерти и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z205" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в двух посевах крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z206" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение патогенных микроорганизмов при окраске по Граму образца ткани клапана, если посев дает отрицательные результаты или не производился;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z207" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вегетации на клапане, наблюдаемые во время хирургического вмешательства или аутопсии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z208" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследования крови или мочи на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z209" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      признаки появления новых вегетаций, наблюдаемые при эхокардиографическом исследовании (далее – ЭКГ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z210" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Критерием определения инфекционного миокардита или перикардита является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z211" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в образцах тканей или жидкости из перикарда, полученных методом пункции перикарда или во время хирургического вмешательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z212" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (больше 38°С), боли в грудной клетке, парадоксальный пульс, увеличенные размеры сердца и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z213" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарушения, обнаруживаемые на ЭКГ, характерные для миокардита или перикардита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z214" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследования крови или мочи на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z215" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      признаки миокардита или перикардита, обнаруженные при гистологическом исследовании тканей сердца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z216" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      четырехкратное повышение уровня типоспецифических антител одновременно с выделением или без выделения вируса в посевах образцов тканей глотки или образцов кала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z217" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перикардиальный выпот, обнаруживаемый методами эхокардиографии, компьютерной томографии (далее–КТ), ядерно-магнитно-резонансной томографии (далее–ЯМРТ), ангиографии, и рентгенологическими данными, подтверждающие присутствие инфекции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z218" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) у больного в возрасте до 12 месяцев наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), гипотермия (менее 37°С), апноэ, брадикардия, парадоксальный пульс, увеличение размеров сердца и наличие любого из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z219" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарушения на ЭКГ, характерные для миокардита или перикардита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z220" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследования крови или мочи на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z221" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие признаков миокардита или перикардита при гистологическом исследовании тканей сердца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z222" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      четырехкратное повышение уровня типоспецифических антител одновременно с выделением или без выделения вируса в образцах тканей глотки или образцах кала;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z223" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перикардиальный выпот, обнаруживаемый методами эхокардиографии, КТ, ЯМРТ, ангиографии и рентгенологических данных, подтверждающих присутствие инфекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z224" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Критерием определения медиастенита является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z225" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посевах тканей средостения или образцов жидкости, полученных во время хирургического вмешательства или путем пункции средостения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z226" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) признаки медиастенита, наблюдаемые при хирургическом вмешательстве или подтверждаемые данными гистопатологического исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z227" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие одного из перечисленных ниже признаков: лихорадка (более 38°С), боли в груди, подвижность грудины и наличие одного из следующих обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z228" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гноетечение из области средостения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z229" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови или отделяемого из области средостения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z230" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расширение средостения, видимое на рентгенограмме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z231" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) у больного в возрасте до 12 месяцев наличие одного из перечисленных ниже признаков: лихорадка (более 38°С), гипотермия (менее 37°С), апноэ, брадикардия, подвижность грудины и наличие любого из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z232" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гноетечение из области средостения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z233" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови или отделяемого из области средостения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z234" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расширение средостения, видимое на рентгенограмме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z235" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Инфекции центральной нервной системы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z236" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. К категории инфекций центральной нервной системы относятся внутричерепные инфекции, менингиты, вентрикулиты и спинальные абсцессы без менингита, связанные с оказанием медицинской помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z237" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Критерием определения внутричерепных инфекции (абсцесс головного мозга, субдуральная или эпидуральная инфекция, энцефалит) является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z238" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посевах тканей головного мозга или твердой мозговой оболочки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z239" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абсцесс или признаки внутричерепной инфекции, наблюдаемые при хирургическом вмешательстве или подтверждаемые данными гистопатологического исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z240" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: головная боль, головокружение, лихорадка (более 38°С), топические неврологические признаки, изменение уровня сознания, спутанность сознания и назначение врачом соответствующей антимикробной терапии, если диагноз устанавливается до наступления смерти, и наличие любого из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z241" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение патогенных микроорганизмов при микроскопическом исследовании образцов тканей головного мозга или содержимого абсцесса, полученных методами пункции или обычной биопсии во время хирургического вмешательства или аутопсии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z242" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследования крови или мочи на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z243" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рентгенологические данные, подтверждающие присутствие инфекции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z244" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулин М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z245" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) у больного в возрасте до 12 месяцев наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), гипотермия (менее 37°С), апноэ, брадикардия, локализованные неврологические проявления, изменение уровня сознания и соответствующая антимикробная терапия, назначенная врачом, если диагноз устанавливается до наступления смерти и наличие любого из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z246" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение патогенных микроорганизмов при микроскопическом исследовании образцов тканей головного мозга или содержимого абсцесса, полученных методами пункции или обычной биопсии во время хирургического вмешательства или аутопсии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z247" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследования крови или мочи на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z248" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рентгенологические данные, подтверждающие присутствие инфекции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z249" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулина М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулин G к патогену.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z250" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Критерием определения менингита или вентрикулита является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z251" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве спинномозговой жидкости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z252" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие одного из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), головная боль, ригидность шейных мышц, менингеальные проявления, проявления со стороны черепно-мозговых нервов, раздражимость и назначение врачом соответствующей антимикробной терапии, если диагноз устанавливается до наступления смерти, и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z253" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повышенные уровни лейкоцитов и белка и (или) пониженный уровень глюкозы в спинномозговой жидкости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z254" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение патогенных микроорганизмов при окрашивании по Граму образцов спинномозговой жидкости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z255" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение микроорганизма в посеве крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z256" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследований спинномозговой жидкости, крови или мочи на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z257" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулина М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z258" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) у больного в возрасте до 12 месяцев наличие одного из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), гипотермия (менее 37°С), апноэ, брадикардия, ригидность шейных мышц, менингеальные проявления, проявления со стороны черепно-мозговых нервов, раздражимость и назначение врачом соответствующей антимикробной терапии, если диагноз устанавливается до наступления смерти, и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z259" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      повышенные уровни лейкоцитов и белка и (или) пониженный уровень глюкозы в спинномозговой жидкости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z260" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение патогенных микроорганизмов при окраске по Граму образцов спинномозговой жидкости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z261" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение микроорганизма в посеве крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z262" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследований спинномозговой жидкости, крови или мочи на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z263" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулина М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z264" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Менингит у новорожденных расценивается как ИСПМ, если нет подтверждения того, что менингит был приобретен трансплацентарно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z265" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инфекция, возникшая в течение 12 месяцев после постановки шунта, расценивается как менингит после хирургического вмешательства, если это происходит через 12 месяцев и более после постановки шунта, она расценивается как инфекция ЦНС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z266" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Менингоэнцефалит расценивается как менингит.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z267" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Абсцесс спинного мозга с менингитом расценивается как менингит.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z268" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Критерием определения спинального абсцесса без менингита (абсцесс в спинальном, эпидуральном или субдуральном пространстве без вовлечения спинномозговой жидкости или прилегающих костных структур) является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z269" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в образцах содержимого абсцесса спинального, эпидурального или субдурального пространства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z270" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абсцесс в спинальном эпидуральном или субдуральном пространстве, наблюдаемый во время хирургического вмешательства или аутопсии или подтверждаемый данными гистопатологического исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z271" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие одного из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), боли в спине, очаговая гиперстезия, радикулит, парапарез, параплегия и назначение врачом соответствующей антимикробной терапии, если диагноз устанавливается до наступления смерти, и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z272" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выделение микроорганизма в посеве крови;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-[...180 lines deleted...]
-    <w:bookmarkStart w:name="z178" w:id="171"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z273" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рентгенологические данные, подтверждающие наличие спинального абсцесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z274" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Инфекции глаз, уха, горла, носа и полости рта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z275" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. К категории инфекций глаз относятся конъюнктивиты и прочие типы инфекций глаз. К категории инфекций уха относятся воспаление наружного уха, воспаление среднего уха, воспаление внутреннего уха и мастоидит. Инфекции носа, горла и полости рта включают инфекции полости рта, инфекции верхних дыхательных путей и синуситы. Для всех вышеперечисленных категорий инфекций главным критерием является наличие связи с оказанием медицинской помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z276" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Критерием определения конъюнктивита является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z277" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посевах гнойного экссудата, полученного из конъюнктивы или прилегающих тканей (века, роговицы, мейбомиевых желез или слезных желез);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z278" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) болезненность или покраснение конъюнктивы или тканей, окружающих глазное яблоко, и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z279" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      присутствие лейкоцитов и патогенных микроорганизмов в образцах экссудата, в гнойном экссудате при окраске по Граму; положительные результаты исследований экссудата или соскобов конъюнктивы глаза на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z280" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      многоядерные гигантские клетки, видные при микроскопическом исследовании экссудата или соскобов конъюнктивы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z281" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты культивирования вирусов в экссудате конъюнктивы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z282" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулина М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z283" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Критерием определения прочих инфекции глаз (кроме конъюнктивита) является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z284" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посевах содержимого передней или задней камеры, или жидкости стекловидного тела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z285" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: боли в глазном яблоке, расстройство зрения, гипопион и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z286" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагноз, устанавливаемый врачом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z287" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследований крови на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z288" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посевах крови.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z289" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Критерием определения воспаления наружного уха является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z290" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посевах гнойного отделяемого из наружного слухового прохода;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z291" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие одного из перечисленных ниже признаков: лихорадка (более 38°С), боль, краснота, выделение жидкости из наружного слухового прохода и обнаружение патогенных микроорганизмов при окраске по Граму образцов гнойного отделяемого.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z292" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Критерием определения воспаления среднего уха является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z293" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве жидкости, взятой из области среднего уха методом тимпаноцентеза или во время хирургического вмешательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z294" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие двух из перечисленных ниже признаков: лихорадка (более 38°С), боли в барабанной перепонке, воспаление, втяжение или уменьшение подвижности барабанной перепонки, скопление жидкости за барабанной перепонкой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z295" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Критерием определения воспаления внутреннего уха является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z296" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве жидкости, взятой из внутреннего уха во время хирургического вмешательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z297" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) диагноз, установленный врачом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z298" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Критерием определения мастоидита является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z299" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посевах гнойного отделяемого из сосцевидного отростка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z300" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие двух из числа перечисленных признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), боли, чувствительность, эритема, головная боль, паралич лицевого нерва и наличие одного из перечисленных ниже признаков:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z301" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение патогенных микроорганизмов при окраске по Граму гнойного отделяемого из сосцевидного отростка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z302" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследования крови на антигены.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z303" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Критерием определения инфекции полости рта (поверхности полости рта, языка или десен) является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z304" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве гнойного отделяемого из тканей или полости рта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z305" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абсцесс или иные проявления инфекции полости рта, наблюдаемые при прямом визуальном осмотре, во время хирургического вмешательства или подтверждаемые гистопатологическими данными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z306" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие одного из перечисленных ниже признаков: абсцесс, изъязвление, выпуклые белые пятна на поверхности воспаленной слизистой, бляшки на слизистой ротовой полости и наличие любого из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z307" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение патогенных микроорганизмов при окраске по Граму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z308" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты окрашивания гидрохлоридом калия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z309" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      многоядерные гигантские клетки, видные при микроскопическом исследовании соскобов слизистой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z310" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследований секрета полости рта на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z311" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулина М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z312" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагноз, установленный врачом, и назначение местной или пероральной противогрибковой терапии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z313" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Критерием определения синусита является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z314" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве гнойного отделяемого взятого из полости синуса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z315" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие одного из следующих признаков: лихорадка (более 38°С), боли или гиперестезия в области над пораженной пазухой, головная боль, гнойный экссудат, обструкция и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z316" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты диафаноскопии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z317" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рентгенологические данные, подтверждающие присутствие инфекции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z184" w:id="177"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z318" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Критерием определения инфекции верхних дыхательных путей (фарингит, ларингит, эпиглоттит) является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z319" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие двух из перечисленных ниже признаков: лихорадка (более 38°С), эритема на задней стенке, ангина, кашель, охриплость, гнойные выделения из горла и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z320" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посевах образцов, взятых из пораженной области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z321" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z322" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследований крови или секрета бронхов на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z323" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулин М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z324" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагноз, установленный врачом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z325" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абсцесс, видимый при осмотре, во время хирургического вмешательства или подтверждаемый гистопатологическими данными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z326" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) у больного в возрасте менее 12 месяцев наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), гипотермия (менее 37°С), апноэ, брадикардия, выделения из носа, гнойные выделения из горла и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z327" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посевах образцов, взятых из инфицированной области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z328" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z329" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследований крови или секрета бронхов на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z330" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулина М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z331" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагноз, установленный врачом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z332" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7. Инфекции сердечно-сосудистой системы</w:t>
-[...1161 lines deleted...]
-    <w:bookmarkStart w:name="z243" w:id="236"/>
+        <w:t xml:space="preserve"> 10. Инфекции органов пищеварительной системы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z333" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. К категории инфекций органов пищеварительной системы относятся гастроэнтерит, гепатит, некротический энтероколит, инфекции желудочно-кишечного тракта, интраабдоминальные инфекции, связанные с оказанием медицинской помощи, не относимые ни к какой другой категории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z334" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Критерием определения гастроэнтерита является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z335" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) острый приступ диареи (жидкий стул в течение более 12 часов), сопровождаемый или не сопровождаемый рвотой или повышением температуры тела (более 38°С), и отсутствие иных вероятных причин неинфекционного происхождения (диагностических процедур, побочных реакций на лекарственные препараты, обострения хронического заболевания, эмоционального стресса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z336" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: тошнота, рвота, боли в животе, головная боль и наличие одного из следующих обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z337" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение кишечного микроорганизма в посевах кала или мазках, взятых из прямой кишки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z338" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение кишечных патогенных микроорганизмов методами обычного или электронно-микроскопического исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z339" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение кишечного микроорганизма при исследовании образцов кала или крови на антигены, или антитела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z340" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      присутствие кишечного микроорганизма, обнаруживаемое по наличию патологических изменений клеток в посевах ткани (пробы на токсин);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z341" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулина М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z342" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Критерием определения гепатита является наличие у пациента одного из следующих состояний: наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), анорексия, тошнота, рвота, боли в животе, желтуха или ранее перенесенная трансфузия (в срок до 3 месяцев) и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z343" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) положительные результаты исследований на антигены или антитела к вирусам гепатита А, гепатита В или дельта-гепатита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z344" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нарушения функции печени, подтверждаемые лабораторными данными (повышенные уровни аланин-аспартатаминотрансфераз (далее – АЛТ/АСТ) и билирубина);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z345" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3)обнаружение вируса цитомегаловируса (ЦМВ) в моче или отделяемом из ротоглотки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z346" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Критерием определения некротического энтероколита новорожденных является наличие у ребенка одного из следующих состояний: наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: рвота, вздутие живота, остаточные явления до начала кормления и наличие одного из перечисленных ниже рентгенологических признаков:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z347" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) пневмоперитонеум;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z348" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пневматоз кишечника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z349" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие неизменяемых ригидных петель тонкого кишечника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z350" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Критерием определения инфекции отделов желудочно-кишечного тракта (пищевода, желудка, тонкого кишечника, толстого кишечника, прямой кишки), за исключением гастроэнтерита и аппендицита, является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z351" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) абсцесс или иные проявления инфекции, наблюдаемые во время хирургического вмешательства или подтверждаемые гистопатологическими данными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z352" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами и совместимых с присутствием инфекции в области пораженного органа или ткани: лихорадка (более 38°С), тошнота, рвота, болезненность или чувствительность живота и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z353" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве отделяемого или образца ткани, взятого во время хирургического вмешательства или эндоскопической процедуры или через дренаж, введенный хирургическим методом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z354" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z355" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       рентгенологические данные, подтверждающие присутствие инфекции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-[...1914 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z340" w:id="333"/>
-[...319 lines deleted...]
-    <w:bookmarkStart w:name="z356" w:id="349"/>
+    <w:bookmarkStart w:name="z356" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       патологические изменения, наблюдаемые во время эндоскопического исследования (например, эзофагит или проктит, вызываемые кандидой. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z357" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Критерием определения интраабдоминальных инфекций, поражающих желчный пузырь, желчные протоки, печень (исключая вирусный гепатит), селезенку, поджелудочную железу, брюшину, поддиафрагмальное пространство является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z358" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве гнойного отделяемого, взятого из интраабдоминального пространства во время хирургического вмешательства или аспирационной биопсии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z359" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абсцесс и проявления интраабдоминальной инфекции, наблюдаемые во время хирургического вмешательства или подтверждаемые гистопатологическими данными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z360" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), тошнота, рвота, боли в животе, желтуха и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z361" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве отделяемого или образца ткани, взятого через дренаж, введенный хирургическим методом (закрытая дренажная система, открытый дренаж или Т-трубка);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z362" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение патогенных микроорганизмов при окраске по Граму образца жидкого отделяемого или ткани, полученного во время хирургического вмешательства или методом пункции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z363" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови и рентгенологические данные, подтверждающие присутствие инфекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z364" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Инфекции нижних дыхательных путей (исключая пневмонию)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z365" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. К категории инфекций нижних дыхательных путей (исключая пневмонию) относятся бронхит, трахеобронхит, бронхиолит, трахеит, абсцесс легких и эмпиема, связанные с оказанием медицинской помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z366" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Критерием определения бронхита, трахеобронхита, бронхиолита, трахеита (при отсутствии признаков пневмонии) является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z367" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) отсутствие у больного клинических проявлений или рентгенологических признаков пневмонии и наличие двух из перечисленных ниже признаков: лихорадка (более 38°С), кашель, появление или усиление отделения мокроты, хрипы, стридор и наличие любого из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z368" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выделение микроорганизма в посевах образцов, полученных методами глубокой аспирации из трахеи или бронхоскопии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z369" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) положительные результаты исследований секрета бронхов на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z370" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отсутствие у больного в возрасте до 12 месяцев клинических проявлений или рентгенологических признаков пневмонии и наличие двух из перечисленных ниже признаков: лихорадка (более 38°С), кашель, появление или усиление отделения мокроты, хрипы, стридор и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z371" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посевах образцов, полученных методами глубокой аспирации из трахеи или бронхоскопии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z372" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследований секрета бронхов на антигены;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z357" w:id="350"/>
-[...15 lines deleted...]
-      43. Критерием определения интраабдоминальных инфекций, поражающих желчный пузырь, желчные протоки, печень (исключая вирусный гепатит), селезенку, поджелудочную железу, брюшину, поддиафрагмальное пространство является наличие у пациента одного из следующих состояний:</w:t>
+    <w:bookmarkStart w:name="z373" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулина М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z358" w:id="351"/>
-[...15 lines deleted...]
-      1) выделение микроорганизма в посеве гнойного отделяемого, взятого из интраабдоминального пространства во время хирургического вмешательства или аспирационной биопсии;</w:t>
+    <w:bookmarkStart w:name="z374" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Критерием определения прочих типов инфекций нижних дыхательных путей является наличие у пациента одного из следующих состояний:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z359" w:id="352"/>
-[...15 lines deleted...]
-      2) абсцесс и проявления интраабдоминальной инфекции, наблюдаемые во время хирургического вмешательства или подтверждаемые гистопатологическими данными;</w:t>
+    <w:bookmarkStart w:name="z375" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обнаружение микроорганизма в мазке или выделение его в посевах образцов легочной ткани или жидкости, включая плевральную жидкость;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z360" w:id="353"/>
-[...15 lines deleted...]
-      3) наличие двух из перечисленных ниже признаков, не объяснимых никакими иными известными причинами: лихорадка (более 38°С), тошнота, рвота, боли в животе, желтуха и наличие одного из перечисленных ниже обстоятельств:</w:t>
+    <w:bookmarkStart w:name="z376" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абсцесс легких или эмпиема, наблюдаемые во время хирургического вмешательства или подтверждаемые гистопатологическими данными;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z361" w:id="354"/>
-[...15 lines deleted...]
-      выделение микроорганизма в посеве отделяемого или образца ткани, взятого через дренаж, введенный хирургическим методом (закрытая дренажная система, открытый дренаж или Т-трубка);</w:t>
+    <w:bookmarkStart w:name="z377" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) полость абсцесса, видимая при рентгенографическом обследовании легких.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z362" w:id="355"/>
-[...15 lines deleted...]
-      обнаружение патогенных микроорганизмов при окраске по Граму образца жидкого отделяемого или ткани, полученного во время хирургического вмешательства или методом пункции;</w:t>
+    <w:bookmarkStart w:name="z378" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Инфекции репродуктивных органов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z363" w:id="356"/>
-[...15 lines deleted...]
-      выделение микроорганизма в посеве крови и рентгенологические данные, подтверждающие присутствие инфекции.</w:t>
+    <w:bookmarkStart w:name="z379" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Группа инфекций, наблюдаемых в акушерско-гинекологической практике и при лечении урологических расстройств у мужчин, определяется как инфекции репродуктивных органов. К данной категории относятся эндометрит, инфекции, развивающиеся в результате эпизиотомии, воспаление половых губ и прочие типы инфекций мужских и женских репродуктивных органов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z364" w:id="357"/>
+    <w:bookmarkStart w:name="z380" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Критерием определения эндометрита является наличие у пациента</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z381" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z382" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посевах образцов жидкости или ткани эндометрия, полученных во время хирургического вмешательства методом пункции или щеточной биопсии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z383" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) гнойное отделяемое из матки и наличие двух из перечисленных ниже признаков: лихорадка (более 38°С), боли в животе или чувствительность матки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z384" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Критерием определения инфекции, развивающейся после эпизиотомии, является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z385" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) гноетечение из области эпизиотомии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z386" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абсцесс в области эпизиотомии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z387" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Критерием определения воспаления свода влагалища является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z388" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) гноетечение из влагалища;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z389" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абсцесс свода влагалища;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z390" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) выделение микроорганизма в посеве жидкости или ткани, взятой из области свода влагалища.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z391" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Критерием определения прочих инфекции мужских или женских репродуктивных органов (придатков яичек, яичек, простаты, влагалища или любых тканей внутреннего таза, за исключением эндометрита или воспаления свода влагалища) является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z392" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посевах образцов тканей или жидкостей, взятых из инфицированной области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z393" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абсцесс и проявления инфекции, наблюдаемые во время хирургического вмешательства или подтверждаемые гистопатологическими данными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z394" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие двух из перечисленных ниже признаков: лихорадка (более 38°С), тошнота, рвота, боли, чувствительность, дизурия и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z395" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z396" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагноз, установленный врачом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z397" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 11. Инфекции нижних дыхательных путей (исключая пневмонию)</w:t>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z373" w:id="366"/>
+        <w:t xml:space="preserve"> 13. Инфекции кожи и мягких тканей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z398" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. К категории инфекций кожи и мягких тканей относятся инфекции кожи (не связанные с инфицированием хирургического разреза), инфекции мягких тканей, инфекции пролежней, ожоговые инфекции, абсцесс молочной железы или мастит, омфалит, пустулезные высыпания у новорожденных, инфекции, развивающиеся в результате операции обрезания крайней плоти у новорожденных. Главным критерием является наличие связи с оказанием медицинской помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z399" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Критерием определения инфекции кожи является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z400" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) гноетечение, пустулезные высыпания, везикулярные высыпания или фурункулы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z401" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие двух из перечисленных ниже признаков в инфицированной области: локализованные боли, чувствительность, припухлость, покраснение, жар и наличие одного из перечисленных ниже признаков:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z402" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве аспирата или отделяемого из области инфицирования (при обнаружении микроорганизмов нормальной кожной флоры необходимо получить чистую культуру одного микроорганизма);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z403" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z404" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследований инфицированной ткани или крови на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z405" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      многоядерные гигантские клетки, видимые при микроскопическом исследовании образцов инфицированной ткани;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z406" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      диагностически значимый титр антител класса иммуноглобулин М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z407" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Критерием определения инфекции мягких тканей (некротический фасцилит, инфекционная гангрена, некротический целлюлит, инфекционный миозит, лимфаденит, лимфангит) является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z408" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве ткани или отделяемого из инфицированной области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z409" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) гноетечение из инфицированной области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z410" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) абсцесс и проявления инфекции, наблюдаемые во время хирургического вмешательства, подтверждаемые гистопатологическими данными;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z411" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наличие двух из перечисленных ниже признаков в области инфицирования: локализованные боли или чувствительность, покраснение, припухлость, жар и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z412" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z413" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      положительные результаты исследований крови или мочи на антигены;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z414" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       диагностически значимый титр антител класса иммуноглобулина М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-[...418 lines deleted...]
-    <w:bookmarkStart w:name="z395" w:id="388"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z415" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Критерием определения инфекции пролежней, включая инфекции как поверхностных, так и глубоких слоев тканей, является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z416" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие двух из перечисленных ниже признаков (покраснение, болезненность, припухлость краев раны) и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z417" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посевах образцов жидкости, полученных методом пункции или биопсии из края раны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z418" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выделение микроорганизма в посеве крови.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z419" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Критерием определения ожоговых инфекции является наличие у пациента одного из следующих состояний:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z420" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) изменение внешнего вида ожоговой раны или характера наблюдаемых процессов, например, ускоренное отделение струпа, изменение цвета струпа до темно-коричневого, черного или фиолетового, отек краев раны и результаты гистологического исследования биоптатов ожоговой раны, показывающие проникновение патогенных микроорганизмов в прилегающие жизнеспособные ткани;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z421" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) изменение внешнего вида ожоговой раны или характера наблюдаемых процессов, например, ускоренное отделение струпа, изменение цвета струпа до темно-коричневого, черного или фиолетового, отек краев раны и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z422" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение микроорганизма в посеве крови при отсутствии иных явных признаков инфекций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z423" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение вируса герпессимплекса</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z424" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      , обнаружение включений при гистологическом исследовании методами световой или электронной микроскопии, визуалиация вирусных частиц методом электронной микроскопии в биоптатах или соскобах поверхности раны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z425" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие у больного с ожогами одного из перечисленных ниже признаков: повышенной температуры (более 38°С), гипотермии (менее 37°С), гипотонии (систолическое давление менее 90 милиметров ртутного столба (далее–мм рт.ст.), олигурии (менее 20 милилитров в час), гипергликемии, развивающейся при ранее нормально переносимом содержании углеводов в диете, спутанность сознания и наличие одного из перечисленных ниже обстоятельств:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z426" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гистологическое исследование биоптата ожоговой раны показывает проникновение патогенных микроорганизмов в прилегающие жизнеспособные ткани;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z427" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выделение микроорганизма в посеве крови;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="388"/>
-[...316 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z412" w:id="405"/>
-[...15 lines deleted...]
-      выделение микроорганизма в посеве крови;</w:t>
+    <w:bookmarkStart w:name="z428" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выделение вируса герпессимплекса, обнаружение включений при гистологическом исследовании методами световой или электронной микроскопии или визуалиация вирусных частиц методом электронной микроскопии в биоптатах или соскобах поверхности раны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="405"/>
-    <w:bookmarkStart w:name="z413" w:id="406"/>
-[...15 lines deleted...]
-      положительные результаты исследований крови или мочи на антигены;</w:t>
+    <w:bookmarkStart w:name="z429" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Критерием определения абсцесса молочной железы или мастита является наличие у пациента одного из следующих состояний:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="406"/>
-    <w:bookmarkStart w:name="z414" w:id="407"/>
-[...15 lines deleted...]
-      диагностически значимый титр антител класса иммуноглобулина М и четырехкратное возрастание в парных образцах сыворотки уровня антител класса иммуноглобулина G к патогену.</w:t>
+    <w:bookmarkStart w:name="z430" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве образцов тканей пораженной молочной железы или жидкости, полученных методом хирургического дренажа или пункции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="407"/>
-    <w:bookmarkStart w:name="z415" w:id="408"/>
-[...15 lines deleted...]
-      55. Критерием определения инфекции пролежней, включая инфекции как поверхностных, так и глубоких слоев тканей, является наличие у пациента одного из следующих состояний:</w:t>
+    <w:bookmarkStart w:name="z431" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абсцесс молочной железы и признаки инфекции, наблюдаемые во время хирургического вмешательства, подтверждаемые гистопатологическими данными;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="408"/>
-    <w:bookmarkStart w:name="z416" w:id="409"/>
-[...15 lines deleted...]
-      наличие двух из перечисленных ниже признаков (покраснение, болезненность, припухлость краев раны) и наличие одного из перечисленных ниже обстоятельств:</w:t>
+    <w:bookmarkStart w:name="z432" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лихорадка тела (более 38°С), местное воспаление тканей молочной железы и диагноз, установленный врачом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
-    <w:bookmarkStart w:name="z417" w:id="410"/>
-[...15 lines deleted...]
-      1) выделение микроорганизма в посевах образцов жидкости, полученных методом пункции или биопсии из края раны;</w:t>
+    <w:bookmarkStart w:name="z433" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Критерием определения омфалита новорожденных является наличие у ребенка одного из следующих состояний:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="410"/>
-    <w:bookmarkStart w:name="z418" w:id="411"/>
-[...15 lines deleted...]
-      2) выделение микроорганизма в посеве крови.</w:t>
+    <w:bookmarkStart w:name="z434" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эритема и сывороточные отделения из пупочной ямки и наличие одного из перечисленных ниже обстоятельств:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="411"/>
-    <w:bookmarkStart w:name="z419" w:id="412"/>
-[...15 lines deleted...]
-      56. Критерием определения ожоговых инфекции является наличие у пациента одного из следующих состояний:</w:t>
+    <w:bookmarkStart w:name="z435" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выделение микроорганизма в посеве отделяемого или аспирата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z420" w:id="413"/>
-[...15 lines deleted...]
-      1) изменение внешнего вида ожоговой раны или характера наблюдаемых процессов, например, ускоренное отделение струпа, изменение цвета струпа до темно-коричневого, черного или фиолетового, отек краев раны и результаты гистологического исследования биоптатов ожоговой раны, показывающие проникновение патогенных микроорганизмов в прилегающие жизнеспособные ткани;</w:t>
+    <w:bookmarkStart w:name="z436" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выделение микроорганизма в посеве крови;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z421" w:id="414"/>
-[...15 lines deleted...]
-      2) изменение внешнего вида ожоговой раны или характера наблюдаемых процессов, например, ускоренное отделение струпа, изменение цвета струпа до темно-коричневого, черного или фиолетового, отек краев раны и наличие одного из перечисленных ниже обстоятельств:</w:t>
+    <w:bookmarkStart w:name="z437" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) эритема и гноетечение из пупочной ямки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z422" w:id="415"/>
-[...15 lines deleted...]
-      выделение микроорганизма в посеве крови при отсутствии иных явных признаков инфекций;</w:t>
+    <w:bookmarkStart w:name="z438" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Инфекция пупочной артерии и вены расценивается как ИСМП сердечно-сосудистой системы или инфекция сосудов, если проводилась катетеризация, но бактериологическое исследование отрицательное или оно не сделано.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z423" w:id="416"/>
-[...15 lines deleted...]
-      выделение вируса герпессимплекса</w:t>
+    <w:bookmarkStart w:name="z439" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Инфекция кожных покровов новорожденного расценивается как ИСМП, если инфекция проявилась в течение 7 календарных дней после выписки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="416"/>
-    <w:bookmarkStart w:name="z424" w:id="417"/>
-[...15 lines deleted...]
-      , обнаружение включений при гистологическом исследовании методами световой или электронной микроскопии, визуалиация вирусных частиц методом электронной микроскопии в биоптатах или соскобах поверхности раны;</w:t>
+    <w:bookmarkStart w:name="z440" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Критерием определения пустулезных высыпаний у младенцев (в возрасте до 12 месяцев) является наличие у ребенка одного из следующих состояний:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="417"/>
-    <w:bookmarkStart w:name="z425" w:id="418"/>
-[...15 lines deleted...]
-      3) наличие у больного с ожогами одного из перечисленных ниже признаков: повышенной температуры (более 38°С), гипотермии (менее 37°С), гипотонии (систолическое давление менее 90 милиметров ртутного столба (далее–мм рт.ст.), олигурии (менее 20 милилитров в час), гипергликемии, развивающейся при ранее нормально переносимом содержании углеводов в диете, спутанность сознания и наличие одного из перечисленных ниже обстоятельств:</w:t>
+    <w:bookmarkStart w:name="z441" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие у ребенка пустулезных высыпаний и диагноз, установленный врачом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="418"/>
-    <w:bookmarkStart w:name="z426" w:id="419"/>
-[...15 lines deleted...]
-      гистологическое исследование биоптата ожоговой раны показывает проникновение патогенных микроорганизмов в прилегающие жизнеспособные ткани;</w:t>
+    <w:bookmarkStart w:name="z442" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие у ребенка пустулезных высыпаний и соответствующая антимикробная терапия, назначенная врачом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="419"/>
-    <w:bookmarkStart w:name="z427" w:id="420"/>
-[...15 lines deleted...]
-      выделение микроорганизма в посеве крови;</w:t>
+    <w:bookmarkStart w:name="z443" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Критерием определения инфекции, развивающейся в результате операции обрезания крайней плоти у новорожденных (в возрасте до 30 дней), является наличие у ребенка одного из следующих состояний:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="420"/>
-    <w:bookmarkStart w:name="z428" w:id="421"/>
-[...15 lines deleted...]
-      выделение вируса герпессимплекса, обнаружение включений при гистологическом исследовании методами световой или электронной микроскопии или визуалиация вирусных частиц методом электронной микроскопии в биоптатах или соскобах поверхности раны.</w:t>
+    <w:bookmarkStart w:name="z444" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наличие у новорожденного гноетечения из области иссечения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="421"/>
-    <w:bookmarkStart w:name="z429" w:id="422"/>
-[...15 lines deleted...]
-      57. Критерием определения абсцесса молочной железы или мастита является наличие у пациента одного из следующих состояний:</w:t>
+    <w:bookmarkStart w:name="z445" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие у новорожденного одного из перечисленных ниже признаков: эритема, припухлость, болезненность в области иссечения и выделение микроорганизма в посеве образца, взятого из инфицированной области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z430" w:id="423"/>
-[...15 lines deleted...]
-      1) выделение микроорганизма в посеве образцов тканей пораженной молочной железы или жидкости, полученных методом хирургического дренажа или пункции;</w:t>
+    <w:bookmarkStart w:name="z446" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие у новорожденного одного из перечисленных ниже признаков: эритема, припухлость, болезненность в области иссечения, выделение микроорганизма кожной флоры в образце, взятом из инфицированной области и диагноз, установленный врачом, или соответствующая антимикробная терапия, назначенная врачом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z431" w:id="424"/>
-[...318 lines deleted...]
-    <w:bookmarkEnd w:id="439"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9857,1182 +10843,1594 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>связанных с оказанием</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медицинской помощи"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z448" w:id="440"/>
+    <w:bookmarkStart w:name="z448" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Гигиеническая обработки рук сотрудников медицинских организаций</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z449" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Основным фактором передачи и распространения возбудителей ИСМП в медицинских организациях являются руки медицинского персонала, загрязнение которых происходит при выполнении манипуляций или при соприкосновении с различными объектами внешней среды медицинской организации (поверхности аппаратов, приборов, предметы ухода за больными, санитарно-техническое оборудование, белье, одежда, изделия медицинского назначения, перевязочный материал, медицинские отходы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z450" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Для прерывания возможных путей передачи микроорганизмов через руки и снижения риска возникновения ИСМП необходимо обрабатывать руки сотрудников медицинских организаций во всех случаях, когда имеется реальная или потенциальная вероятность их загрязнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z451" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для обеспечения эффективной обработки рук медицинского персонала, осуществляющих медицинские манипуляции, необходимо соблюдать следующие условия: подстриженные ногти, отсутствие лака на ногтях, отсутствие искусственных ногтей, отсутствие на руках ювелирных украшений, часов и браслетов, отсутствие парезов на руках, запястья не должны быть закрыты одеждой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z452" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Различают три способа гигиенической обработки рук сотрудников медицинских организаций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мытье рук мылом и водой без применения антисептиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обработка рук с применением кожного антисептика (антисептика рук);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) хирургическая антисептика рук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z456" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мытье рук мылом и водой без применения антисептиков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z457" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Мытье рук мылом и водой без применения антисептиков проводится в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) перед началом рабочей смены и в конце;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) перед едой, перед работой с продуктами питания, приготовлением и раздачей пищи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) после посещения туалета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) во всех случаях, когда руки загрязнены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z465" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Для мытья рук используется теплая проточная вода, жидкое мыло во флаконах с дозатором, одноразовые полотенца или одноразовые салфетки. Не допускается доливать жидкое мыло и антисептик в частично опорожненный флакон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z466" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Последовательность действий при мытье рук:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) открыть водопроводный кран;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) намочить руки теплой водой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нанести на влажные руки мыло;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) провести обработку рук в соответствии с европейским стандартом (движения повторяются не менее 5 раз, обработка рук осуществляется в течение 40-60 секунд);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ополоснуть руки с водой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) высушить руки одноразовым полотенцем или одноразовой салфеткой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сбросить полотенце в емкость или контейнер для сбора отходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кран закрыть локтем или салфеткой после сушки рук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z480" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Обработка рук с применением антисептика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z481" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Последовательность действий при обработке рук с применением антисептика:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нанести на кисти рук антисептик в количестве не менее 3 миллилитра (далее – мл) спиртосодержащего антисептика и тщательно втереть в кожу до полного высыхания соблюдая последовательность движений по европейскому стандарту (после нанесения антисептика руки не вытирать);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) до конца проведения 6-ти этапов обработки антисептиком руки остаются влажными от антисептика, тем самым выдерживая время экспозиции. Общее время процедуры не менее 20-30 секунд;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для проведения антисептики рук используются кожные антисептики зарегистрированные в Едином реестре свидетельств о государственной регистрации продукции Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для быстрой антисептики рук используются антисептики на спиртовой основе во флаконах с локтевым дозатором. При отсутствии прямых показаний к мытью рук используется антисептик для рук.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Техника гигиенической антисептики рук:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нанести достаточное количество спиртосодержащего антисептика на сухие руки и втирать его до полного впитывания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тереть одну ладонь о другую ладонь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) правой ладонью растереть тыльную поверхность левой кисти, переплетая пальцы, и наоборот;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) переплести пальцы, растирая ладонь о ладонь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) соединить пальцы в "замок" тыльной стороной согнутых пальцев, растирать ладонь другой руки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) охватить большой палец левой руки правой ладонью и потереть его круговыми движениями, затем поменять руки и повторить действие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) круговым движением в направлении вперед и назад сомкнутыми пальцами правой руки потереть левую ладонь, поменять руки и повторить действие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) на сухие руки при необходимости надеть стерильные или нестерильные перчатки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Исключен приказом Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z488" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Последовательность действий при обработке рук с применением антисептика:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z489" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) провести мытье рук мылом и водой в соответствии с пунктом 9 настоящих санитарных правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z490" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нанести на кисти рук антисептик в количестве не менее 3 милилитра и тщательно втереть в кожу до полного высыхания соблюдая последовательность движений по европейскому стандарту (после нанесения антисептика руки не вытирать);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z491" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) до конца проведения 6-ти этапов обработки антисептиком руки должны оставаться влажными от антисептика, тем самым выдерживая время экспозиции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z492" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Для обработки рук используются теплая проточная вода, жидкое мыло и антисептики во флаконах с локтевым дозатором, одноразовые полотенца или одноразовые салфетки. Для обработки рук применяются средства, зарегистрированные в установленном порядке и разрешенные к применению на территории Республики Казахстан и Евразийского экономического союза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z493" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В экстренных случаях или в работе отделений реанимации вместо мытья рук с водой и применением жидкого мыла допускается использование антисептика.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z449" w:id="441"/>
-[...15 lines deleted...]
-      1. Основным фактором передачи и распространения возбудителей ИСМП в медицинских организациях являются руки медицинского персонала, загрязнение которых происходит при выполнении манипуляций или при соприкосновении с различными объектами внешней среды медицинской организации (поверхности аппаратов, приборов, предметы ухода за больными, санитарно-техническое оборудование, белье, одежда, изделия медицинского назначения, перевязочный материал, медицинские отходы).</w:t>
+    <w:bookmarkStart w:name="z494" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Хирургическая дезинфекция рук</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z450" w:id="442"/>
-[...15 lines deleted...]
-      2. Для прерывания возможных путей передачи микроорганизмов через руки и снижения риска возникновения ИСМП необходимо обрабатывать руки сотрудников медицинских организаций во всех случаях, когда имеется реальная или потенциальная вероятность их загрязнения.</w:t>
+    <w:bookmarkStart w:name="z495" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Хирургическая дезинфекция рук проводится в следующих случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z451" w:id="443"/>
-[...15 lines deleted...]
-      3. Для обеспечения эффективной обработки рук медицинского персонала, осуществляющих медицинские манипуляции, необходимо соблюдать следующие условия: подстриженные ногти, отсутствие лака на ногтях, отсутствие искусственных ногтей, отсутствие на руках ювелирных украшений, часов и браслетов, отсутствие парезов на руках, запястья не должны быть закрыты одеждой.</w:t>
+    <w:bookmarkStart w:name="z496" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) перед любыми оперативными вмешательствами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z452" w:id="444"/>
-[...15 lines deleted...]
-      4. Различают три способа гигиенической обработки рук сотрудников медицинских организаций:</w:t>
+    <w:bookmarkStart w:name="z497" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) перед серьезными инвазивными процедурами (например, пункция крупных магистральных сосудов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z453" w:id="445"/>
-[...15 lines deleted...]
-      1) мытье рук мылом и водой без применения антисептиков;</w:t>
+    <w:bookmarkStart w:name="z498" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) перед родами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z454" w:id="446"/>
-[...15 lines deleted...]
-      2) обработка рук с применением антисептика (гигиеническая);</w:t>
+    <w:bookmarkStart w:name="z499" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Хирургическая антисептика рук состоит из двух этапов: механической очистки рук, дезинфекции рук кожным антисептиком.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z455" w:id="447"/>
-[...15 lines deleted...]
-      3) хирургическая дезинфекция рук.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z500" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. При хирургической антисептике рук в обработку включают предплечья, используются теплая проточная вода, жидкое мыло и антисептики во флаконах с локтевым дозатором, одноразовые нестерильные полотенца или салфетки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z456" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 2. Мытье рук мылом и водой без применения антисептиков</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z501" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При хирургической дезинфекции кисти рук и предплечья моют теплой водой с жидким мылом, соблюдая последовательность движений по европейскому стандарту и высушивают одноразовыми полотенцем или салфеткой. Общее время процедуры –2 минуты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z457" w:id="449"/>
-[...15 lines deleted...]
-      5. Мытье рук мылом и водой без применения антисептиков проводится в следующих случаях:</w:t>
+    <w:bookmarkStart w:name="z502" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. После окончания этапа механической очистки на кисти рук наносится антисептик порциями по 3 мл и сразу втирается в кожу, строго соблюдая последовательность движений по европейскому стандарту. Процедура нанесения кожного антисептика повторяется 2 раза, общий расход антисептика –10 мл, общее время процедуры –5 минут.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z458" w:id="450"/>
-[...15 lines deleted...]
-      1) перед работой с продуктами питания, приготовлением и раздачей пищи;</w:t>
+    <w:bookmarkStart w:name="z503" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. После полного испарения антисептика на руки надеваются стерильные одноразовые перчатки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="450"/>
-    <w:bookmarkStart w:name="z459" w:id="451"/>
-[...15 lines deleted...]
-      2) перед едой;</w:t>
+    <w:bookmarkStart w:name="z504" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После завершения операции (процедуры), перчатки снимают, руки моют жидким мылом и наносят питательный крем или лосьон для предупреждения сушащего эффекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="451"/>
-    <w:bookmarkStart w:name="z460" w:id="452"/>
-[...894 lines deleted...]
-    <w:bookmarkEnd w:id="496"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11189,1700 +12587,1488 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>связанных с оказанием</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медицинской помощи"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z506" w:id="497"/>
+    <w:bookmarkStart w:name="z506" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инструкция по бактериологическому контролю качества проведения противоэпидемических мероприятий в организации здравоохранения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z507" w:id="498"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 – в редакции приказа Министра здравоохранения РК от 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z590" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Бактериологический контроль</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z509" w:id="500"/>
+        <w:t xml:space="preserve"> Глава 1. Бактериологический контроль</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бактериологический контроль проводят по эпидемиологическим показаниям, а также в плановом порядке с целью оценки качества процессов стерилизации и дезинфекции.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При проведении текущей дезинфекции бактериологический контроль осуществляется: в родильных залах, операционном блоке, процедурных, перевязочных, палатах интенсивной терапии, молочной комнате, в палатах послеродового отделения, детских палатах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z510" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обследовании родильных домов по эпидемическим показаниям смывы отбирают как с чистых, так и бывших в употреблении предметов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z512" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Учитывая, что ИСМП в акушерских стационарах вызываются различными микроорганизмами, при обследовании по эпидемическим показаниям, в зависимости от конкретного случая, бактериологические исследования проводят на бактерии, способные вызвать внутрибольничные инфекции, в том числе стрептококки, псевдомонады, энтеробактерии.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Определение чувствительности выделенных микроорганизмов к антибиотикам проводят по особому порядку (выборочно – при повторных случаях выявления микроорганизмов) и по эпидемическим показаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z513" w:id="504"/>
+    <w:bookmarkStart w:name="z591" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Перечень объектов исследования:</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z515" w:id="506"/>
+        <w:t xml:space="preserve"> Глава 2. Перечень объектов исследования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень объектов исследования расширяется исходя из условий эпидемиологического обследования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К стандартным объектам исследования относятся:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) воздушная среда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z518" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) стерильный медицинский инструментарий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) руки после проведения хирургической антисептики и стерильная одежда медицинского персонала, операционное поле;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) хирургический шовный материал;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z519" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) предметы окружающей среды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z520" w:id="511"/>
+    <w:bookmarkStart w:name="z592" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Исследования микробной обсемененности воздуха</w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z525" w:id="516"/>
+        <w:t xml:space="preserve"> Глава 3. Исследования микробной обсемененности воздуха</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бактериологическое исследование микробной обсемененности воздуха медицинской организации проводится по эпидемиологическим показаниям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бактериологические исследования воздуха предусматривают определение общего количества микроорганизмов в 1 кубическом метре (далее – куб. м) воздуха, количество плесневых и дрожжевых грибов в 1 куб.м воздуха, количество колоний стафилококк ауреус в 1 куб. м. воздуха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Особое внимание при этом следует обратить на состояние воздушной среды над операционным полем (обильное появление микроорганизмов в связи с работой хирурга, операционной сестры).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пробы воздуха отбирают аспирационным методом, при отсутствии пробоотборников допускается производить исследование микрофлоры воздуха закрытых помещений методом седиментации (оседания) микрофлоры на чашку с мясо-пептонным агаром для определения общей обсемененности воздуха в течение 10 минут; для определения стафилококк ауреус – 20 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В смывах с поверхности оборудования централизованных стерилизационных отделений исключается наличие санитарно-показательных и патогенных микроорганизмов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z593" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Забор проб материала для контроля стерильности</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z527" w:id="518"/>
+        <w:t xml:space="preserve"> Глава 4. Забор проб материала для контроля стерильности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Забор проб на стерильность осуществляется в стерильные емкости с соблюдением строжайших правил асептики непосредственно перед операцией. Забор проб на стерильность проводится в плановом порядке для контроля качества стерилизации.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объектами для контроля стерильности являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z528" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шовный материал, подготовленный для оперативных вмешательств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z529" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       медицинский инструментарий, операционное поле, руки хирурга после проведения обработки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z530" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перевязочный материал, белье, салфетки для осушения рук.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z531" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для контроля стерильности используют питательные среды: тиогликолевый бульон, бульон Сабуро. Одновременный посев на две указанные среды обязателен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z534" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При посеве изделия или его части непосредственно в питательную среду, количество среды в емкости наливается до полного погружения пробы. Посевы в тиогликолевый бульон выдерживают в термостате при температуре 37 ⁰С, в среду Сабуро – при температуре 20-22 ⁰С. Посевы инкубируют в термостате в течение 8 календарных дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исследование материала на стерильность (шовный материал, инструментарий, перевязочный материал) проводится на экспресс - анализаторах. Сроки выращивания и учет результатов проводится согласно прилагаемой к аппарату инструкции</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z594" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5. Бактериологический контроль эффективности обработки кожи операционного поля и рук хирургов</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z535" w:id="526"/>
+        <w:t xml:space="preserve"> Глава 5. Бактериологический контроль эффективности обработки кожи операционного поля и рук хирургов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Смывы с кожи операционного поля и рук хирургов проводят стерильными салфетками размером 5 на 5 сантиметров или тампонами, смоченными стерильным физиологическим раствором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z537" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тщательно протирают ладони, околоногтевые и межпальцевые пространства обеих рук. После забора проб тампон помещают в пробирку со стерильным физиологическим раствором, который засевают по 0,5 мл в две пробирки с 5,0 мл тиогликолевой среды. Посевы инкубируют при температуре 37 ⁰С в течение 48 часов.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Учет результатов: обработка кожи операционного поля и рук хирургов эффективна при отсутствии роста микроорганизмов в питательной среде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z538" w:id="529"/>
+    <w:bookmarkStart w:name="z595" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6. Исследование микробной обсемененности предметов окружающей среды</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z539" w:id="530"/>
+        <w:t xml:space="preserve"> Глава 6. Исследование микробной обсемененности предметов окружающей среды</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исследование микробной обсемененности предметов окружающей среды проводят исключительно по эпидемиологическим показаниям. Объекты контроля определяются исходя из условий и потребностей эпидемиологического обследования врачом эпидемиологом и/или членами комиссии инфекционного контроля.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бактериологическое исследование микробной обсемененности предметов окружающей среды в организациях здравоохранения предусматривает выявление микроорганизмов семейства кишечных, стафилококков и синегнойной палочки с чистых и бывших в употреблении предметов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z540" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объекты контроля:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z541" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       польстер, кровать, лоток, подготовленный для приема новорожденных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z542" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       баллон с аппарата для отсоса слизи, шланг вакуум – экстрактора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z543" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       набор первичной и вторичной обработки новорожденного;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z544" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       фартук акушеров, аппарат искусственной вентиляции легких, насадка и шланг кислородной подводки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z545" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       пеленальный стол, весы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z546" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       глазные палочки, пипетки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z547" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поверхность инструментального стола, полки медицинских шкафов для хранения медикаментов и инструментария, градусники, внутренняя поверхность холодильника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z548" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       руки хирургов, анестезиологов, акушер-гинекологов, неонатологов, акушерок, процедурных, детских медицинских сестер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z549" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       посуда для розлива и приготовления смесей, ватные шарики и марлевые салфетки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z550" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       операционный стол, стол анестезиолога, каталки для транспортировки оперированных больных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z551" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ветошь для проведения уборки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z552" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отбор проб с поверхности осуществляется методом смыва. Взятие смывов проводится стерильным ватным тампоном на палочках вмонтированных в пробки пробирок с 5,0 мл стерильной 1 % пептонной воды. Тампон увлажняют, делают смыв с объекта и помещают в ту же пробирку. При контроле мелких предметов смывы отбирают со всей их поверхности. При контроле больших поверхностей смывы проводят с площади не менее 100 квадратных сантиметров, тщательно протирая поверхность. Необходимо обращать внимание на места труднодоступные для мытья и дезинфекции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z553" w:id="544"/>
+    <w:bookmarkStart w:name="z596" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7. Исследование лекарственных форм</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z554" w:id="545"/>
+        <w:t xml:space="preserve"> Глава 7. Исследование лекарственных форм</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исследование растворов для питья проводят с целью установления бактериальной обсемененности, титра бактерий группы кишечных палочек, стафилококков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z557" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для определения титра бактерий группы кишечных палочек пробы засевают на среду Кесслера в следующих объемах: 10 мл, 1 мл и по 1 мл из разведений 1:10 и 1:100. Посевы инкубируют при температуре 37 ⁰С в течение 18-24 часов, после чего проводят высев на среду Эндо. При росте характерных колоний для бактерий группы кишечных палочек осуществляют постановку второй бродильной пробы на глюкозу с поплавком. Среду выдерживают 24 часа при температуре 37 ⁰С. При выявлении бактерий группы кишечной палочки проводят идентификацию выделенных культур.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для определения общего микробного числа растворы засевают параллельно на две чашки Петри по 1 мл, при исследовании грудного молока засевают по 1 мл из разведения 1:10 на две чашки. Посев проводят глубинным методом, используя среду мясо-пептонного агара. После инкубации посевов при температуре 30 ⁰С в течение 48 часов производят подсчет выросших колоний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z597" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 8. Исследование отделяемого верхних дыхательных путей</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z559" w:id="550"/>
+        <w:t xml:space="preserve"> Глава 8. Исследование отделяемого верхних дыхательных путей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исследование отделяемого верхних дыхательных путей проводится при необходимости с диагностической целью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Обязательному бактериологическому исследованию подвергают слизь верхних отделов носа; исследование слизи из зева проводят по показаниям, прежде всего при наличии в нем воспалительных процессов. Забор материала производят стерильным ватным тампоном из обеих половин носа, другим тампоном из зева с поверхности миндалин. Материал из зева собирают натощак или не ранее, чем 2-3 часа после приема пищи.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Посев исследуемого материала на питательные среды производят не позднее, чем через 2 часа после его забора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z561" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для первичного посева используют одну из питательных сред: желточно- солевой, молочно-солевой, молочно – желточно - солевой агар.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Посев проводят одним из способов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z562" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       непосредственно тампоном, которым забирали материал, при этом его многократно поворачивают для переноса на питательную среду максимального количества взятого материала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z564" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взятый тампоном материал в лаборатории помещают в пробирку с 5 мл стерильного физиологического раствора. Тампон ополаскивают в жидкости встряхиванием в пробирке в течение 10 минут. Жидкость многократно перемешивают пипеткой и 0,1мл наносят на одну из выше указанных питательных сред, тщательно растирают шпателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z598" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9. Определение массивности обсеменения верхних дыхательных путей</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z565" w:id="556"/>
+        <w:t xml:space="preserve"> Глава 9. Определение массивности обсеменения верхних дыхательных путей</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обсемененность, выражающаяся показателем 1000 и более колониеобразующих единиц (далее – КОЕ), взятых на тампон, является показателем высокой обсемененности возбудителем, при которой легко происходит его выделение во внешнюю среду даже при спокойном дыхании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z567" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Массивность обсеменения верхних дыхательных путей стафилококками при прямом посеве материала тампоном оценивается в крестах:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ++++ сливной рост колоний на чашках; *</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z568" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       +++ сплошной рост изолированных колоний; *</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z569" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ++ значительный рост (до 100 колоний);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z570" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       + единичные колонии (до 10-25).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z571" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: * - сливной и сплошной рост соответствуют как правило, массивности обсеменения 1000 КОЕ, снятых на тампон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z572" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для определения массивности обсеменения верхних дыхательных путей стафилококками при посеве 0,1 мл смывной жидкости подсчитывают число выросших на чашке однородных колоний, идентичных по морфологии и пигменту, затем подсчитывают количество КОЕ, снятых на тампон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z574" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пример расчета: на чашке выросло 15 колоний, значит в 0,1 мл содержалось 15 КОЕ, во всем объеме смыва будет 15 х 10 х 5 = 750.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обсемененности ++++ проходят санацию.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...244 lines deleted...]
-    <w:bookmarkEnd w:id="577"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -13208,31 +14394,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>