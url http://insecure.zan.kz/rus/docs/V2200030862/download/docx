--- v0 (2025-11-14)
+++ v1 (2026-03-12)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2bdf18d" w14:textId="2bdf18d">
+    <w:p w14:paraId="36729d6" w14:textId="36729d6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,94 +113,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 25 ноября 2022 года № 387. Зарегистрирован в Министерстве юстиции Республики Казахстан 30 ноября 2022 года № 30862.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> статьи 24 Закона Республики Казахстан "О биологической безопасности Республики Казахстан" ПРИКАЗЫВАЮ: </w:t>
+      В соответствии с подпунктом 8-2) пункта 1 статьи 7 Закона Республики Казахстан "О карантине растений", подпунктом 2) пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" и пунктом 2 статьи 24 Закона Республики Казахстан "О биологической безопасности Республики Казахстан" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра сельского хозяйства РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 483</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -940,95 +983,117 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> статьи 24 Закона Республики Казахстан "О биологической безопасности Республики Казахстан" и определяют порядок формирования, ведения и содержания рабочих коллекций патогенных и промышленных микроорганизмов, используемых в области карантина растений. </w:t>
+        <w:t>
+      1. Настоящие Правила формирования, ведения и содержания рабочих коллекций патогенных и промышленных микроорганизмов, используемых в области карантина растений (далее – Правила), разработаны в соответствии с подпунктом 8-2) пункта 1 статьи 7 Закона Республики Казахстан "О карантине растений", подпунктом 2) пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" и пунктом 2 статьи 24 Закона Республики Казахстан "О биологической безопасности Республики Казахстан" и определяют порядок формирования, ведения и содержания рабочих коллекций патогенных и промышленных микроорганизмов, используемых в области карантина растений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра сельского хозяйства РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 483</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2296,75 +2361,219 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. В целях обеспечения объективного учета, субъектом, осуществляющим обращение с патогенными биологическими агентами, не менее одного раза в год проводится инвентаризация рабочей коллекции, которая включает актуализацию информации о штаммах микроорганизмов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      32. Субъект, осуществляющий обращение с патогенными биологическими агентами, на ежеквартальной основе в срок до 15 числа месяца, следующего за отчетным кварталом, представляет в Комитет государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан (далее – уполномоченный орган) форму, предназначенную для сбора административных данных на безвозмездной основе о размещенных в рабочей коллекции штаммах микроорганизмов по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      32. Субъект, осуществляющий обращение с патогенными биологическими агентами, на ежеквартальной основе в срок до 15 числа месяца, следующего за отчетным кварталом, представляет в Комитет государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан (далее – уполномоченный орган) информацию о размещенных в рабочей коллекции штаммах микроорганизмов по форме согласно приложению 7 к настоящим Правилам (далее – информация).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 32 - в редакции приказа Министра сельского хозяйства РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 483</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Данные об учете движения штаммов микроорганизмов в рабочих коллекциях вносятся уполномоченным органом в государственную информационную систему в области биологической безопасности в течение 15 рабочих дней с момента получения информации.</w:t>
+      33. Ежеквартально, не позднее 20 (двадцатого) числа месяца, следующего за отчетным кварталом, ведомство уполномоченного органа осуществляет публикацию обновленного реестра на официальном интернет-ресурсе уполномоченного органа www.gov.kz.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 33 - в редакции приказа Министра сельского хозяйства РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 483</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10953,1647 +11162,2343 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>коллекций патогенных и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">промышленных </w:t>
+              <w:t>промышленных микроорганизмов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>микроорганизмов,</w:t>
+              <w:t>используемых в области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>используемых в области</w:t>
+              <w:t>карантина растений</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">карантина растений </w:t>
-[...64 lines deleted...]
-              <w:t xml:space="preserve">Форма </w:t>
+              <w:t>Форма, предназначенная для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z174" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Информация о размещенных в рабочей коллекции штаммах микроорганизмов</w:t>
+        <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных на безвозмездной основе о размещенных в рабочей коллекции штаммах микроорганизмов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 7 - в редакции приказа Министра сельского хозяйства РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 483</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Представляется: в Комитет государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан (далее – уполномоченный орган). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z176" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.gov.kz. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z177" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Сведения для включения в реестр рабочих коллекций микроорганизмов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z178" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы: форма № 1-рм</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z179" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: единовременная/ежеквартальная</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z180" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: ________ 20__ года /____квартал 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z181" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: референтные организации, территориальные подразделения уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z182" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z183" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в территориальные подразделения – в течение 30 (тридцати) календарных дней со дня формирования или обновления рабочей коллекции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z184" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в уполномоченный орган – ежеквартально, не позднее 15 (пятнадцатого) числа месяца, следующего за отчетным кварталом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...14 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z185" w:id="104"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Порядковый номер</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индивидуальный идентификационный номер/ бизнес-идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="104"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z186" w:id="105"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="105"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="5346700" cy="431800"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5346700" cy="431800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z189" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: в электронном виде (в случае технического сбоя реестра бизнес-партнеров сбор осуществляется в бумажной форме)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z190" w:id="107"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Порядковый номер</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="107"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование референтной организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН/БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование штамма микроорганизма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество емкостей со штаммами</w:t>
-[...6 lines deleted...]
-            <w:vMerge w:val="restart"/>
+Количество емкостей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адрес хранения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата включения в реестр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...39 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z199" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-На начало отчетного периода</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="108"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступило или</w:t>
-[...22 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Остаток на конец отчетного периода</w:t>
-[...14 lines deleted...]
-          <w:p/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...210 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z217" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z218" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z219" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z220" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес электронной почты ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z221" w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель: ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z222" w:id="114"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель или лицо, исполняющее его обязанности ____________________________ ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись/электронная цифровая подпись) (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z223" w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Пояснение по заполнению формы, предназначенной для сбора</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>административных данных на безвозмездной основе, "Сведения для включения в реестр</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рабочих коллекций патогенных и промышленных микроорганизмов", приведено в</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении к настоящей форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата "___" _________ 20__года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...777 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к форме,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предназначенной для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Сведения предназначенная для</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сбора административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе о</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>размещенных в рабочей коллекции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>штаммах микроорганизмов"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z175" w:id="94"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z176" w:id="95"/>
+    <w:bookmarkStart w:name="z226" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пояснение</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по заполнению формы, предназначенной для сбора  административных данных на безвозмездной основе  "Сведения для включения в реестр рабочих коллекций микроорганизмов" (индекс: форма № 1-рм, периодичность: единовременная/ежеквартальная)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z227" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z228" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                             (фамилия, имя, отчество (при наличии), должность) (подпись)</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="96"/>
+      1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Сведения для включения в реестр рабочих коллекций микроорганизмов" (далее – Форма).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z229" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма заполняется референтными организациями и территориальными подразделениями Комитета государственной инспекции в агропромышленном комплексе Министерства сельского хозяйства Республики Казахстан (далее – территориальные подразделения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z230" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Форма подписывается исполнителем и руководителем референтной организации либо лицом, исполняющим его обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z231" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Форма предоставляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z232" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      референтными организациями – в территориальные подразделения в течение 30 (тридцати) календарных дней со дня формирования или обновления рабочей коллекции микроорганизмов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z233" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территориальными подразделениями – в уполномоченный орган ежеквартально, не позднее 15 (пятнадцатого) числа месяца, следующего за отчетным кварталом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z234" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Форма заполняется на казахском и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z235" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z236" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В графе 1 Формы указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z237" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В графе 2 Формы указывается наименование референтной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z238" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В графе 3 Формы указывается индивидуальный идентификационный номер (ИИН) или бизнес-идентификационный номер (БИН) организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z239" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В графе 4 Формы указывается наименование штамма микроорганизма, размещенного в рабочей коллекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z240" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В графе 5 Формы указывается количество емкостей со штаммами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z241" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В графе 6 Формы указывается адрес хранения коллекции (указываются наименование области, города республиканского значения или столицы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z242" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В графе 7 Формы указывается дата включения рабочей коллекции или штамма в реестр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z243" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В графе 8 Формы указывается примечание (дополнительная информация, например: способ хранения, условия, дата обновления данных и другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12915,35 +13820,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>