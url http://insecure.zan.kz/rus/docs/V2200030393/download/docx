--- v0 (2025-10-06)
+++ v1 (2026-01-08)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1efd51e" w14:textId="1efd51e">
+    <w:p w14:paraId="22d7655" w14:textId="22d7655">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -763,166 +763,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -969,51 +853,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр здравоохранения</w:t>
+              <w:t>Министра здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1032,50 +916,88 @@
               </w:rPr>
               <w:t>№ ҚР ДСМ-121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Квалификационные требования, предъявляемые к осуществлению обращения с патогенными биологическими агентами</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение - в редакции приказа Министра здравоохранения РК от 04.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -1125,51 +1047,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Квалификационные требования включают наличие:</w:t>
+Квалификационные требования включают наличие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1465,71 +1387,91 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Помещения или здания на праве собственности или договора аренды на срок не менее одного года (с государственной регистрацией в правовом кадастре), или договора безвозмездного пользования недвижимым имуществом (ссуды), или доверительного управления имуществом, или договора государственно-частного партнерства соответствующего требованиям государственных нормативов в области архитектуры, градостроительства и строительства, требованиям </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 августа 2020 года № ҚР ДСМ -96/2020 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к объектам здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21080) (далее – Приказ № ҚР ДСМ-96/2020)</w:t>
+Наличие помещения или здания, или мобильного объекта на праве собственности или договора аренды на срок не менее одного года (с государственной регистрацией в правовом кадастре в случае недвижимого объекта), или договора безвозмездного пользования недвижимым имуществом (ссуды), или доверительного управления имуществом, или договора государственно-частного партнерства соответствующего требованиям государственных нормативов в области архитектуры, градостроительства и строительства, требованиям Санитарных правил "Санитарно-эпидемиологические требования к объектам здравоохранения", утвержденных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 августа 2020 года № ҚР ДСМ-96/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21080) (далее – Приказ № ҚР ДСМ-96/2020)*, Правил обеспечения биологической защиты, утвержденные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 2 ноября 2022 года № ҚР ДСМ-125 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 30388) (далее – Приказ № ҚР ДСМ-125)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1542,106 +1484,124 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о соответствии квалификационным требованиям согласно приложению к настоящим квалификационным требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z19" w:id="13"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документах, удостоверяющих право собственности услугодатель получает из информационной системы "Единый государственный кадастр недвижимости" (далее – ИС ЕГКН), интегрированной с государственной базой данных "Е-лицензирование" (далее- ГБД "Е-лицензирование").</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сведения о соответствии объекта </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приказу № ҚР ДСМ-96/2020</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>, услугодатель получает из информационного портала Электронное правительство Республики Казахстан (Egov) (сведения с 2016 года), за исключением санитарно-эпидемиологических заключений, полученных до 2016 года, которые предоставляют копию санитарно-эпидемиологического заключения.</w:t>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приказу № ҚР ДСМ-125</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> услугодатель получает из информационного портала Электронное правительство Республики Казахстан (далее - Egov) (сведения с 2016 года), за исключением санитарно-эпидемиологических заключений, полученных до 2016 года, которые предоставляют копию санитарно-эпидемиологического заключения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1686,50 +1646,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Функционирующее лабораторное оборудование и мебель, а также инвентарь, транспортные средства, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приказу № ҚР ДСМ-96/2020</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приказу № ҚР ДСМ-125</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1829,51 +1809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средства индивидуальной защиты</w:t>
+Средство индивидуальной защиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1984,61 +1964,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Оснащенность лабораторий в соответствии с выполняемой номенклатурой исследований, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приказу</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 15 октября 2021 года № ҚР ДСМ-105 "Об утверждении Санитарных правил "Санитарно-эпидемиологические требования к лабораториям, использующим потенциально опасные химические и биологические вещества" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 24809) (далее-Приказ № ҚР ДСМ-105)</w:t>
+              <w:t>Приказу № ҚР ДСМ-125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2138,52 +2108,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Соблюдение поточности биологического материала, предусматривающей исключение перекреста чистых и заразных потоков </w:t>
+              <w:t>
+Соблюдение поточности биологического материала, предусматривающей исключение перекреста чистых и заразных потоков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2284,71 +2254,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Наличие в штате специалистов, осуществляющих обращение с патогенными биологическими агентами, имеющих техническое и профессиональное (среднее специальное, среднее профессиональное) медицинское образование по специальности "Лабораторная диагностика" или "Гигиена и эпидемиология" или "Сестринское дело" или "Лечебное дело" или "Aкушерское дело" или техническое и профессиональное образование (колледж) по специальности "Ветеринария" и (или) высшее образование по направлению подготовки "Здравоохранение" или "Естественные науки, математика и статистика" (биологическое, химическое, химико-биологическое) или "Ветеринарная медицина", "Ветеринарная санитария" и (или) послевузовское образование и (или) ученую степень, имеющих свидетельство о сертификационном курсе по вопросам обращения с патогенными биологическими агентами, прошедшими институциональную аккредитацию в аккредитационных органах, внесенных в реестр признанных аккредитационных органов, формируемый в соответствии с </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об образовании"</w:t>
+Наличие в штате специалиста (специалистов), осуществляющих обращение с патогенными биологическими агентами, имеющих высшее образование по направлению подготовки "Здравоохранение", техническое, профессиональное, послесреднее медицинское образование по специальности "Лабораторная диагностика" или "Гигиена и эпидемиология" или "Сестринское дело" или "Лечебное дело" или "Акушерское дело" или высшее образование по направлению подготовки "Естественные науки, математика и статистика" (биологическое, химическое, химико-биологическое) или "Ветеринарная медицина" или "Ветеринарная санитария", техническое, профессиональное, послесреднее образование по специальности "Ветеринария" и (или) послевузовское образование и (или) ученую степень – электронная копия свидетельства о сертификационном курсе (переподготовка) и/или документа (сертификат, свидетельство) о повышении квалификации по вопросам обращения с патогенными биологическими агентами, выданное организацией, прошедшей институциональную аккредитацию в аккредитационных органах, внесенных в реестр признанных аккредитационных органов, формируемый в соответствии с Требованиями и правилами признания аккредитационных органов, в том числе зарубежных, утвержденными </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра просвещения Республики Казахстан от 13 февраля 2023 года № 34 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 31902) (далее - Требования и правила признания аккредитационных органов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2361,134 +2331,182 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о соответствии квалификационным требованиям согласно приложению к настоящим квалификационным требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z20" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о высшем или среднем медицинском образовании, услугодатель получает из информационной системы Министерства науки и высшего образования Республики Казахстан (сведения с 2015 года), за исключением лиц, окончивших до 2015 года, а также лиц, получивших образование за пределами территории Республики Казахстан, которые предоставляют копию документа об образовании.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="14"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">Специалисты, получившие образование за пределами Республики Казахстан, предоставляют документ о признании документов об образовании, выданных зарубежными организациями образования, в том числе их филиалами, а также научными центрами и лабораториями, в соответствии с </w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Специалисты, получившие образование за пределами Республики Казахстан, предоставляют документ о признании и (или) нострификации документов об образовании, получившего образование в других государствах и в международных или иностранных учебных заведениях (их филиалах), выданный в соответствии с Правилами признания документов о высшем и послевузовском образовании, утвержденными </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приказом</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> исполняющего обязанности Министра образования и науки Республики Казахстан от 19 июля 2021 года № 352 "Об утверждении Правил признания документов об образовании, а также перечня зарубежных организаций высшего и (или) послевузовского образования, документы об образовании которых признаются на территории Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 23626) (далее – Приказ № 352).</w:t>
-[...17 lines deleted...]
-Сведения о сертификате специалиста в области здравоохранения услугодатель получает из информационного портала Электронное правительство Республики Казахстан (Egov).</w:t>
+              <w:t xml:space="preserve"> Министра науки и высшего образования Республики Казахстан от 12 июня 2023 года № 268 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 32800) и Правилами признания документов о среднем, техническом и профессиональном, послесреднем образовании, которые признаются на территории Республики Казахстан, утвержденными </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра просвещения Республики Казахстан от 28 июля 2023 года № 230 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33219) (далее – Правила признания).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Сведения о прохождении сертификационных курсов (переподготовки), повышении квалификации предоставляются в соответствии с Типовой программой профессиональной подготовки, переподготовки и повышения квалификации кадров в области биологической безопасности, утвержденной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 9 ноября 2022 года № ҚР ДСМ-132 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 30486) (с декабря 2022 года), Типовых программ профессиональной подготовки, переподготовки и повышения квалификации кадров в области биологической безопасности, утвержденных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 25 января 2023 года № 29 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 31789) (далее - ТИПО) (с февраля 2023 года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2506,142 +2524,102 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z22" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в штате вспомогательного персонала:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="15"/>
-[...71 lines deleted...]
-3) при выполнении в полевых условиях задач по отбору (сбору) биологического материала и дезинфекции, дезинсекции, дератизации в полевых условиях, наличие инструктора-дезинфектора, имеющих документ (сертификат, свидетельство) о прохождении дополнительного образования по вопросам дезинфекции, дезинсекции, дератизации в области здравоохранения, а также документ (сертификат, свидетельство) об окончании курсов по биологической безопасности при обращении с патогенными биологическими агентами</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) водителей, санитарок, рабочих фиксирующих животных, прошедших ежегодный инструктаж по биологической безопасности при обращении с патогенными биологическими агентами;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) при выполнении в полевых условиях задач по отбору (сбору) биологического материала и дезинфекции, дезинсекции, дератизации в полевых условиях, наличие инструктора-дезинфектора, имеющих свидетельство о сертификационном курсе (переподготовка) и/или документа (сертификат, свидетельство) о повышении квалификации по вопросам дезинфекции, дезинсекции, дератизации в области здравоохранения и/или по биологической безопасности при обращении с патогенными биологическими агентами I-II группы патогенности с включением дисциплин "Дезинфекционное дело", "Полевая безопасность", выданное организацией, прошедшей институциональную аккредитацию в аккредитационных органах, внесенных в реестр признанных аккредитационных органов, формируемый в соответствии с Требованиями и правилами признания аккредитационных органов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2660,57 +2638,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о прохождении сертификационных курсов (переподготовки), повышении квалификации предоставляются в соответствии с ТИПО</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2784,62 +2766,82 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Помещения или здания на праве собственности или договора аренды на срок не менее одного года (с государственной регистрацией в правовом кадастре), или договора безвозмездного пользования недвижимым имуществом (ссуды), или доверительного управления имуществом, или договора государственно-частного партнерства, соответствующего требованиям государственных нормативов в области архитектуры, градостроительства и строительства, требованиям </w:t>
+Наличие помещения или здания, или мобильного объекта на праве собственности или договора аренды на срок не менее одного года (с государственной регистрацией в правовом кадастре в случае недвижимого объекта), или договора безвозмездного пользования недвижимым имуществом (ссуды), или доверительного управления имуществом, или договора государственно-частного партнерства, соответствующего требованиям государственных нормативов в области архитектуры, градостроительства и строительства, требованиям </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приказа № ҚР ДСМ-96/2020</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приказа № ҚР ДСМ-125</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2851,86 +2853,66 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о соответствии квалификационным требованиям согласно приложению к настоящим квалификационным требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z25" w:id="16"/>
-[...34 lines deleted...]
-Сведения о соответствии объекта санитарным правилам, устанавливающим санитарно-эпидемиологические требования к указанным объектам, услугодатель получает из информационного портала Электронное правительство Республики Казахстан (Egov).</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о документах, удостоверяющих право собственности услугодатель получает из ИС ЕГКН, интегрированной с ГБД "Е-лицензирование" Сведения о соответствии объекта санитарным правилам, устанавливающим санитарно-эпидемиологические требования к указанным объектам, услугодатель получает из Egov</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2975,50 +2957,70 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Функционирующее лабораторное оборудование и мебель, а также инвентарь, транспортные средства, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приказу № ҚР ДСМ-96/2020</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приказу № ҚР ДСМ-125</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3117,52 +3119,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Средства индивидуальной защиты </w:t>
+              <w:t>
+Средство индивидуальной защиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3273,51 +3275,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Оснащенность лабораторий в соответствии с выполняемой номенклатурой исследований, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приказу № ҚР ДСМ-105</w:t>
+              <w:t>Приказу № ҚР ДСМ-125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3417,52 +3419,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Соблюдение поточности биологического материала, предусматривающей исключение перекреста чистых и заразных потоков </w:t>
+              <w:t>
+Соблюдение поточности биологического материала, предусматривающей исключение перекреста чистых и заразных потоков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3562,72 +3564,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "Об образовании"</w:t>
+              <w:t>
+Наличие в штате специалиста (специалистов), осуществляющих обращение с патогенными биологическими агентами, имеющих высшее образование по направлению подготовки "Здравоохранение", техническое, профессиональное, послесреднее медицинское образование по специальности "Лабораторная диагностика" или "Гигиена и эпидемиология" или "Сестринское дело" или "Лечебное дело" или "Акушерское дело" или высшее образование по направлению подготовки "Естественные науки, математика и статистика" (биологическое, химическое, химико-биологическое) или "Ветеринарная медицина" или "Ветеринарная санитария", техническое, профессиональное, послесреднее образование по специальности "Ветеринария" и (или) послевузовское образование и (или) ученую степень, имеющих документ (сертификат, свидетельство) о повышении квалификации в области биологической безопасности (за последние пять лет), выданное организацией, прошедшей институциональную аккредитацию в аккредитационных органах, внесенных в реестр признанных аккредитационных органов, формируемый в соответствии с Требованиями и правилами признания аккредитационных органов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3640,134 +3622,102 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о соответствии квалификационным требованиям согласно приложению к настоящим квалификационным требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z26" w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о высшем или среднем медицинском образовании, услугодатель получает из информационной системы Министерства науки и высшего образования Республики Казахстан (сведения с 2015 года), за исключением лиц, окончивших до 2015 года, а также лиц, получивших образование за пределами территории Республики Казахстан, которые предоставляют копию документа об образовании.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="17"/>
-[...63 lines deleted...]
-Сведения о сертификате специалиста в области здравоохранения услугодатель получает из информационного портала Электронное правительство Республики Казахстан (Egov).</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Специалисты, получившие образование за пределами Республики Казахстан, предоставляют документ о признании и (или) нострификации документов об образовании, получившего образование в других государствах и в международных или иностранных учебных заведениях (их филиалах), выданный в соответствии с Правилами признания.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о прохождении сертификационных курсов (переподготовки), повышении квалификации предоставляются в соответствии с ТИПО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3800,51 +3750,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в штате вспомогательного персонала, в том числе санитарок, прошедших ежегодный инструктаж по биологической безопасности при обращении с патогенными биологическими агентами.</w:t>
+Наличие в штате вспомогательного персонала, в том числе санитарок, прошедших ежегодный инструктаж по биологической безопасности при обращении с патогенными биологическими агентами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3874,50 +3824,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Примечание: для микробиологических лабораторий организации здравоохранения.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4022,1412 +3990,1239 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>с патогенными биологическими</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>агентами</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:bookmarkStart w:name="z29" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о соответствии квалификационным требованиям, предъявляемым к осуществлению обращения с патогенными биологическими агентами в зависимости от заявляемой номенклатуры исследований</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z30" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z30" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Заявляемая номенклатура исследований и патогенные биологические агенты, в отношении которых планируется обращение</w:t>
+      1. Заявляемая номенклатура исследований и патогенные биологические агенты, в отношении которых планируется обращение ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      2. Наличие помещения или здания, или мобильного объекта на праве собственности или договора аренды на срок не менее одного года (с государственной регистрацией в правовом кадастре в случае недвижимого объекта), или договора безвозмездного пользования недвижимым имуществом (ссуды), или доверительного управления имуществом, или договора государственно-частного партнерства соответствующего требованиям государственных нормативов в области архитектуры, градостроительства и строительства, требованиям Санитарных правил "Санитарно-эпидемиологические требования к объектам здравоохранения", утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 11 августа 2020 года № ҚР ДСМ-96/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 21080) (далее – Приказ № ҚР ДСМ-96/2020)*, Правил обеспечения биологической защиты, утвержденные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 2 ноября 2022 года № ҚР ДСМ-125 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 30388) (далее – Приказ № ҚР ДСМ-125):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. Помещения или здания на праве собственности или договора аренды на срок не менее одного года (с государственной регистрацией в правовом кадастре), или договора безвозмездного пользования недвижимым имуществом (ссуды), или доверительного управления имуществом, или договора государственно-частного партнерства соответствующего требованиям государственных нормативов в области архитектуры, градостроительства и строительства, требованиям </w:t>
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>
-      1) Кадастровый номер ____________________________________________________</w:t>
-[...167 lines deleted...]
-        <w:t>________________________________________________________________________</w:t>
+      1) Кадастровый номер/ номер свидетельства о регистрации транспортного средство</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Средства индивидуальной защиты</w:t>
-[...137 lines deleted...]
-        <w:t>______________________________________________________________________</w:t>
+      2) Местоположения ______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________________________________________________</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>
-      6. Соблюдение поточности биологического материала, предусматривающей исключение перекреста чистых и заразных потоков</w:t>
-[...37 lines deleted...]
-        <w:t>_____________________________________________________________________</w:t>
+      3) Номер и дата договора об аренде _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________</w:t>
+        <w:t>
+      4) Арендодатель__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      5) Срок окончания аренды _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Поэтажный план помещения (здания)______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Функционирующее лабораторное оборудование и мебель, а также инвентарь, транспортные средства, согласно Приказу № ҚР ДСМ-96/2020*, Приказу № ҚР ДСМ-125.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень лабораторного оборудования, мебели, инвентаря, транспортных средств:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Средства индивидуальной защиты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень средств индивидуальной защиты с указанием их типа и количества:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Оснащенность лабораторий в соответствии с выполняемой номенклатурой исследований, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказу № ҚР ДСМ-125</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Список расходного материала для осуществления обращения с патогенными биологическими агентами</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Соблюдение поточности биологического материала, предусматривающей исключение перекреста чистых и заразных потоков</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Поэтажный план помещения (здания) или план мобильного объекта с указанием схемы движения (поточности) материала</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       7. Наличие в штате специалистов, осуществляющих обращение с патогенными биологическими агентами:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1230"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Имя, фамилия, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Специальность и квалификация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер и дата диплома о высшем, послевузовском, техническом и профессиональном, послесреднем образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о нострификации диплома (для получивших образование за пределами Республики Казахстан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трудовой стаж по специальности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...65 lines deleted...]
-Номер и дата выдачи документа о повышении квалификации в области биологической безопасности</w:t>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер и дата выдачи свидетельства о сертификационном курсе (переподготовка) и/или документа (сертификат, свидетельство) о повышении квалификации по вопросам обращения с патогенными биологическими агентами, наименование организации, проводившего обучение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
-            </w:r>
-[...34 lines deleted...]
-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *Примечание: для специалистов, осуществляющих обращение с патогенными биологическими агентами I и (или) II группы патогенности</w:t>
+      8. Наличие в штате вспомогательного персонала:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -5551,123 +5346,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата прохождения ежегодного инструктажа по биологической безопасности при обращении с патогенными биологическими агентами (заполняется по дезинфекторам, водителям и санитаркам)</w:t>
+Дата прохождения ежегодного инструктажа по биологической безопасности при обращении с патогенными биологическими агентами (заполняется по водителям, санитаркам, рабочим фиксирующих животных)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Номер и дата выдачи документа (сертификат, свидетельство) о прохождении дополнительного образования по вопросам дезинфекции, дезинсекции, дератизации в области здравоохранения (заполняется по инструкторам-дезинфекторам)</w:t>
+Номер и дата выдачи свидетельства о сертификационном курсе (переподготовка) и/или документа (сертификат, свидетельство) о повышении квалификации по вопросам дезинфекции, дезинсекции, дератизации в области здравоохранения (заполняется по инструкторам-дезинфекторам, работающим в полевых условиях)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Номер и дата выдачи документа (сертификат, свидетельство) об окончании курсов по биологической безопасности при обращении с патогенными биологическими агентами (заполняется по инструкторам-дезинфекторам, дезинфекторам, работающим в полевых условиях)</w:t>
+Номер и дата выдачи свидетельства о сертификационном курсе (переподготовка) и/или документа (сертификат, свидетельство) о повышении квалификации по биологической безопасности при обращении с патогенными биологическими агентами I-II группы патогенности (заполняется по инструкторам-дезинфекторам, работающим в полевых условиях)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5854,65 +5649,62 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      * Примечание: для микробиологических лабораторий организации здравоохранения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>