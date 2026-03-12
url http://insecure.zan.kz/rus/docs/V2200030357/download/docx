--- v0 (2025-10-09)
+++ v1 (2026-03-12)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="70461b3" w14:textId="70461b3">
+    <w:p w14:paraId="7ec450e" w14:textId="7ec450e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,395 +86,492 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Заместителя Премьер-Министра Республики Казахстан - Министра сельского хозяйства Республики Казахстан от 2 февраля 2018 года № 60 "Об утверждении формы и Правил выдачи удостоверений охотника, рыбака и егеря"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра экологии, геологии и природных ресурсов Республики Казахстан от 31 октября 2022 года № 678. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 октября 2022 года № 30357</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
-[...126 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра экологии, геологии и природных ресурсов Республики Казахстан от 31 октября 2022 года № 678. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 октября 2022 года № 30357. Утратил силу приказом и.о. Министра сельского хозяйства Республики Казахстан от 22 декабря 2025 года № 480.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Утратил силу приказом и.о. Министра сельского хозяйства РК от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 480</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра Республики Казахстан - Министра сельского хозяйства Республики Казахстан от 2 февраля 2018 года № 60 "Об утверждении формы и Правил выдачи удостоверений охотника, рыбака и егеря" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16463) следующие изменения:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Форму</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> удостоверения охотника, утвержденную указанным приказом изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдачи удостоверений охотника, рыбака и егеря, утвержденные указанным приказом изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Правила</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+        <w:t>2. Комитету лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) размещение настоящего приказа на интернет-ресурсе Министерства экологии, геологии и природных ресурсов Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства экологии, геологии и природных ресурсов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра экологии, геологии и природных ресурсов Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -500,88 +599,66 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр экологии, геологии</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и природных ресурсов</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -619,169 +696,178 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Брекешев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z15" w:id="8"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство цифрового развития, инноваций</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и аэрокосмической промышленности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство национальной экономики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "СОГЛАСОВАН"</w:t>
-[...105 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1083,128 +1169,114 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Удостоверение охотника № ____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2336800" cy="2768600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
@@ -1233,65 +1305,71 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1299,225 +1377,217 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Дата рождения "___" _______________ ______ года.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Стаж охотника с _______ года</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z21" w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Удостоверение выдано _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование республиканской ассоциации общественных объединений охотников</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и субъектов охотничьего хозяйства)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Электронная цифровая подпись, выдавшего удостоверение охотника, фамилия, имя,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отметка о прохождении тестирования по охотничьему минимуму</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата выдачи "__" _____ 20__ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Действительно до "__" ______ 20__ года.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Удостоверение выдано _____________________________________________________</w:t>
-[...153 lines deleted...]
-        <w:t>Действительно до "__" ______ 20__ года.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1754,1178 +1824,1447 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 февраля 2018 года № 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила выдачи удостоверений охотника, рыбака и егеря</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z25" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...260 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги "Выдача удостоверения охотника"</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие Правила выдачи удостоверений охотника, рыбака и егеря (далее – Правила) разработаны в соответствии с подпунктом 8) пункта 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об охране, воспроизводстве и использовании животного мира" и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах" (далее - Закон), определяют порядок оказания государственной услуги "Выдача удостоверения охотника" (далее – Государственная услуга) и порядок выдачи удостоверения рыбака и егеря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Государственная услуга оказывается Республиканскими ассоциациями общественных объединений охотников и субъектов охотничьего хозяйства (далее – услугодатель) физическим лицам (далее – услугополучатель) в соответствии c настоящими Правилами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) охотник – физическое лицо, получившее право на охоту в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) удостоверение охотника – документ установленной формы, удостоверяющий право физического лица на охоту;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) охотничий минимум – специальный краткий курс обучающей программы, рассматривающий вопросы законодательства Республики Казахстан в области охраны, воспроизводства и использования животного мира, техники безопасности при охоте, знание которой является обязательным условием для выдачи удостоверения охотника;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) рыбак – работник субъекта рыбного хозяйства, осуществляющий в силу своих трудовых обязанностей лов рыбных ресурсов и других водных животных на закрепленных рыбохозяйственных водоемах и (или) участках;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) удостоверение рыбака – документ установленной формы, выданный субъектом рыбного хозяйства, удостоверяющий право физического лица на осуществление функций рыбака;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) субъект рыбного хозяйства – физическое и юридическое лицо, основным направлением деятельности которого является ведение рыбного хозяйства;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) егерь – специально уполномоченное лицо егерской службы, осуществляющее охрану животного мира на закрепленных охотничьих угодьях и рыбохозяйственных водоемах и (или) участках;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) удостоверение егеря – документ установленной формы, удостоверяющий права егеря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...320 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:bookmarkStart w:name="z37" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) услугодателя и (или) их должностных лиц по вопросам оказания государственной услуги</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок оказания государственной услуги "Выдача удостоверения охотника"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-[...300 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 4. Порядок выдачи удостоверения рыбака</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Удостоверение охотника выдается сроком на десять лет по форме согласно приложению 1 к настоящему приказу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Услугополучатель, заинтересованный в получении удостоверения охотника, обучается охотничьему минимуму в соответствии с утвержденным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 13 марта 2012 года № 25-03-02/95 "Об утверждении охотничьего минимума" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 7545).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">После окончания обучения охотничьему минимуму услугополучатель проходит тестирование для получения сертификата об окончании курса охотничьего минимума (далее - сертификат) в соответствии с Правилами проведения охотничьего минимума республиканской ассоциацией общественных объединений охотников и субъектов охотничьего хозяйства, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 30 января 2015 года № 18-03/57 "Об утверждении Правил проведения экзамена по охотничьему минимуму республиканской ассоциацией общественных объединений охотников и субъектов охотничьего хозяйства" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10415).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в Перечне основных требований к оказанию государственной услуги согласно приложению 1 к настоящим Правилам (далее - Перечень).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При подаче заявления согласно приложению 2 к настоящим Правилам услугополучатель дает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При представлении услугополучателем неполного пакета документов, согласно перечню, предусмотренному пунктом 8 Перечня основных требований к оказанию государственной услуги, и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Канцелярия услугодателя в день поступления документов осуществляет их прием, регистрацию и направляет на рассмотрение услугодателю. При обращении заявителя после окончания рабочего времени, в выходные и праздничные дни согласно Трудовому кодексу Республики Казахстан, прием документов осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При получении удостоверения охотника в первый раз, работник услугодателя в течение 1 (одного) рабочего дня со дня регистрации заявления проверяет полноту представленных документов при неполноте в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления, которое направляется в форме электронного документа заявителю в "личный кабинет" на веб-портал "электронного правительства" www.egov.kz (далее – Портал).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При установлении факта полноты представленных документов работник усулодателя в течение 1 (одного) рабочего дня рассматривает их на предмет соответствия требованиям Правил, и подготавливает удостоверение охотника либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При замене удостоверения охотника работник услугодателя в течении 1 (одного) рабочего дня со дня регистрации заявления рассматривает его на предмет соответствия требованиям Правил, и подготавливает удостоверение охотника либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При установлении факта соответствия заявления требованиям Правил, работник услугодателя в течение 1 (одного) рабочего дня подготавливает удостоверение охотника.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан, изложены в Перечне.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Реестр удостоверений охотников формируется на портале по форме согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:bookmarkStart w:name="z52" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Порядок выдачи удостоверения егеря</w:t>
+        <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействий) услугодателя и (или) их должностных лиц по вопросам оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Для обжалования решений, действий (бездействий) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг жалоба подается не позднее 3 (трех) месяцев со дня, когда услугополучателю стало известно о принятии административного акта или совершении действий (бездействий) услугодателем:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на имя руководства услугодателя, непосредственно оказывающего государственную услугу.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жалоба услугополучателя в соответствии с пунктом 2 статьи 25 Закона подлежит рассмотрению:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателем, непосредственно оказывающим государственную услугу в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок рассмотрения жалобы услугодателем, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с пунктом 4 статьи 25 Закона продлевается не более чем на 10 (десять) рабочих дней при необходимости:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) получения дополнительной информации.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>При продлении срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в электронной форме (при подаче жалобы в электронном виде) заявителю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При поступления жалобы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 91 АППК РК услугодателем направляется в орган, рассматривающий жалобу в течение 3 (трех) рабочих дней со дня ее поступления. Жалоба услугодателем не направляется в орган, рассматривающий жалобу при принятии благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Срок рассмотрения жалобы органом, рассматривающим жалобу, составляет 20 (двадцать) рабочих дней со дня поступления жалобы.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. При несогласии с решением органа, рассматривающего жалобу, услугополучатель обращается в другой орган, рассматривающий жалобу или в суд в соответствии с пунктом 6 статьи 100 Административного процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      14. Субъектами охотничьего и рыбного хозяйств работникам егерской службы, осуществляющим функции охраны животного мира на закрепленных охотничьих угодьях и рыбохозяйственных водоемах и (или) участках, выдаются удостоверения егеря.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:bookmarkStart w:name="z67" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-      15. При утере удостоверения егеря или приведении его в негодность (порчи) выдается дубликат удостоверения егеря на основании заявления по форме согласно приложению 4 к настоящим Правилам.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок выдачи удостоверения рыбака</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10. Субъект рыбного хозяйства производит выдачу удостоверения рыбака работнику на период действия трудового договора, который при осуществлении своей деятельности обеспечивает сохранность удостоверения в надлежащем виде, его постоянное наличие при себе и предъявление его по требованию государственного инспектора по охране животного мира.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11. На основании удостоверения рыбака работник осуществляет лов рыбных ресурсов и других водных животных на закрепленном рыбохозяйственном водоеме (водоемах) и (или) участке (участках), согласно трудовому договору.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. При расторжении трудового договора, заключенного между субъектом рыбного хозяйства и рыбаком, удостоверение рыбака подлежит изъятию субъектом рыбного хозяйства с последующим уничтожением.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. При утере удостоверения рыбака или приведении его в негодность (порчи), субъектом рыбного хозяйства производится выдача его дубликата, на основании заявления по форме согласно приложению 4 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      16. При увольнении егеря, удостоверение возвращается субъектам охотничьего или рыбного хозяйств.</w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z72" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Порядок выдачи удостоверения егеря</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14. Субъектами охотничьего и рыбного хозяйств работникам егерской службы, осуществляющим функции охраны животного мира на закрепленных охотничьих угодьях и рыбохозяйственных водоемах и (или) участках, выдаются удостоверения егеря.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. При утере удостоверения егеря или приведении его в негодность (порчи) выдается дубликат удостоверения егеря на основании заявления по форме согласно приложению 4 к настоящим Правилам.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16. При увольнении егеря, удостоверение возвращается субъектам охотничьего или рыбного хозяйств.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3048,1083 +3387,1401 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень основных требований к оказанию государственной услуги "Выдача удостоверения охотника"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование услугодателя</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республиканские ассоциации общественных объединений охотников и субъектов охотничьего хозяйства </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Способы предоставления государственной услуги (каналы доступа)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>веб-портал "электронного правительства" www.egov.kz</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Срок оказания государственной услуги </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 (два) рабочих дня</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>электронная (полностью автоматизированная)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Результат оказания государственной услуги </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Удостоверение охотника либо мотивированный отказ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Размер платы, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается платно физическим лицам</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 В соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>подпунктом 1)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 615 Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах" в бюджет (Налоговый кодекс)" плата за выдачу (переоформление) удостоверения охотника (дубликата удостоверения охотника) – 2 МРП.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) услугодатель – с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Трудовому</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> кодексу Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов;</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) портал – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодексу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление по форме согласно приложению 2 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) электронную копию сертификата (при получении удостоверения охотника в первый раз).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4135,332 +4792,410 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о документах, удостоверяющих личность, документа об оплате за выдачу (переоформление) удостоверения охотника (дубликата удостоверения охотника), услугодатель получает из соответствующих государственных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучателю в "личный кабинет" направляется статус о принятии запроса для оказания государственной услуги, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...12 lines deleted...]
-Согласно подпунктам 1) и 2) пункту 2 </w:t>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Согласно подпунктам 1) и 2) пункту 2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 19-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона услугодатель отказывает в оказании государственных услуг по следующим основаниям:</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям, установленными настоящими Правилами.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4491,50 +5226,57 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 В соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пунктом 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 23 Закона, Комитет лесного хозяйства и животного мира Министерства экологии, геологии Республики Казахстана направляет услугодателю в течение трех рабочих дней с даты утверждения или изменения подзаконного нормативного правового акта, определяющего порядок оказания государственной услуги, актуализируют информацию о порядке ее оказания и направляют в Единый контакт-центр.</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4682,341 +5424,302 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="64"/>
+    <w:bookmarkStart w:name="z90" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z91" w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имя ______________ Отчество (при его наличии) __________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Домашний адрес, телефон ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Директору ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование республиканской ассоциации общественных объединений</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>охотников и субъектов охотничьего хозяйства)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Представляются для замены удостоверения охотника № ____________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выданного ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата выдачи и наименование организации выдавшей удостоверение охотника</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при его замене).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сертификат об окончании курса программы по охотничьему минимуму</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "____" __________ 20___ года № ______</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(При получении удостоверения охотника в первый раз).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________ / ________________/</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии) ЭЦП)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Фамилия _____________________________________________________</w:t>
-[...255 lines deleted...]
-        <w:t>(фамилия, имя, отчество (при его наличии) ЭЦП)</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5162,714 +5865,972 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="66"/>
+    <w:bookmarkStart w:name="z94" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр удостоверений охотников</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при его наличии) охотника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес постоянного места жительства</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Номер удостоверения охотника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выдача/замена удостоверения охотника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата выдачи/замены удостоверения охотника</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
@@ -6030,312 +6991,315 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="67"/>
+    <w:bookmarkStart w:name="z97" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z98" w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имя _____________ Отчество (при его наличии) ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Домашний адрес, телефон _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Директору ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование субъекта охотничьего или рыбного хозяйства)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Представляются для замены удостоверения егеря № __________________,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выданного ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата выдачи и наименование организации выдавшей удостоверение егеря)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________ / ________________/</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Фамилия ________________________________________________________</w:t>
-[...170 lines deleted...]
-        <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6657,35 +7621,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId5"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>